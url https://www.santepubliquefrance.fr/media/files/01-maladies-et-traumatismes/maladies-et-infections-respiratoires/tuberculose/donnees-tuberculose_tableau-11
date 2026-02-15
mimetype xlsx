--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,2265 +1,2597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{908FCAD0-D29C-426F-AD2D-360785271A3F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="MDR-24-ok" sheetId="10" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'MDR-24-ok'!$A$1:$M$29</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S26" i="1" l="1"/>
-[...103 lines deleted...]
-  <c r="F7" i="1"/>
+  <c r="X26" i="10" l="1"/>
+  <c r="X24" i="10"/>
+  <c r="X23" i="10"/>
+  <c r="X22" i="10"/>
+  <c r="X21" i="10"/>
+  <c r="X20" i="10"/>
+  <c r="X19" i="10"/>
+  <c r="X18" i="10"/>
+  <c r="X17" i="10"/>
+  <c r="X16" i="10"/>
+  <c r="X15" i="10"/>
+  <c r="X14" i="10"/>
+  <c r="X13" i="10"/>
+  <c r="X12" i="10"/>
+  <c r="X11" i="10"/>
+  <c r="X10" i="10"/>
+  <c r="X9" i="10"/>
+  <c r="X8" i="10"/>
+  <c r="X7" i="10"/>
+  <c r="U8" i="10"/>
+  <c r="U9" i="10"/>
+  <c r="U10" i="10"/>
+  <c r="U11" i="10"/>
+  <c r="U12" i="10"/>
+  <c r="U13" i="10"/>
+  <c r="U14" i="10"/>
+  <c r="U15" i="10"/>
+  <c r="U16" i="10"/>
+  <c r="U17" i="10"/>
+  <c r="U18" i="10"/>
+  <c r="U19" i="10"/>
+  <c r="U20" i="10"/>
+  <c r="U21" i="10"/>
+  <c r="U22" i="10"/>
+  <c r="U23" i="10"/>
+  <c r="U24" i="10"/>
+  <c r="U25" i="10"/>
+  <c r="U7" i="10"/>
+  <c r="S26" i="10"/>
+  <c r="U26" i="10" s="1"/>
+  <c r="R8" i="10" l="1"/>
+  <c r="R9" i="10"/>
+  <c r="R10" i="10"/>
+  <c r="R11" i="10"/>
+  <c r="R12" i="10"/>
+  <c r="R13" i="10"/>
+  <c r="R14" i="10"/>
+  <c r="R15" i="10"/>
+  <c r="R16" i="10"/>
+  <c r="R17" i="10"/>
+  <c r="R18" i="10"/>
+  <c r="R19" i="10"/>
+  <c r="R20" i="10"/>
+  <c r="R21" i="10"/>
+  <c r="R22" i="10"/>
+  <c r="R23" i="10"/>
+  <c r="R24" i="10"/>
+  <c r="R7" i="10"/>
+  <c r="Q26" i="10"/>
+  <c r="P26" i="10"/>
+  <c r="R26" i="10" l="1"/>
+  <c r="L8" i="10" l="1"/>
+  <c r="L9" i="10"/>
+  <c r="L10" i="10"/>
+  <c r="L11" i="10"/>
+  <c r="L12" i="10"/>
+  <c r="L13" i="10"/>
+  <c r="L14" i="10"/>
+  <c r="L15" i="10"/>
+  <c r="L16" i="10"/>
+  <c r="L17" i="10"/>
+  <c r="L18" i="10"/>
+  <c r="L19" i="10"/>
+  <c r="L20" i="10"/>
+  <c r="L21" i="10"/>
+  <c r="L22" i="10"/>
+  <c r="L23" i="10"/>
+  <c r="L24" i="10"/>
+  <c r="L7" i="10"/>
+  <c r="K26" i="10" l="1"/>
+  <c r="J26" i="10"/>
+  <c r="L26" i="10" s="1"/>
+  <c r="F8" i="10" l="1"/>
+  <c r="F9" i="10"/>
+  <c r="F10" i="10"/>
+  <c r="F11" i="10"/>
+  <c r="F12" i="10"/>
+  <c r="F13" i="10"/>
+  <c r="F14" i="10"/>
+  <c r="F15" i="10"/>
+  <c r="F16" i="10"/>
+  <c r="F17" i="10"/>
+  <c r="F18" i="10"/>
+  <c r="F19" i="10"/>
+  <c r="F20" i="10"/>
+  <c r="F21" i="10"/>
+  <c r="F22" i="10"/>
+  <c r="F23" i="10"/>
+  <c r="F24" i="10"/>
+  <c r="F7" i="10"/>
+  <c r="E26" i="10"/>
+  <c r="D26" i="10"/>
+  <c r="H26" i="10"/>
+  <c r="G26" i="10"/>
+  <c r="I24" i="10"/>
+  <c r="I23" i="10"/>
+  <c r="I22" i="10"/>
+  <c r="I21" i="10"/>
+  <c r="I20" i="10"/>
+  <c r="I19" i="10"/>
+  <c r="I18" i="10"/>
+  <c r="I17" i="10"/>
+  <c r="I16" i="10"/>
+  <c r="I15" i="10"/>
+  <c r="I14" i="10"/>
+  <c r="I13" i="10"/>
+  <c r="I12" i="10"/>
+  <c r="I11" i="10"/>
+  <c r="I10" i="10"/>
+  <c r="I9" i="10"/>
+  <c r="I8" i="10"/>
+  <c r="I7" i="10"/>
+  <c r="F26" i="10" l="1"/>
+  <c r="I26" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="27">
   <si>
     <t>Auvergne-Rhône-Alpes</t>
   </si>
   <si>
     <t>Bretagne</t>
   </si>
   <si>
     <t>Centre-Val de Loire</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
     <t>Guyane</t>
   </si>
   <si>
     <t>La Réunion</t>
   </si>
   <si>
     <t>Martinique</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
     <t>Normandie</t>
   </si>
   <si>
     <t>Occitanie</t>
   </si>
   <si>
     <t>Pays de la Loire</t>
   </si>
   <si>
-    <t>Cas de tuberculoses MDR confirmés par le CNR-MyRMA déclarés dans la DO et pourcentage de cas MDR parmi les cas totaux déclarés par région, France, 2018-2023 (source : CNR-MyRMA, DO tuberculose, mise à jour le 15 janvier 2025)*</t>
+    <t>CAS MDR</t>
+  </si>
+  <si>
+    <t>CAS TOTAUX</t>
+  </si>
+  <si>
+    <t>% MDR</t>
+  </si>
+  <si>
+    <t>Grand-Est</t>
+  </si>
+  <si>
+    <t>Hauts-De-France</t>
+  </si>
+  <si>
+    <t>Ile de France</t>
+  </si>
+  <si>
+    <t>Nouvelle-Aquitaine</t>
+  </si>
+  <si>
+    <t>PACA</t>
+  </si>
+  <si>
+    <t>Total cas déclarés</t>
+  </si>
+  <si>
+    <t>Région non indiquée</t>
+  </si>
+  <si>
+    <t>* Des légères différences dans la localisation régionale avec les données du CNR pourraient être observées et s’expliquent</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> par des corrections sur l'origine de la souche effectuées ultérieurement par le CNR </t>
+  </si>
+  <si>
+    <t>Bourgogne Franche Comté</t>
   </si>
   <si>
     <t>(pour des informations plus détaillées sur les cas MDR, voir le site du CNR MyRMA:https://cnrmyrma.fr/2022/03/09/surveillance-de-la-tuberculose-a-bacilles-multiresistants/)</t>
   </si>
   <si>
-    <t>CAS MDR</t>
-[...35 lines deleted...]
-    <t xml:space="preserve"> par des corrections sur l'origine de la souche effectuées ultérieurement par le CNR </t>
+    <t>Cas de tuberculoses MDR confirmés par le CNR-MyRMA déclarés dans la DO et pourcentage de cas MDR parmi les cas totaux déclarés par région, France, 2018-2024 (source : CNR-MyRMA, DO tuberculose, mise à jour le 19 septembre 2025)*</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
+      <u/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <b/>
+      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-      <u/>
       <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...9 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
-      <bottom/>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>43</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>79375</xdr:rowOff>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>654050</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>44</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>299877</xdr:rowOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>773458</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>140940</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Image 10"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="26891457" y="79375"/>
-[...44 lines deleted...]
-          <a:ext cx="1052858" cy="566390"/>
+          <a:off x="20208875" y="390525"/>
+          <a:ext cx="1135408" cy="563215"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:U28"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="C1:X28"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G30" sqref="G30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.44140625" style="1" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="21" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="4.453125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="1"/>
+    <col min="3" max="3" width="33.6328125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.453125" style="7"/>
+    <col min="5" max="5" width="14.81640625" style="7" customWidth="1"/>
+    <col min="6" max="7" width="11.453125" style="7"/>
+    <col min="8" max="8" width="16.1796875" style="7" customWidth="1"/>
+    <col min="9" max="10" width="11.453125" style="7"/>
+    <col min="11" max="11" width="14.81640625" style="7" customWidth="1"/>
+    <col min="12" max="12" width="11.54296875" style="7" customWidth="1"/>
+    <col min="13" max="13" width="11.453125" style="7" customWidth="1"/>
+    <col min="14" max="14" width="14.81640625" style="7" customWidth="1"/>
+    <col min="15" max="15" width="11.54296875" style="7" customWidth="1"/>
+    <col min="16" max="16" width="11.453125" style="7"/>
+    <col min="17" max="17" width="14.7265625" style="7" bestFit="1" customWidth="1"/>
+    <col min="18" max="19" width="11.453125" style="7"/>
+    <col min="20" max="20" width="14.7265625" style="7" bestFit="1" customWidth="1"/>
+    <col min="21" max="22" width="11.453125" style="7"/>
+    <col min="23" max="23" width="14.6328125" style="7" customWidth="1"/>
+    <col min="24" max="24" width="11.453125" style="7"/>
+    <col min="25" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B2" s="15" t="s">
+    <row r="1" spans="3:24" ht="20.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="3:24" s="2" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+      <c r="K2" s="20"/>
+      <c r="L2" s="20"/>
+      <c r="M2" s="20"/>
+      <c r="N2" s="20"/>
+      <c r="O2" s="20"/>
+      <c r="P2" s="20"/>
+      <c r="Q2" s="20"/>
+      <c r="R2" s="20"/>
+      <c r="S2" s="20"/>
+      <c r="T2" s="13"/>
+      <c r="U2" s="13"/>
+      <c r="V2" s="13"/>
+      <c r="W2" s="13"/>
+      <c r="X2" s="13"/>
+    </row>
+    <row r="3" spans="3:24" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="11"/>
+      <c r="D5" s="19">
+        <v>2018</v>
+      </c>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="19">
+        <v>2019</v>
+      </c>
+      <c r="H5" s="19"/>
+      <c r="I5" s="19"/>
+      <c r="J5" s="19">
+        <v>2020</v>
+      </c>
+      <c r="K5" s="19"/>
+      <c r="L5" s="19"/>
+      <c r="M5" s="19">
+        <v>2021</v>
+      </c>
+      <c r="N5" s="19"/>
+      <c r="O5" s="19"/>
+      <c r="P5" s="19">
+        <v>2022</v>
+      </c>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="19"/>
+      <c r="S5" s="19">
+        <v>2023</v>
+      </c>
+      <c r="T5" s="19"/>
+      <c r="U5" s="19"/>
+      <c r="V5" s="19">
+        <v>2024</v>
+      </c>
+      <c r="W5" s="19"/>
+      <c r="X5" s="19"/>
+    </row>
+    <row r="6" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="12"/>
+      <c r="D6" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="15"/>
-[...8 lines deleted...]
-      <c r="L2" s="15"/>
+      <c r="E6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="J6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="K6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="L6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="M6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="N6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="O6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="P6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="R6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="S6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="T6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="U6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="V6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="W6" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="X6" s="10" t="s">
+        <v>14</v>
+      </c>
     </row>
-    <row r="3" spans="2:21" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-[...98 lines deleted...]
-      <c r="D7" s="3">
+    <row r="7" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C7" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D7" s="9">
         <v>9</v>
       </c>
-      <c r="E7" s="3">
+      <c r="E7" s="9">
         <v>455</v>
       </c>
-      <c r="F7" s="18">
+      <c r="F7" s="14">
         <f>D7/E7</f>
         <v>1.9780219780219779E-2</v>
       </c>
-      <c r="G7" s="3">
+      <c r="G7" s="9">
         <v>2</v>
       </c>
       <c r="H7" s="5">
         <v>480</v>
       </c>
-      <c r="I7" s="18">
+      <c r="I7" s="14">
         <f>G7/H7</f>
         <v>4.1666666666666666E-3</v>
       </c>
-      <c r="J7" s="3">
+      <c r="J7" s="9">
         <v>6</v>
       </c>
-      <c r="K7" s="2">
+      <c r="K7" s="5">
         <v>442</v>
       </c>
-      <c r="L7" s="18">
+      <c r="L7" s="14">
         <f>J7/K7</f>
         <v>1.3574660633484163E-2</v>
       </c>
-      <c r="M7" s="3">
+      <c r="M7" s="9">
         <v>5</v>
       </c>
-      <c r="N7" s="2">
+      <c r="N7" s="5">
         <v>393</v>
       </c>
-      <c r="O7" s="18">
+      <c r="O7" s="14">
         <v>1.2722646310432569E-2</v>
       </c>
-      <c r="P7" s="3">
+      <c r="P7" s="9">
         <v>8</v>
       </c>
-      <c r="Q7" s="2">
+      <c r="Q7" s="5">
         <v>492</v>
       </c>
-      <c r="R7" s="18">
+      <c r="R7" s="14">
         <f>P7/Q7</f>
         <v>1.6260162601626018E-2</v>
       </c>
-      <c r="S7" s="3">
+      <c r="S7" s="9">
         <v>9</v>
       </c>
-      <c r="T7" s="2">
+      <c r="T7" s="5">
         <v>502</v>
       </c>
-      <c r="U7" s="18">
+      <c r="U7" s="14">
         <f>S7/T7</f>
         <v>1.7928286852589643E-2</v>
       </c>
+      <c r="V7" s="9">
+        <v>5</v>
+      </c>
+      <c r="W7" s="5">
+        <v>486</v>
+      </c>
+      <c r="X7" s="14">
+        <f>V7/W7</f>
+        <v>1.0288065843621399E-2</v>
+      </c>
     </row>
-    <row r="8" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E8" s="3">
+    <row r="8" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="9">
+        <v>0</v>
+      </c>
+      <c r="E8" s="9">
         <v>147</v>
       </c>
-      <c r="F8" s="18">
+      <c r="F8" s="14">
         <f t="shared" ref="F8:F26" si="0">D8/E8</f>
         <v>0</v>
       </c>
-      <c r="G8" s="3">
+      <c r="G8" s="9">
         <v>1</v>
       </c>
-      <c r="H8" s="4">
+      <c r="H8" s="9">
         <v>110</v>
       </c>
-      <c r="I8" s="18">
+      <c r="I8" s="14">
         <f t="shared" ref="I8:I26" si="1">G8/H8</f>
         <v>9.0909090909090905E-3</v>
       </c>
-      <c r="J8" s="3">
+      <c r="J8" s="9">
         <v>1</v>
       </c>
-      <c r="K8" s="2">
+      <c r="K8" s="5">
         <v>98</v>
       </c>
-      <c r="L8" s="18">
+      <c r="L8" s="14">
         <f t="shared" ref="L8:L26" si="2">J8/K8</f>
         <v>1.020408163265306E-2</v>
       </c>
-      <c r="M8" s="3">
-[...2 lines deleted...]
-      <c r="N8" s="2">
+      <c r="M8" s="9">
+        <v>0</v>
+      </c>
+      <c r="N8" s="5">
         <v>96</v>
       </c>
-      <c r="O8" s="18">
-[...2 lines deleted...]
-      <c r="P8" s="3">
+      <c r="O8" s="14">
+        <v>0</v>
+      </c>
+      <c r="P8" s="9">
         <v>2</v>
       </c>
-      <c r="Q8" s="2">
+      <c r="Q8" s="5">
         <v>111</v>
       </c>
-      <c r="R8" s="18">
+      <c r="R8" s="14">
         <f t="shared" ref="R8:R26" si="3">P8/Q8</f>
         <v>1.8018018018018018E-2</v>
       </c>
-      <c r="S8" s="3">
+      <c r="S8" s="9">
         <v>4</v>
       </c>
-      <c r="T8" s="2">
+      <c r="T8" s="5">
         <v>137</v>
       </c>
-      <c r="U8" s="18">
+      <c r="U8" s="14">
         <f t="shared" ref="U8:U26" si="4">S8/T8</f>
         <v>2.9197080291970802E-2</v>
       </c>
+      <c r="V8" s="9">
+        <v>4</v>
+      </c>
+      <c r="W8" s="5">
+        <v>124</v>
+      </c>
+      <c r="X8" s="14">
+        <f t="shared" ref="X8:X26" si="5">V8/W8</f>
+        <v>3.2258064516129031E-2</v>
+      </c>
     </row>
-    <row r="9" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C9" s="13" t="s">
+    <row r="9" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="D9" s="3">
+      <c r="D9" s="9">
         <v>3</v>
       </c>
-      <c r="E9" s="3">
+      <c r="E9" s="9">
         <v>204</v>
       </c>
-      <c r="F9" s="18">
+      <c r="F9" s="14">
         <f t="shared" si="0"/>
         <v>1.4705882352941176E-2</v>
       </c>
-      <c r="G9" s="3">
+      <c r="G9" s="9">
         <v>4</v>
       </c>
-      <c r="H9" s="4">
+      <c r="H9" s="9">
         <v>179</v>
       </c>
-      <c r="I9" s="18">
+      <c r="I9" s="14">
         <f t="shared" si="1"/>
         <v>2.23463687150838E-2</v>
       </c>
-      <c r="J9" s="3">
+      <c r="J9" s="9">
         <v>5</v>
       </c>
-      <c r="K9" s="2">
+      <c r="K9" s="5">
         <v>191</v>
       </c>
-      <c r="L9" s="18">
+      <c r="L9" s="14">
         <f t="shared" si="2"/>
         <v>2.6178010471204188E-2</v>
       </c>
-      <c r="M9" s="3">
+      <c r="M9" s="9">
         <v>1</v>
       </c>
-      <c r="N9" s="2">
+      <c r="N9" s="5">
         <v>198</v>
       </c>
-      <c r="O9" s="18">
+      <c r="O9" s="14">
         <v>5.0505050505050509E-3</v>
       </c>
-      <c r="P9" s="3">
+      <c r="P9" s="9">
         <v>7</v>
       </c>
-      <c r="Q9" s="2">
+      <c r="Q9" s="5">
         <v>185</v>
       </c>
-      <c r="R9" s="18">
+      <c r="R9" s="14">
         <f t="shared" si="3"/>
         <v>3.783783783783784E-2</v>
       </c>
-      <c r="S9" s="3">
+      <c r="S9" s="9">
         <v>4</v>
       </c>
-      <c r="T9" s="2">
+      <c r="T9" s="5">
         <v>199</v>
       </c>
-      <c r="U9" s="18">
+      <c r="U9" s="14">
         <f t="shared" si="4"/>
         <v>2.0100502512562814E-2</v>
       </c>
+      <c r="V9" s="9">
+        <v>4</v>
+      </c>
+      <c r="W9" s="5">
+        <v>185</v>
+      </c>
+      <c r="X9" s="14">
+        <f t="shared" si="5"/>
+        <v>2.1621621621621623E-2</v>
+      </c>
     </row>
-    <row r="10" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C10" s="13" t="s">
+    <row r="10" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C10" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D10" s="3">
+      <c r="D10" s="9">
         <v>4</v>
       </c>
-      <c r="E10" s="3">
+      <c r="E10" s="9">
         <v>170</v>
       </c>
-      <c r="F10" s="18">
+      <c r="F10" s="14">
         <f t="shared" si="0"/>
         <v>2.3529411764705882E-2</v>
       </c>
-      <c r="G10" s="3">
+      <c r="G10" s="9">
         <v>1</v>
       </c>
-      <c r="H10" s="4">
+      <c r="H10" s="9">
         <v>184</v>
       </c>
-      <c r="I10" s="18">
+      <c r="I10" s="14">
         <f t="shared" si="1"/>
         <v>5.434782608695652E-3</v>
       </c>
-      <c r="J10" s="3">
-[...2 lines deleted...]
-      <c r="K10" s="2">
+      <c r="J10" s="9">
+        <v>0</v>
+      </c>
+      <c r="K10" s="5">
         <v>159</v>
       </c>
-      <c r="L10" s="18">
+      <c r="L10" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M10" s="3">
+      <c r="M10" s="9">
         <v>1</v>
       </c>
-      <c r="N10" s="2">
+      <c r="N10" s="5">
         <v>145</v>
       </c>
-      <c r="O10" s="18">
+      <c r="O10" s="14">
         <v>6.8965517241379309E-3</v>
       </c>
-      <c r="P10" s="3">
+      <c r="P10" s="9">
         <v>2</v>
       </c>
-      <c r="Q10" s="2">
+      <c r="Q10" s="5">
         <v>123</v>
       </c>
-      <c r="R10" s="18">
+      <c r="R10" s="14">
         <f t="shared" si="3"/>
         <v>1.6260162601626018E-2</v>
       </c>
-      <c r="S10" s="3">
+      <c r="S10" s="9">
         <v>2</v>
       </c>
-      <c r="T10" s="2">
+      <c r="T10" s="5">
         <v>171</v>
       </c>
-      <c r="U10" s="18">
+      <c r="U10" s="14">
         <f t="shared" si="4"/>
         <v>1.1695906432748537E-2</v>
       </c>
+      <c r="V10" s="9">
+        <v>1</v>
+      </c>
+      <c r="W10" s="5">
+        <v>146</v>
+      </c>
+      <c r="X10" s="14">
+        <f t="shared" si="5"/>
+        <v>6.8493150684931503E-3</v>
+      </c>
     </row>
-    <row r="11" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C11" s="13" t="s">
+    <row r="11" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D11" s="3">
-[...2 lines deleted...]
-      <c r="E11" s="3">
+      <c r="D11" s="9">
+        <v>0</v>
+      </c>
+      <c r="E11" s="9">
         <v>12</v>
       </c>
-      <c r="F11" s="18">
+      <c r="F11" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G11" s="3">
-[...2 lines deleted...]
-      <c r="H11" s="4">
+      <c r="G11" s="9">
+        <v>0</v>
+      </c>
+      <c r="H11" s="9">
         <v>16</v>
       </c>
-      <c r="I11" s="18">
+      <c r="I11" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J11" s="3">
-[...2 lines deleted...]
-      <c r="K11" s="2">
+      <c r="J11" s="9">
+        <v>0</v>
+      </c>
+      <c r="K11" s="5">
         <v>14</v>
       </c>
-      <c r="L11" s="18">
+      <c r="L11" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M11" s="3">
-[...2 lines deleted...]
-      <c r="N11" s="2">
+      <c r="M11" s="9">
+        <v>0</v>
+      </c>
+      <c r="N11" s="5">
         <v>13</v>
       </c>
-      <c r="O11" s="18">
-[...5 lines deleted...]
-      <c r="Q11" s="2">
+      <c r="O11" s="14">
+        <v>0</v>
+      </c>
+      <c r="P11" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="5">
         <v>18</v>
       </c>
-      <c r="R11" s="18">
+      <c r="R11" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S11" s="3">
+      <c r="S11" s="9">
         <v>2</v>
       </c>
-      <c r="T11" s="2">
+      <c r="T11" s="5">
         <v>13</v>
       </c>
-      <c r="U11" s="18">
+      <c r="U11" s="14">
         <f t="shared" si="4"/>
         <v>0.15384615384615385</v>
       </c>
+      <c r="V11" s="9">
+        <v>1</v>
+      </c>
+      <c r="W11" s="5">
+        <v>17</v>
+      </c>
+      <c r="X11" s="14">
+        <f t="shared" si="5"/>
+        <v>5.8823529411764705E-2</v>
+      </c>
     </row>
-    <row r="12" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D12" s="3">
+    <row r="12" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="9">
         <v>9</v>
       </c>
-      <c r="E12" s="3">
+      <c r="E12" s="9">
         <v>298</v>
       </c>
-      <c r="F12" s="18">
+      <c r="F12" s="14">
         <f t="shared" si="0"/>
         <v>3.0201342281879196E-2</v>
       </c>
-      <c r="G12" s="3">
+      <c r="G12" s="9">
         <v>4</v>
       </c>
-      <c r="H12" s="4">
+      <c r="H12" s="9">
         <v>314</v>
       </c>
-      <c r="I12" s="18">
+      <c r="I12" s="14">
         <f t="shared" si="1"/>
         <v>1.2738853503184714E-2</v>
       </c>
-      <c r="J12" s="3">
+      <c r="J12" s="9">
         <v>3</v>
       </c>
-      <c r="K12" s="2">
+      <c r="K12" s="5">
         <v>278</v>
       </c>
-      <c r="L12" s="18">
+      <c r="L12" s="14">
         <f t="shared" si="2"/>
         <v>1.0791366906474821E-2</v>
       </c>
-      <c r="M12" s="3">
+      <c r="M12" s="9">
         <v>6</v>
       </c>
-      <c r="N12" s="2">
+      <c r="N12" s="5">
         <v>267</v>
       </c>
-      <c r="O12" s="18">
+      <c r="O12" s="14">
         <v>2.247191011235955E-2</v>
       </c>
-      <c r="P12" s="3">
+      <c r="P12" s="9">
         <v>2</v>
       </c>
-      <c r="Q12" s="2">
+      <c r="Q12" s="5">
         <v>238</v>
       </c>
-      <c r="R12" s="18">
+      <c r="R12" s="14">
         <f t="shared" si="3"/>
         <v>8.4033613445378148E-3</v>
       </c>
-      <c r="S12" s="3">
+      <c r="S12" s="9">
         <v>4</v>
       </c>
-      <c r="T12" s="2">
+      <c r="T12" s="5">
         <v>245</v>
       </c>
-      <c r="U12" s="18">
+      <c r="U12" s="14">
         <f t="shared" si="4"/>
         <v>1.6326530612244899E-2</v>
       </c>
+      <c r="V12" s="9">
+        <v>3</v>
+      </c>
+      <c r="W12" s="5">
+        <v>254</v>
+      </c>
+      <c r="X12" s="14">
+        <f t="shared" si="5"/>
+        <v>1.1811023622047244E-2</v>
+      </c>
     </row>
-    <row r="13" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C13" s="13" t="s">
+    <row r="13" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C13" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D13" s="3">
-[...2 lines deleted...]
-      <c r="E13" s="3">
+      <c r="D13" s="9">
+        <v>0</v>
+      </c>
+      <c r="E13" s="9">
         <v>18</v>
       </c>
-      <c r="F13" s="18">
+      <c r="F13" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G13" s="3">
-[...2 lines deleted...]
-      <c r="H13" s="4">
+      <c r="G13" s="9">
+        <v>0</v>
+      </c>
+      <c r="H13" s="9">
         <v>17</v>
       </c>
-      <c r="I13" s="18">
+      <c r="I13" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J13" s="3">
-[...2 lines deleted...]
-      <c r="K13" s="2">
+      <c r="J13" s="9">
+        <v>0</v>
+      </c>
+      <c r="K13" s="5">
         <v>9</v>
       </c>
-      <c r="L13" s="18">
+      <c r="L13" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M13" s="3">
-[...2 lines deleted...]
-      <c r="N13" s="2">
+      <c r="M13" s="9">
+        <v>0</v>
+      </c>
+      <c r="N13" s="5">
         <v>16</v>
       </c>
-      <c r="O13" s="18">
-[...5 lines deleted...]
-      <c r="Q13" s="2">
+      <c r="O13" s="14">
+        <v>0</v>
+      </c>
+      <c r="P13" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="5">
         <v>21</v>
       </c>
-      <c r="R13" s="18">
+      <c r="R13" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S13" s="3">
-[...2 lines deleted...]
-      <c r="T13" s="2">
+      <c r="S13" s="9">
+        <v>0</v>
+      </c>
+      <c r="T13" s="5">
         <v>9</v>
       </c>
-      <c r="U13" s="18">
+      <c r="U13" s="14">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
+      <c r="V13" s="9">
+        <v>0</v>
+      </c>
+      <c r="W13" s="5">
+        <v>8</v>
+      </c>
+      <c r="X13" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
     </row>
-    <row r="14" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C14" s="13" t="s">
+    <row r="14" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="D14" s="3">
-[...2 lines deleted...]
-      <c r="E14" s="3">
+      <c r="D14" s="9">
+        <v>0</v>
+      </c>
+      <c r="E14" s="9">
         <v>74</v>
       </c>
-      <c r="F14" s="18">
+      <c r="F14" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G14" s="3">
-[...2 lines deleted...]
-      <c r="H14" s="4">
+      <c r="G14" s="9">
+        <v>0</v>
+      </c>
+      <c r="H14" s="9">
         <v>73</v>
       </c>
-      <c r="I14" s="18">
+      <c r="I14" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J14" s="3">
-[...2 lines deleted...]
-      <c r="K14" s="2">
+      <c r="J14" s="9">
+        <v>0</v>
+      </c>
+      <c r="K14" s="5">
         <v>64</v>
       </c>
-      <c r="L14" s="18">
+      <c r="L14" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M14" s="3">
-[...2 lines deleted...]
-      <c r="N14" s="2">
+      <c r="M14" s="9">
+        <v>0</v>
+      </c>
+      <c r="N14" s="5">
         <v>75</v>
       </c>
-      <c r="O14" s="18">
-[...5 lines deleted...]
-      <c r="Q14" s="2">
+      <c r="O14" s="14">
+        <v>0</v>
+      </c>
+      <c r="P14" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="5">
         <v>57</v>
       </c>
-      <c r="R14" s="18">
+      <c r="R14" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S14" s="3">
+      <c r="S14" s="9">
         <v>2</v>
       </c>
-      <c r="T14" s="2">
+      <c r="T14" s="5">
         <v>71</v>
       </c>
-      <c r="U14" s="18">
+      <c r="U14" s="14">
         <f t="shared" si="4"/>
         <v>2.8169014084507043E-2</v>
       </c>
+      <c r="V14" s="9">
+        <v>1</v>
+      </c>
+      <c r="W14" s="5">
+        <v>74</v>
+      </c>
+      <c r="X14" s="14">
+        <f t="shared" si="5"/>
+        <v>1.3513513513513514E-2</v>
+      </c>
     </row>
-    <row r="15" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D15" s="3">
+    <row r="15" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C15" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="9">
         <v>4</v>
       </c>
-      <c r="E15" s="3">
+      <c r="E15" s="9">
         <v>286</v>
       </c>
-      <c r="F15" s="18">
+      <c r="F15" s="14">
         <f t="shared" si="0"/>
         <v>1.3986013986013986E-2</v>
       </c>
-      <c r="G15" s="3">
+      <c r="G15" s="9">
         <v>8</v>
       </c>
-      <c r="H15" s="4">
+      <c r="H15" s="9">
         <v>295</v>
       </c>
-      <c r="I15" s="18">
+      <c r="I15" s="14">
         <f t="shared" si="1"/>
         <v>2.7118644067796609E-2</v>
       </c>
-      <c r="J15" s="3">
+      <c r="J15" s="9">
         <v>5</v>
       </c>
-      <c r="K15" s="2">
+      <c r="K15" s="5">
         <v>291</v>
       </c>
-      <c r="L15" s="18">
+      <c r="L15" s="14">
         <f t="shared" si="2"/>
         <v>1.7182130584192441E-2</v>
       </c>
-      <c r="M15" s="3">
+      <c r="M15" s="9">
         <v>2</v>
       </c>
-      <c r="N15" s="2">
+      <c r="N15" s="5">
         <v>242</v>
       </c>
-      <c r="O15" s="18">
+      <c r="O15" s="14">
         <v>8.2644628099173556E-3</v>
       </c>
-      <c r="P15" s="3">
+      <c r="P15" s="9">
         <v>4</v>
       </c>
-      <c r="Q15" s="2">
+      <c r="Q15" s="5">
         <v>265</v>
       </c>
-      <c r="R15" s="18">
+      <c r="R15" s="14">
         <f t="shared" si="3"/>
         <v>1.509433962264151E-2</v>
       </c>
-      <c r="S15" s="3">
+      <c r="S15" s="9">
         <v>4</v>
       </c>
-      <c r="T15" s="2">
+      <c r="T15" s="5">
         <v>292</v>
       </c>
-      <c r="U15" s="18">
+      <c r="U15" s="14">
         <f t="shared" si="4"/>
         <v>1.3698630136986301E-2</v>
       </c>
+      <c r="V15" s="9">
+        <v>2</v>
+      </c>
+      <c r="W15" s="5">
+        <v>246</v>
+      </c>
+      <c r="X15" s="14">
+        <f t="shared" si="5"/>
+        <v>8.130081300813009E-3</v>
+      </c>
     </row>
-    <row r="16" spans="2:21" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D16" s="3">
+    <row r="16" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="9">
         <v>33</v>
       </c>
-      <c r="E16" s="3">
+      <c r="E16" s="9">
         <v>1956</v>
       </c>
-      <c r="F16" s="18">
+      <c r="F16" s="14">
         <f t="shared" si="0"/>
         <v>1.6871165644171779E-2</v>
       </c>
-      <c r="G16" s="3">
+      <c r="G16" s="9">
         <v>40</v>
       </c>
-      <c r="H16" s="4">
+      <c r="H16" s="9">
         <v>2008</v>
       </c>
-      <c r="I16" s="18">
+      <c r="I16" s="14">
         <f t="shared" si="1"/>
         <v>1.9920318725099601E-2</v>
       </c>
-      <c r="J16" s="3">
+      <c r="J16" s="9">
         <v>36</v>
       </c>
-      <c r="K16" s="2">
+      <c r="K16" s="5">
         <v>1757</v>
       </c>
-      <c r="L16" s="18">
+      <c r="L16" s="14">
         <f t="shared" si="2"/>
         <v>2.0489470688673878E-2</v>
       </c>
-      <c r="M16" s="3">
+      <c r="M16" s="9">
         <v>12</v>
       </c>
-      <c r="N16" s="2">
+      <c r="N16" s="5">
         <v>1634</v>
       </c>
-      <c r="O16" s="18">
+      <c r="O16" s="14">
         <v>7.3439412484700125E-3</v>
       </c>
-      <c r="P16" s="3">
+      <c r="P16" s="9">
         <v>23</v>
       </c>
-      <c r="Q16" s="2">
+      <c r="Q16" s="5">
         <v>1459</v>
       </c>
-      <c r="R16" s="18">
+      <c r="R16" s="14">
         <f t="shared" si="3"/>
         <v>1.5764222069910898E-2</v>
       </c>
-      <c r="S16" s="3">
+      <c r="S16" s="9">
         <v>27</v>
       </c>
-      <c r="T16" s="2">
+      <c r="T16" s="5">
         <v>1769</v>
       </c>
-      <c r="U16" s="18">
+      <c r="U16" s="14">
         <f t="shared" si="4"/>
         <v>1.5262860373092142E-2</v>
       </c>
+      <c r="V16" s="9">
+        <v>26</v>
+      </c>
+      <c r="W16" s="5">
+        <v>1523</v>
+      </c>
+      <c r="X16" s="14">
+        <f t="shared" si="5"/>
+        <v>1.7071569271175313E-2</v>
+      </c>
     </row>
-    <row r="17" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C17" s="13" t="s">
+    <row r="17" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="D17" s="3">
-[...2 lines deleted...]
-      <c r="E17" s="3">
+      <c r="D17" s="9">
+        <v>0</v>
+      </c>
+      <c r="E17" s="9">
         <v>43</v>
       </c>
-      <c r="F17" s="18">
+      <c r="F17" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G17" s="3">
-[...2 lines deleted...]
-      <c r="H17" s="4">
+      <c r="G17" s="9">
+        <v>0</v>
+      </c>
+      <c r="H17" s="9">
         <v>47</v>
       </c>
-      <c r="I17" s="18">
+      <c r="I17" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J17" s="3">
-[...2 lines deleted...]
-      <c r="K17" s="2">
+      <c r="J17" s="9">
+        <v>0</v>
+      </c>
+      <c r="K17" s="5">
         <v>48</v>
       </c>
-      <c r="L17" s="18">
+      <c r="L17" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M17" s="3">
-[...2 lines deleted...]
-      <c r="N17" s="2">
+      <c r="M17" s="9">
+        <v>0</v>
+      </c>
+      <c r="N17" s="5">
         <v>37</v>
       </c>
-      <c r="O17" s="18">
-[...5 lines deleted...]
-      <c r="Q17" s="2">
+      <c r="O17" s="14">
+        <v>0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q17" s="5">
         <v>39</v>
       </c>
-      <c r="R17" s="18">
+      <c r="R17" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S17" s="3">
-[...2 lines deleted...]
-      <c r="T17" s="2">
+      <c r="S17" s="9">
+        <v>0</v>
+      </c>
+      <c r="T17" s="5">
         <v>37</v>
       </c>
-      <c r="U17" s="18">
+      <c r="U17" s="14">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
+      <c r="V17" s="9">
+        <v>0</v>
+      </c>
+      <c r="W17" s="5">
+        <v>46</v>
+      </c>
+      <c r="X17" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C18" s="13" t="s">
+    <row r="18" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="D18" s="3">
-[...2 lines deleted...]
-      <c r="E18" s="3">
+      <c r="D18" s="9">
+        <v>0</v>
+      </c>
+      <c r="E18" s="9">
         <v>8</v>
       </c>
-      <c r="F18" s="18">
+      <c r="F18" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G18" s="3">
-[...2 lines deleted...]
-      <c r="H18" s="4">
+      <c r="G18" s="9">
+        <v>0</v>
+      </c>
+      <c r="H18" s="9">
         <v>5</v>
       </c>
-      <c r="I18" s="18">
+      <c r="I18" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J18" s="3">
-[...2 lines deleted...]
-      <c r="K18" s="2">
+      <c r="J18" s="9">
+        <v>0</v>
+      </c>
+      <c r="K18" s="5">
         <v>2</v>
       </c>
-      <c r="L18" s="18">
+      <c r="L18" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M18" s="3">
-[...11 lines deleted...]
-      <c r="Q18" s="2">
+      <c r="M18" s="9">
+        <v>0</v>
+      </c>
+      <c r="N18" s="5">
+        <v>0</v>
+      </c>
+      <c r="O18" s="14">
+        <v>0</v>
+      </c>
+      <c r="P18" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q18" s="5">
         <v>4</v>
       </c>
-      <c r="R18" s="18">
+      <c r="R18" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S18" s="3">
-[...2 lines deleted...]
-      <c r="T18" s="2">
+      <c r="S18" s="9">
+        <v>0</v>
+      </c>
+      <c r="T18" s="5">
         <v>8</v>
       </c>
-      <c r="U18" s="18">
+      <c r="U18" s="14">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
+      <c r="V18" s="9">
+        <v>0</v>
+      </c>
+      <c r="W18" s="5">
+        <v>7</v>
+      </c>
+      <c r="X18" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
     </row>
-    <row r="19" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C19" s="13" t="s">
+    <row r="19" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C19" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="D19" s="3">
-[...2 lines deleted...]
-      <c r="E19" s="3">
+      <c r="D19" s="9">
+        <v>0</v>
+      </c>
+      <c r="E19" s="9">
         <v>30</v>
       </c>
-      <c r="F19" s="18">
+      <c r="F19" s="14">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G19" s="3">
-[...2 lines deleted...]
-      <c r="H19" s="4">
+      <c r="G19" s="9">
+        <v>0</v>
+      </c>
+      <c r="H19" s="9">
         <v>27</v>
       </c>
-      <c r="I19" s="18">
+      <c r="I19" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J19" s="3">
-[...2 lines deleted...]
-      <c r="K19" s="2">
+      <c r="J19" s="9">
+        <v>0</v>
+      </c>
+      <c r="K19" s="5">
         <v>42</v>
       </c>
-      <c r="L19" s="18">
+      <c r="L19" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M19" s="3">
-[...2 lines deleted...]
-      <c r="N19" s="2">
+      <c r="M19" s="9">
+        <v>0</v>
+      </c>
+      <c r="N19" s="5">
         <v>36</v>
       </c>
-      <c r="O19" s="18">
-[...5 lines deleted...]
-      <c r="Q19" s="2">
+      <c r="O19" s="14">
+        <v>0</v>
+      </c>
+      <c r="P19" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="5">
         <v>41</v>
       </c>
-      <c r="R19" s="18">
+      <c r="R19" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S19" s="3">
-[...2 lines deleted...]
-      <c r="T19" s="2">
+      <c r="S19" s="9">
+        <v>0</v>
+      </c>
+      <c r="T19" s="5">
         <v>41</v>
       </c>
-      <c r="U19" s="18">
+      <c r="U19" s="14">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
+      <c r="V19" s="9">
+        <v>0</v>
+      </c>
+      <c r="W19" s="5">
+        <v>15</v>
+      </c>
+      <c r="X19" s="14">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
     </row>
-    <row r="20" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C20" s="13" t="s">
+    <row r="20" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C20" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="D20" s="3">
+      <c r="D20" s="9">
         <v>3</v>
       </c>
-      <c r="E20" s="3">
+      <c r="E20" s="9">
         <v>209</v>
       </c>
-      <c r="F20" s="18">
+      <c r="F20" s="14">
         <f t="shared" si="0"/>
         <v>1.4354066985645933E-2</v>
       </c>
-      <c r="G20" s="3">
-[...2 lines deleted...]
-      <c r="H20" s="4">
+      <c r="G20" s="9">
+        <v>0</v>
+      </c>
+      <c r="H20" s="9">
         <v>204</v>
       </c>
-      <c r="I20" s="18">
+      <c r="I20" s="14">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="J20" s="3">
-[...2 lines deleted...]
-      <c r="K20" s="2">
+      <c r="J20" s="9">
+        <v>0</v>
+      </c>
+      <c r="K20" s="5">
         <v>155</v>
       </c>
-      <c r="L20" s="18">
+      <c r="L20" s="14">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="M20" s="3">
+      <c r="M20" s="9">
         <v>1</v>
       </c>
-      <c r="N20" s="2">
+      <c r="N20" s="5">
         <v>170</v>
       </c>
-      <c r="O20" s="18">
+      <c r="O20" s="14">
         <v>5.8823529411764705E-3</v>
       </c>
-      <c r="P20" s="3">
+      <c r="P20" s="9">
         <v>2</v>
       </c>
-      <c r="Q20" s="2">
+      <c r="Q20" s="5">
         <v>156</v>
       </c>
-      <c r="R20" s="18">
+      <c r="R20" s="14">
         <f t="shared" si="3"/>
         <v>1.282051282051282E-2</v>
       </c>
-      <c r="S20" s="3">
+      <c r="S20" s="9">
         <v>1</v>
       </c>
-      <c r="T20" s="2">
+      <c r="T20" s="5">
         <v>154</v>
       </c>
-      <c r="U20" s="18">
+      <c r="U20" s="14">
         <f t="shared" si="4"/>
         <v>6.4935064935064939E-3</v>
       </c>
+      <c r="V20" s="9">
+        <v>5</v>
+      </c>
+      <c r="W20" s="5">
+        <v>167</v>
+      </c>
+      <c r="X20" s="14">
+        <f t="shared" si="5"/>
+        <v>2.9940119760479042E-2</v>
+      </c>
     </row>
-    <row r="21" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D21" s="3">
+    <row r="21" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C21" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" s="9">
         <v>6</v>
       </c>
-      <c r="E21" s="3">
+      <c r="E21" s="9">
         <v>201</v>
       </c>
-      <c r="F21" s="18">
+      <c r="F21" s="14">
         <f t="shared" si="0"/>
         <v>2.9850746268656716E-2</v>
       </c>
-      <c r="G21" s="3">
+      <c r="G21" s="9">
         <v>6</v>
       </c>
-      <c r="H21" s="4">
+      <c r="H21" s="9">
         <v>266</v>
       </c>
-      <c r="I21" s="18">
+      <c r="I21" s="14">
         <f t="shared" si="1"/>
         <v>2.2556390977443608E-2</v>
       </c>
-      <c r="J21" s="3">
+      <c r="J21" s="9">
         <v>4</v>
       </c>
-      <c r="K21" s="2">
+      <c r="K21" s="5">
         <v>240</v>
       </c>
-      <c r="L21" s="18">
+      <c r="L21" s="14">
         <f t="shared" si="2"/>
         <v>1.6666666666666666E-2</v>
       </c>
-      <c r="M21" s="3">
+      <c r="M21" s="9">
         <v>4</v>
       </c>
-      <c r="N21" s="2">
+      <c r="N21" s="5">
         <v>242</v>
       </c>
-      <c r="O21" s="18">
+      <c r="O21" s="14">
         <v>1.6528925619834711E-2</v>
       </c>
-      <c r="P21" s="3">
+      <c r="P21" s="9">
         <v>4</v>
       </c>
-      <c r="Q21" s="2">
+      <c r="Q21" s="5">
         <v>253</v>
       </c>
-      <c r="R21" s="18">
+      <c r="R21" s="14">
         <f t="shared" si="3"/>
         <v>1.5810276679841896E-2</v>
       </c>
-      <c r="S21" s="3">
+      <c r="S21" s="9">
         <v>6</v>
       </c>
-      <c r="T21" s="2">
+      <c r="T21" s="5">
         <v>297</v>
       </c>
-      <c r="U21" s="18">
+      <c r="U21" s="14">
         <f t="shared" si="4"/>
         <v>2.0202020202020204E-2</v>
       </c>
+      <c r="V21" s="9">
+        <v>3</v>
+      </c>
+      <c r="W21" s="5">
+        <v>306</v>
+      </c>
+      <c r="X21" s="14">
+        <f t="shared" si="5"/>
+        <v>9.8039215686274508E-3</v>
+      </c>
     </row>
-    <row r="22" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C22" s="13" t="s">
+    <row r="22" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C22" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="D22" s="3">
+      <c r="D22" s="9">
         <v>3</v>
       </c>
-      <c r="E22" s="3">
+      <c r="E22" s="9">
         <v>408</v>
       </c>
-      <c r="F22" s="18">
+      <c r="F22" s="14">
         <f t="shared" si="0"/>
         <v>7.3529411764705881E-3</v>
       </c>
-      <c r="G22" s="3">
+      <c r="G22" s="9">
         <v>4</v>
       </c>
-      <c r="H22" s="4">
+      <c r="H22" s="9">
         <v>364</v>
       </c>
-      <c r="I22" s="18">
+      <c r="I22" s="14">
         <f t="shared" si="1"/>
         <v>1.098901098901099E-2</v>
       </c>
-      <c r="J22" s="3">
+      <c r="J22" s="9">
         <v>3</v>
       </c>
-      <c r="K22" s="2">
+      <c r="K22" s="5">
         <v>342</v>
       </c>
-      <c r="L22" s="18">
+      <c r="L22" s="14">
         <f t="shared" si="2"/>
         <v>8.771929824561403E-3</v>
       </c>
-      <c r="M22" s="3">
+      <c r="M22" s="9">
         <v>4</v>
       </c>
-      <c r="N22" s="2">
+      <c r="N22" s="5">
         <v>292</v>
       </c>
-      <c r="O22" s="18">
+      <c r="O22" s="14">
         <v>1.3698630136986301E-2</v>
       </c>
-      <c r="P22" s="3">
+      <c r="P22" s="9">
         <v>2</v>
       </c>
-      <c r="Q22" s="2">
+      <c r="Q22" s="5">
         <v>272</v>
       </c>
-      <c r="R22" s="18">
+      <c r="R22" s="14">
         <f t="shared" si="3"/>
         <v>7.3529411764705881E-3</v>
       </c>
-      <c r="S22" s="3">
+      <c r="S22" s="9">
         <v>2</v>
       </c>
-      <c r="T22" s="2">
+      <c r="T22" s="5">
         <v>368</v>
       </c>
-      <c r="U22" s="18">
+      <c r="U22" s="14">
         <f t="shared" si="4"/>
         <v>5.434782608695652E-3</v>
       </c>
+      <c r="V22" s="9">
+        <v>2</v>
+      </c>
+      <c r="W22" s="5">
+        <v>308</v>
+      </c>
+      <c r="X22" s="14">
+        <f t="shared" si="5"/>
+        <v>6.4935064935064939E-3</v>
+      </c>
     </row>
-    <row r="23" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-      <c r="C23" s="13" t="s">
+    <row r="23" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C23" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="D23" s="3">
+      <c r="D23" s="9">
         <v>3</v>
       </c>
-      <c r="E23" s="3">
+      <c r="E23" s="9">
         <v>263</v>
       </c>
-      <c r="F23" s="18">
+      <c r="F23" s="14">
         <f t="shared" si="0"/>
         <v>1.1406844106463879E-2</v>
       </c>
-      <c r="G23" s="3">
+      <c r="G23" s="9">
         <v>2</v>
       </c>
-      <c r="H23" s="4">
+      <c r="H23" s="9">
         <v>241</v>
       </c>
-      <c r="I23" s="18">
+      <c r="I23" s="14">
         <f t="shared" si="1"/>
         <v>8.2987551867219917E-3</v>
       </c>
-      <c r="J23" s="3">
+      <c r="J23" s="9">
         <v>2</v>
       </c>
-      <c r="K23" s="2">
+      <c r="K23" s="5">
         <v>202</v>
       </c>
-      <c r="L23" s="18">
+      <c r="L23" s="14">
         <f t="shared" si="2"/>
         <v>9.9009900990099011E-3</v>
       </c>
-      <c r="M23" s="3">
+      <c r="M23" s="9">
         <v>2</v>
       </c>
-      <c r="N23" s="2">
+      <c r="N23" s="5">
         <v>193</v>
       </c>
-      <c r="O23" s="18">
+      <c r="O23" s="14">
         <v>1.0362694300518135E-2</v>
       </c>
-      <c r="P23" s="3">
-[...2 lines deleted...]
-      <c r="Q23" s="2">
+      <c r="P23" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q23" s="5">
         <v>199</v>
       </c>
-      <c r="R23" s="18">
+      <c r="R23" s="14">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="S23" s="3">
+      <c r="S23" s="9">
         <v>3</v>
       </c>
-      <c r="T23" s="2">
+      <c r="T23" s="5">
         <v>247</v>
       </c>
-      <c r="U23" s="18">
+      <c r="U23" s="14">
         <f t="shared" si="4"/>
         <v>1.2145748987854251E-2</v>
       </c>
+      <c r="V23" s="9">
+        <v>6</v>
+      </c>
+      <c r="W23" s="5">
+        <v>253</v>
+      </c>
+      <c r="X23" s="14">
+        <f t="shared" si="5"/>
+        <v>2.3715415019762844E-2</v>
+      </c>
     </row>
-    <row r="24" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D24" s="3">
+    <row r="24" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C24" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" s="9">
         <v>5</v>
       </c>
-      <c r="E24" s="3">
+      <c r="E24" s="9">
         <v>310</v>
       </c>
-      <c r="F24" s="18">
+      <c r="F24" s="14">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
-      <c r="G24" s="3">
+      <c r="G24" s="9">
         <v>2</v>
       </c>
-      <c r="H24" s="4">
+      <c r="H24" s="9">
         <v>284</v>
       </c>
-      <c r="I24" s="18">
+      <c r="I24" s="14">
         <f t="shared" si="1"/>
         <v>7.0422535211267607E-3</v>
       </c>
-      <c r="J24" s="3">
+      <c r="J24" s="9">
         <v>2</v>
       </c>
-      <c r="K24" s="2">
+      <c r="K24" s="5">
         <v>272</v>
       </c>
-      <c r="L24" s="18">
+      <c r="L24" s="14">
         <f t="shared" si="2"/>
         <v>7.3529411764705881E-3</v>
       </c>
-      <c r="M24" s="3">
+      <c r="M24" s="9">
         <v>5</v>
       </c>
-      <c r="N24" s="2">
+      <c r="N24" s="5">
         <v>257</v>
       </c>
-      <c r="O24" s="18">
+      <c r="O24" s="14">
         <v>1.9455252918287938E-2</v>
       </c>
-      <c r="P24" s="3">
+      <c r="P24" s="9">
         <v>2</v>
       </c>
-      <c r="Q24" s="2">
+      <c r="Q24" s="5">
         <v>238</v>
       </c>
-      <c r="R24" s="18">
+      <c r="R24" s="14">
         <f t="shared" si="3"/>
         <v>8.4033613445378148E-3</v>
       </c>
-      <c r="S24" s="3">
+      <c r="S24" s="9">
         <v>10</v>
       </c>
-      <c r="T24" s="2">
+      <c r="T24" s="5">
         <v>306</v>
       </c>
-      <c r="U24" s="18">
+      <c r="U24" s="14">
         <f t="shared" si="4"/>
         <v>3.2679738562091505E-2</v>
       </c>
+      <c r="V24" s="9">
+        <v>7</v>
+      </c>
+      <c r="W24" s="5">
+        <v>326</v>
+      </c>
+      <c r="X24" s="14">
+        <f t="shared" si="5"/>
+        <v>2.1472392638036811E-2</v>
+      </c>
     </row>
-    <row r="25" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="G25" s="3">
+    <row r="25" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="9">
+        <v>0</v>
+      </c>
+      <c r="E25" s="9">
+        <v>0</v>
+      </c>
+      <c r="F25" s="14">
+        <v>0</v>
+      </c>
+      <c r="G25" s="9">
         <v>1</v>
       </c>
-      <c r="H25" s="3">
-[...33 lines deleted...]
-      <c r="T25" s="6">
+      <c r="H25" s="9">
+        <v>0</v>
+      </c>
+      <c r="I25" s="14">
+        <v>0</v>
+      </c>
+      <c r="J25" s="9">
+        <v>0</v>
+      </c>
+      <c r="K25" s="9">
+        <v>0</v>
+      </c>
+      <c r="L25" s="14">
+        <v>0</v>
+      </c>
+      <c r="M25" s="9">
+        <v>0</v>
+      </c>
+      <c r="N25" s="9">
+        <v>0</v>
+      </c>
+      <c r="O25" s="14">
+        <v>0</v>
+      </c>
+      <c r="P25" s="9">
+        <v>0</v>
+      </c>
+      <c r="Q25" s="15">
+        <v>0</v>
+      </c>
+      <c r="R25" s="16">
+        <v>0</v>
+      </c>
+      <c r="S25" s="9">
+        <v>0</v>
+      </c>
+      <c r="T25" s="15">
         <v>166</v>
       </c>
-      <c r="U25" s="18">
+      <c r="U25" s="14">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
+      <c r="V25" s="9">
+        <v>0</v>
+      </c>
+      <c r="W25" s="17">
+        <v>0</v>
+      </c>
+      <c r="X25" s="14">
+        <v>0</v>
+      </c>
     </row>
-    <row r="26" spans="3:21" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D26" s="7">
+    <row r="26" spans="3:24" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C26" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="9">
         <f>SUM(D7:D25)</f>
         <v>82</v>
       </c>
-      <c r="E26" s="7">
+      <c r="E26" s="9">
         <f>SUM(E7:E25)</f>
         <v>5092</v>
       </c>
       <c r="F26" s="14">
         <f t="shared" si="0"/>
         <v>1.6103692065985858E-2</v>
       </c>
-      <c r="G26" s="7">
+      <c r="G26" s="9">
         <f>SUM(G7:G25)</f>
         <v>75</v>
       </c>
-      <c r="H26" s="7">
+      <c r="H26" s="9">
         <f>SUM(H7:H25)</f>
         <v>5114</v>
       </c>
       <c r="I26" s="14">
         <f t="shared" si="1"/>
         <v>1.4665623777864685E-2</v>
       </c>
-      <c r="J26" s="7">
+      <c r="J26" s="9">
         <f>SUM(J7:J25)</f>
         <v>67</v>
       </c>
-      <c r="K26" s="7">
+      <c r="K26" s="9">
         <f>SUM(K7:K25)</f>
         <v>4606</v>
       </c>
       <c r="L26" s="14">
         <f t="shared" si="2"/>
         <v>1.4546244029526704E-2</v>
       </c>
-      <c r="M26" s="7">
+      <c r="M26" s="9">
         <v>43</v>
       </c>
-      <c r="N26" s="7">
+      <c r="N26" s="9">
         <v>4306</v>
       </c>
       <c r="O26" s="14">
         <v>9.9860659544821172E-3</v>
       </c>
-      <c r="P26" s="7">
+      <c r="P26" s="9">
         <f>SUM(P7:P25)</f>
         <v>58</v>
       </c>
-      <c r="Q26" s="7">
+      <c r="Q26" s="15">
         <f>SUM(Q7:Q24)</f>
         <v>4171</v>
       </c>
-      <c r="R26" s="18">
+      <c r="R26" s="14">
         <f t="shared" si="3"/>
         <v>1.3905538240230161E-2</v>
       </c>
-      <c r="S26" s="7">
+      <c r="S26" s="9">
         <f>SUM(S7:S25)</f>
         <v>80</v>
       </c>
-      <c r="T26" s="7">
+      <c r="T26" s="15">
         <v>4866</v>
       </c>
-      <c r="U26" s="18">
+      <c r="U26" s="14">
         <f t="shared" si="4"/>
         <v>1.6440608302507192E-2</v>
       </c>
+      <c r="V26" s="9">
+        <v>70</v>
+      </c>
+      <c r="W26" s="17">
+        <v>4491</v>
+      </c>
+      <c r="X26" s="14">
+        <f t="shared" si="5"/>
+        <v>1.5586729013582721E-2</v>
+      </c>
     </row>
-    <row r="27" spans="3:21" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="27" spans="3:24" x14ac:dyDescent="0.3">
+      <c r="C27" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="8"/>
+      <c r="G27" s="8"/>
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
     </row>
-    <row r="28" spans="3:21" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="28" spans="3:24" x14ac:dyDescent="0.3">
+      <c r="C28" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D28" s="8"/>
+      <c r="E28" s="8"/>
+      <c r="F28" s="8"/>
+      <c r="G28" s="8"/>
+      <c r="H28" s="8"/>
+      <c r="I28" s="8"/>
     </row>
   </sheetData>
-  <mergeCells count="7">
+  <mergeCells count="8">
+    <mergeCell ref="C2:S2"/>
+    <mergeCell ref="V5:X5"/>
+    <mergeCell ref="M5:O5"/>
     <mergeCell ref="S5:U5"/>
-    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="P5:R5"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="J5:L5"/>
-    <mergeCell ref="M5:O5"/>
-    <mergeCell ref="P5:R5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
+  <colBreaks count="1" manualBreakCount="1">
+    <brk id="13" max="1048575" man="1"/>
+  </colBreaks>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>MDR-24-ok</vt:lpstr>
+      <vt:lpstr>'MDR-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>