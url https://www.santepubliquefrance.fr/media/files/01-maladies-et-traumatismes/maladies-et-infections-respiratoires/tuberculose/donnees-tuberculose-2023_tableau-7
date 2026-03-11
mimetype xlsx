--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,340 +1,387 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AFE07DE-2374-433F-83D9-60B2D7924406}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Taux-Age-24-ok" sheetId="7" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="eztoc152676_0_0_0_0_2" localSheetId="0">'Taux-Age-24-ok'!$C$26</definedName>
+    <definedName name="eztoc152676_0_0_0_0_3" localSheetId="0">'Taux-Age-24-ok'!$C$28</definedName>
+    <definedName name="eztoc152676_0_0_0_0_4" localSheetId="0">'Taux-Age-24-ok'!$C$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Taux-Age-24-ok'!$A$1:$T$31</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="57">
   <si>
     <t> 2010</t>
   </si>
   <si>
+    <t xml:space="preserve">0-4 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">15-19 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">20-24 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">25-29 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">30-34 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">35-39 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">40-44 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">45-49 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">50-54 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">55-59 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">60-64 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">65-69 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">70-74 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">75-79 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">80 + </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 10-14</t>
+  </si>
+  <si>
+    <t> 5,6</t>
+  </si>
+  <si>
+    <t> 6,6</t>
+  </si>
+  <si>
+    <t> 5,3</t>
+  </si>
+  <si>
+    <t> 8,0</t>
+  </si>
+  <si>
+    <t> 7,4</t>
+  </si>
+  <si>
+    <t> 7,8</t>
+  </si>
+  <si>
+    <t> 8,2</t>
+  </si>
+  <si>
+    <t> 6,2</t>
+  </si>
+  <si>
+    <t> 8,4</t>
+  </si>
+  <si>
+    <t> 7,7</t>
+  </si>
+  <si>
+    <t> 8,5</t>
+  </si>
+  <si>
+    <t> 9,8</t>
+  </si>
+  <si>
+    <t> 9,7</t>
+  </si>
+  <si>
+    <t> 7,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groupe d'âges </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2007** </t>
+  </si>
+  <si>
+    <t> 3,0</t>
+  </si>
+  <si>
+    <t> 3,2</t>
+  </si>
+  <si>
+    <t>3 ,4</t>
+  </si>
+  <si>
+    <t> 1,2</t>
+  </si>
+  <si>
+    <t> 1,7</t>
+  </si>
+  <si>
+    <t> 1,5</t>
+  </si>
+  <si>
+    <t> 4,1</t>
+  </si>
+  <si>
+    <t> 12,6</t>
+  </si>
+  <si>
+    <t> 12,7</t>
+  </si>
+  <si>
+    <t> 10,3</t>
+  </si>
+  <si>
+    <t> 7,1</t>
+  </si>
+  <si>
+    <t> 9,1</t>
+  </si>
+  <si>
+    <t> 8,6</t>
+  </si>
+  <si>
+    <t> 10,6</t>
+  </si>
+  <si>
+    <t> 8,9</t>
+  </si>
+  <si>
+    <t> 16,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOTAL* </t>
+  </si>
+  <si>
+    <t>* Le total par année comprend les cas pour lesquels l'âge n'était pas renseigné.</t>
+  </si>
+  <si>
+    <t>** sans la Corse-du-Sud</t>
+  </si>
+  <si>
     <r>
       <t>2011</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
-        <sz val="11"/>
+        <sz val="12"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>¥</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">0-4 </t>
-[...49 lines deleted...]
-  <si>
+    <t>Taux de déclaration de tuberculose maladie par groupe d'âges (taux pour 100 000), France, 2004-2024</t>
+  </si>
+  <si>
+    <r>
+      <t>Sources : Santé publique France, (déclaration obligatoire de tuberculose, mise à jour le 19 septembre 2025), Insee (estimations localisées de population au 1</t>
+    </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
+        <color theme="0" tint="-0.499984740745262"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>er</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0" tint="-0.499984740745262"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> janvier, mise à jour au 15 janvier 2025 et recensement 2012 pour Mayotte pour les années 2011-2013).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="0" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">¥ </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
+        <color theme="0" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Mayotte, devenu département français d'outre-mer en 2011, est intégré aux données depuis.</t>
     </r>
   </si>
-  <si>
-[...128 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="10"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
-      <name val="Arial"/>
-[...6 lines deleted...]
-      <color theme="0"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
@@ -353,1796 +400,1978 @@
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color rgb="FF000000"/>
       </top>
       <bottom style="hair">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...39 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>21</xdr:col>
-      <xdr:colOff>962025</xdr:colOff>
+      <xdr:col>22</xdr:col>
+      <xdr:colOff>425450</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>46038</xdr:rowOff>
+      <xdr:rowOff>190500</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
-      <xdr:colOff>32096</xdr:colOff>
+      <xdr:colOff>724246</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>65274</xdr:rowOff>
+      <xdr:rowOff>117128</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="21726525" y="46038"/>
-[...44 lines deleted...]
-          <a:ext cx="1060796" cy="584760"/>
+          <a:off x="17665700" y="190500"/>
+          <a:ext cx="1098896" cy="574328"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:W30"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="B1:X30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="H37" sqref="H37"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C26" sqref="C26:O26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.5546875" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="18" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="3.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="1"/>
+    <col min="3" max="3" width="14.26953125" style="1" customWidth="1"/>
+    <col min="4" max="16" width="11.453125" style="1"/>
+    <col min="17" max="17" width="11.54296875" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:23" ht="25.5" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" spans="3:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="3:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C2" s="2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3" spans="3:24" ht="25.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C4" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" s="6">
+        <v>2004</v>
+      </c>
+      <c r="E4" s="6">
+        <v>2005</v>
+      </c>
+      <c r="F4" s="6">
+        <v>2006</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" s="6">
+        <v>2008</v>
+      </c>
+      <c r="I4" s="6">
+        <v>2009</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="K4" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L4" s="6">
+        <v>2012</v>
+      </c>
+      <c r="M4" s="6">
+        <v>2013</v>
+      </c>
+      <c r="N4" s="6">
+        <v>2014</v>
+      </c>
+      <c r="O4" s="6">
+        <v>2015</v>
+      </c>
+      <c r="P4" s="7">
+        <v>2016</v>
+      </c>
+      <c r="Q4" s="7">
+        <v>2017</v>
+      </c>
+      <c r="R4" s="7">
+        <v>2018</v>
+      </c>
+      <c r="S4" s="7">
+        <v>2019</v>
+      </c>
+      <c r="T4" s="7">
+        <v>2020</v>
+      </c>
+      <c r="U4" s="7">
+        <v>2021</v>
+      </c>
+      <c r="V4" s="7">
+        <v>2022</v>
+      </c>
+      <c r="W4" s="7">
+        <v>2023</v>
+      </c>
+      <c r="X4" s="7">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="5" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="9">
+        <v>3.4</v>
+      </c>
+      <c r="E5" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="F5" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="G5" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="H5" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="I5" s="9">
+        <v>3.4</v>
+      </c>
+      <c r="J5" s="9" t="s">
         <v>34</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="C4" s="6" t="s">
+      <c r="K5" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="L5" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="M5" s="9" t="s">
         <v>35</v>
       </c>
-      <c r="D4" s="7">
-[...8 lines deleted...]
-      <c r="G4" s="7" t="s">
+      <c r="N5" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="H4" s="7">
-[...49 lines deleted...]
-      <c r="C5" s="9" t="s">
+      <c r="O5" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="P5" s="10">
+        <v>2.742911478627386</v>
+      </c>
+      <c r="Q5" s="10">
+        <v>4.6608101827114838</v>
+      </c>
+      <c r="R5" s="10">
+        <v>3.1619586858478108</v>
+      </c>
+      <c r="S5" s="10">
+        <v>2.8878881702741648</v>
+      </c>
+      <c r="T5" s="10">
+        <v>2.41114523438499</v>
+      </c>
+      <c r="U5" s="10">
+        <v>2.3524515766046448</v>
+      </c>
+      <c r="V5" s="10">
+        <v>2.4372831774464014</v>
+      </c>
+      <c r="W5" s="10">
+        <v>3.0647636604611947</v>
+      </c>
+      <c r="X5" s="10">
+        <v>2.7698801446056138</v>
+      </c>
+    </row>
+    <row r="6" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E6" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="F6" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="G6" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="H6" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="I6" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="J6" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="K6" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="L6" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="M6" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="N6" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="O6" s="9">
+        <v>1.4</v>
+      </c>
+      <c r="P6" s="10">
+        <v>1.165571307154919</v>
+      </c>
+      <c r="Q6" s="10">
+        <v>1.644750956100882</v>
+      </c>
+      <c r="R6" s="10">
+        <v>1.1801484578590662</v>
+      </c>
+      <c r="S6" s="10">
+        <v>1.4076306687774656</v>
+      </c>
+      <c r="T6" s="10">
+        <v>0.94729470848462727</v>
+      </c>
+      <c r="U6" s="10">
+        <v>0.7982699494520501</v>
+      </c>
+      <c r="V6" s="10">
+        <v>1.0596352634505559</v>
+      </c>
+      <c r="W6" s="10">
+        <v>1.5821032480579682</v>
+      </c>
+      <c r="X6" s="10">
+        <v>1.2502432113747128</v>
+      </c>
+    </row>
+    <row r="7" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C7" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="E7" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F7" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="G7" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="H7" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I7" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="L7" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="M7" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" s="9">
+        <v>1.7</v>
+      </c>
+      <c r="O7" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="P7" s="10">
+        <v>1.3207920525780901</v>
+      </c>
+      <c r="Q7" s="10">
+        <v>1.7662488931109133</v>
+      </c>
+      <c r="R7" s="10">
+        <v>1.776181881024617</v>
+      </c>
+      <c r="S7" s="10">
+        <v>1.4349168358074886</v>
+      </c>
+      <c r="T7" s="10">
+        <v>1.6095706967239793</v>
+      </c>
+      <c r="U7" s="10">
+        <v>1.3817621448695641</v>
+      </c>
+      <c r="V7" s="10">
+        <v>1.307287497499229</v>
+      </c>
+      <c r="W7" s="10">
+        <v>2.0359182787083197</v>
+      </c>
+      <c r="X7" s="10">
+        <v>1.4823156217008182</v>
+      </c>
+    </row>
+    <row r="8" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="10">
-[...61 lines deleted...]
-      <c r="C6" s="13" t="s">
+      <c r="D8" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="E8" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="F8" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="G8" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="H8" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I8" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="J8" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="L8" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="M8" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="O8" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="P8" s="10">
+        <v>6.4563826111029723</v>
+      </c>
+      <c r="Q8" s="10">
+        <v>8.3634696216303492</v>
+      </c>
+      <c r="R8" s="10">
+        <v>9.3604219591145466</v>
+      </c>
+      <c r="S8" s="10">
+        <v>10.377137593587751</v>
+      </c>
+      <c r="T8" s="10">
+        <v>8.1752818794038031</v>
+      </c>
+      <c r="U8" s="10">
+        <v>7.2791040869205643</v>
+      </c>
+      <c r="V8" s="10">
+        <v>8.2470106942522108</v>
+      </c>
+      <c r="W8" s="10">
+        <v>8.5329857174183719</v>
+      </c>
+      <c r="X8" s="10">
+        <v>8.4904672346105023</v>
+      </c>
+    </row>
+    <row r="9" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="10">
-[...61 lines deleted...]
-      <c r="C7" s="14" t="s">
+      <c r="D9" s="9">
+        <v>11.1</v>
+      </c>
+      <c r="E9" s="9">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="F9" s="9">
+        <v>9.9</v>
+      </c>
+      <c r="G9" s="9">
+        <v>11</v>
+      </c>
+      <c r="H9" s="9">
+        <v>9.6</v>
+      </c>
+      <c r="I9" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="J9" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="K9" s="9">
+        <v>9.6</v>
+      </c>
+      <c r="L9" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="M9" s="9">
+        <v>10.1</v>
+      </c>
+      <c r="N9" s="9">
+        <v>9.6</v>
+      </c>
+      <c r="O9" s="9">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="P9" s="10">
+        <v>10.650668869913943</v>
+      </c>
+      <c r="Q9" s="10">
+        <v>11.332929972819503</v>
+      </c>
+      <c r="R9" s="10">
+        <v>13.960244980822115</v>
+      </c>
+      <c r="S9" s="10">
+        <v>12.640014268219495</v>
+      </c>
+      <c r="T9" s="10">
+        <v>13.605005581234744</v>
+      </c>
+      <c r="U9" s="10">
+        <v>11.362655733548001</v>
+      </c>
+      <c r="V9" s="10">
+        <v>10.064802229152397</v>
+      </c>
+      <c r="W9" s="10">
+        <v>13.910881490398209</v>
+      </c>
+      <c r="X9" s="10">
+        <v>11.256702280920848</v>
+      </c>
+    </row>
+    <row r="10" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C10" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="D7" s="10">
-[...17 lines deleted...]
-      <c r="J7" s="10" t="s">
+      <c r="D10" s="9">
+        <v>13.8</v>
+      </c>
+      <c r="E10" s="9">
+        <v>14</v>
+      </c>
+      <c r="F10" s="9">
+        <v>12.9</v>
+      </c>
+      <c r="G10" s="9">
+        <v>15.1</v>
+      </c>
+      <c r="H10" s="9">
+        <v>12.1</v>
+      </c>
+      <c r="I10" s="9">
+        <v>12.6</v>
+      </c>
+      <c r="J10" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="K7" s="10">
-[...5 lines deleted...]
-      <c r="M7" s="10" t="s">
+      <c r="K10" s="9">
+        <v>13.7</v>
+      </c>
+      <c r="L10" s="9">
+        <v>14.4</v>
+      </c>
+      <c r="M10" s="9">
+        <v>13.6</v>
+      </c>
+      <c r="N10" s="9">
+        <v>13</v>
+      </c>
+      <c r="O10" s="9">
+        <v>12.1</v>
+      </c>
+      <c r="P10" s="10">
+        <v>13.650765883803668</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>14.777028650365565</v>
+      </c>
+      <c r="R10" s="10">
+        <v>16.336322820191281</v>
+      </c>
+      <c r="S10" s="10">
+        <v>17.18436207213314</v>
+      </c>
+      <c r="T10" s="10">
+        <v>15.215686358256272</v>
+      </c>
+      <c r="U10" s="10">
+        <v>15.163481794902152</v>
+      </c>
+      <c r="V10" s="10">
+        <v>14.494830938907379</v>
+      </c>
+      <c r="W10" s="10">
+        <v>15.111570681333697</v>
+      </c>
+      <c r="X10" s="10">
+        <v>13.220399230336135</v>
+      </c>
+    </row>
+    <row r="11" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="9">
+        <v>13</v>
+      </c>
+      <c r="E11" s="9">
+        <v>11.2</v>
+      </c>
+      <c r="F11" s="9">
+        <v>11.4</v>
+      </c>
+      <c r="G11" s="9">
+        <v>12</v>
+      </c>
+      <c r="H11" s="9">
+        <v>13</v>
+      </c>
+      <c r="I11" s="9">
+        <v>11.7</v>
+      </c>
+      <c r="J11" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="N7" s="10">
-[...34 lines deleted...]
-      <c r="D8" s="10">
+      <c r="K11" s="9">
+        <v>11.1</v>
+      </c>
+      <c r="L11" s="9">
+        <v>12.9</v>
+      </c>
+      <c r="M11" s="9">
+        <v>12.8</v>
+      </c>
+      <c r="N11" s="9">
+        <v>12.2</v>
+      </c>
+      <c r="O11" s="9">
+        <v>12.2</v>
+      </c>
+      <c r="P11" s="10">
+        <v>12.260273939279534</v>
+      </c>
+      <c r="Q11" s="10">
+        <v>12.837416202237476</v>
+      </c>
+      <c r="R11" s="10">
+        <v>11.395093090000719</v>
+      </c>
+      <c r="S11" s="10">
+        <v>12.486599071558556</v>
+      </c>
+      <c r="T11" s="10">
+        <v>11.771162711310764</v>
+      </c>
+      <c r="U11" s="10">
+        <v>10.364333600624041</v>
+      </c>
+      <c r="V11" s="10">
+        <v>10.937158600429717</v>
+      </c>
+      <c r="W11" s="10">
+        <v>11.202756225788944</v>
+      </c>
+      <c r="X11" s="10">
+        <v>12.490204304759999</v>
+      </c>
+    </row>
+    <row r="12" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="9">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="E12" s="9">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="F12" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="G12" s="9">
+        <v>10</v>
+      </c>
+      <c r="H12" s="9">
+        <v>10.6</v>
+      </c>
+      <c r="I12" s="9">
+        <v>9.9</v>
+      </c>
+      <c r="J12" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K12" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="L12" s="9">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="M12" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="N12" s="9">
+        <v>11.2</v>
+      </c>
+      <c r="O12" s="9">
+        <v>10.5</v>
+      </c>
+      <c r="P12" s="10">
+        <v>11.060699172319373</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>10.051590204546279</v>
+      </c>
+      <c r="R12" s="10">
+        <v>10.742294946980621</v>
+      </c>
+      <c r="S12" s="10">
+        <v>12.092766636056851</v>
+      </c>
+      <c r="T12" s="10">
+        <v>9.9113277530125377</v>
+      </c>
+      <c r="U12" s="10">
+        <v>9.3063884429412482</v>
+      </c>
+      <c r="V12" s="10">
+        <v>9.5455436067465698</v>
+      </c>
+      <c r="W12" s="10">
+        <v>9.6556648608218332</v>
+      </c>
+      <c r="X12" s="10">
+        <v>9.5611612633728615</v>
+      </c>
+    </row>
+    <row r="13" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C13" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="9">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="E13" s="9">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="F13" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="G13" s="9">
+        <v>8.6</v>
+      </c>
+      <c r="H13" s="9">
+        <v>10.3</v>
+      </c>
+      <c r="I13" s="9">
+        <v>9</v>
+      </c>
+      <c r="J13" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="K13" s="9">
+        <v>9</v>
+      </c>
+      <c r="L13" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="M13" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="O13" s="9">
+        <v>7.8</v>
+      </c>
+      <c r="P13" s="10">
+        <v>8.7387105382799213</v>
+      </c>
+      <c r="Q13" s="10">
+        <v>8.8383745144663184</v>
+      </c>
+      <c r="R13" s="10">
+        <v>7.774304568247933</v>
+      </c>
+      <c r="S13" s="10">
+        <v>8.9389622327627816</v>
+      </c>
+      <c r="T13" s="10">
+        <v>8.9671574184484797</v>
+      </c>
+      <c r="U13" s="10">
+        <v>7.6710538800662587</v>
+      </c>
+      <c r="V13" s="10">
+        <v>7.590708972218005</v>
+      </c>
+      <c r="W13" s="10">
+        <v>8.9320540723934894</v>
+      </c>
+      <c r="X13" s="10">
+        <v>8.0980124869522498</v>
+      </c>
+    </row>
+    <row r="14" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="E14" s="9">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="F14" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="G14" s="9">
+        <v>9.5</v>
+      </c>
+      <c r="H14" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I14" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="J14" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" s="9">
+        <v>7.8</v>
+      </c>
+      <c r="L14" s="9">
+        <v>7</v>
+      </c>
+      <c r="M14" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="N14" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="O14" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="P14" s="10">
+        <v>6.8645142600842268</v>
+      </c>
+      <c r="Q14" s="10">
+        <v>6.9500101704766664</v>
+      </c>
+      <c r="R14" s="10">
+        <v>6.795475752576948</v>
+      </c>
+      <c r="S14" s="10">
+        <v>6.8081562590455142</v>
+      </c>
+      <c r="T14" s="10">
+        <v>6.015460618415891</v>
+      </c>
+      <c r="U14" s="10">
+        <v>6.1501766788537271</v>
+      </c>
+      <c r="V14" s="10">
+        <v>6.530881331748823</v>
+      </c>
+      <c r="W14" s="10">
+        <v>7.4613711054178253</v>
+      </c>
+      <c r="X14" s="10">
+        <v>6.9593088246452321</v>
+      </c>
+    </row>
+    <row r="15" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C15" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="9">
+        <v>8</v>
+      </c>
+      <c r="E15" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="F15" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="G15" s="9">
+        <v>7.6</v>
+      </c>
+      <c r="H15" s="9">
+        <v>8.6</v>
+      </c>
+      <c r="I15" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="J15" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="L15" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="M15" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="N15" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="O15" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="P15" s="10">
+        <v>5.8367310385326725</v>
+      </c>
+      <c r="Q15" s="10">
+        <v>6.4957263441387036</v>
+      </c>
+      <c r="R15" s="10">
+        <v>5.8389830489659786</v>
+      </c>
+      <c r="S15" s="10">
+        <v>6.3928321323033623</v>
+      </c>
+      <c r="T15" s="10">
+        <v>5.2772590728261752</v>
+      </c>
+      <c r="U15" s="10">
+        <v>5.5640836604849992</v>
+      </c>
+      <c r="V15" s="10">
+        <v>5.4215330851278454</v>
+      </c>
+      <c r="W15" s="10">
+        <v>5.508289535087143</v>
+      </c>
+      <c r="X15" s="10">
+        <v>4.9381895888348204</v>
+      </c>
+    </row>
+    <row r="16" spans="3:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="9">
+        <v>7.6</v>
+      </c>
+      <c r="E16" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="F16" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="G16" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="H16" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="I16" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="J16" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="L16" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="M16" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="N16" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="O16" s="9">
+        <v>6</v>
+      </c>
+      <c r="P16" s="10">
+        <v>5.5388204424719572</v>
+      </c>
+      <c r="Q16" s="10">
+        <v>5.4118524701024304</v>
+      </c>
+      <c r="R16" s="10">
+        <v>6.2797050399284577</v>
+      </c>
+      <c r="S16" s="10">
+        <v>5.6178112822295914</v>
+      </c>
+      <c r="T16" s="10">
+        <v>5.6559324548853516</v>
+      </c>
+      <c r="U16" s="10">
+        <v>4.4059801125355103</v>
+      </c>
+      <c r="V16" s="10">
+        <v>5.2023828264613456</v>
+      </c>
+      <c r="W16" s="10">
+        <v>5.3308323597787792</v>
+      </c>
+      <c r="X16" s="10">
+        <v>4.6958911406228845</v>
+      </c>
+    </row>
+    <row r="17" spans="2:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="E17" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="F17" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="G17" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="H17" s="9">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="I17" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="J17" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="L17" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="M17" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="O17" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="P17" s="10">
+        <v>5.4251465406059891</v>
+      </c>
+      <c r="Q17" s="10">
+        <v>5.4801199433606262</v>
+      </c>
+      <c r="R17" s="10">
+        <v>6.2661414575290761</v>
+      </c>
+      <c r="S17" s="10">
+        <v>5.2945874119223326</v>
+      </c>
+      <c r="T17" s="10">
+        <v>4.4849257744784321</v>
+      </c>
+      <c r="U17" s="10">
+        <v>4.3452343941867007</v>
+      </c>
+      <c r="V17" s="10">
+        <v>3.7155259922478883</v>
+      </c>
+      <c r="W17" s="10">
+        <v>5.0916938986255476</v>
+      </c>
+      <c r="X17" s="10">
+        <v>4.4471670730818564</v>
+      </c>
+    </row>
+    <row r="18" spans="2:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" s="9">
+        <v>8</v>
+      </c>
+      <c r="E18" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="F18" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="G18" s="9">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="H18" s="9">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="I18" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="J18" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="L18" s="9">
+        <v>7.6</v>
+      </c>
+      <c r="M18" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="N18" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="O18" s="9">
         <v>4.9000000000000004</v>
       </c>
-      <c r="E8" s="10">
-[...61 lines deleted...]
-      <c r="D9" s="10">
+      <c r="P18" s="10">
+        <v>5.6641350776837394</v>
+      </c>
+      <c r="Q18" s="10">
+        <v>5.7138609670987792</v>
+      </c>
+      <c r="R18" s="10">
+        <v>5.4388713861229343</v>
+      </c>
+      <c r="S18" s="10">
+        <v>4.9803582333366796</v>
+      </c>
+      <c r="T18" s="10">
+        <v>4.8192561068049686</v>
+      </c>
+      <c r="U18" s="10">
+        <v>4.3121880401464709</v>
+      </c>
+      <c r="V18" s="10">
+        <v>3.8886545178618435</v>
+      </c>
+      <c r="W18" s="10">
+        <v>4.9601837150300687</v>
+      </c>
+      <c r="X18" s="10">
+        <v>4.3819477935246463</v>
+      </c>
+    </row>
+    <row r="19" spans="2:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C19" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="9">
+        <v>10.7</v>
+      </c>
+      <c r="E19" s="9">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="F19" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G19" s="9">
+        <v>10.1</v>
+      </c>
+      <c r="H19" s="9">
+        <v>12.1</v>
+      </c>
+      <c r="I19" s="9">
+        <v>10.9</v>
+      </c>
+      <c r="J19" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" s="9">
+        <v>8.6</v>
+      </c>
+      <c r="L19" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="M19" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="N19" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="O19" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="P19" s="10">
+        <v>7.7338907022769359</v>
+      </c>
+      <c r="Q19" s="10">
+        <v>7.0260012230977642</v>
+      </c>
+      <c r="R19" s="10">
+        <v>6.6087877148883498</v>
+      </c>
+      <c r="S19" s="10">
+        <v>6.0031142686675407</v>
+      </c>
+      <c r="T19" s="10">
+        <v>4.7486004579377603</v>
+      </c>
+      <c r="U19" s="10">
+        <v>4.6971499098093226</v>
+      </c>
+      <c r="V19" s="10">
+        <v>4.5071085468272383</v>
+      </c>
+      <c r="W19" s="10">
+        <v>5.5856999573480293</v>
+      </c>
+      <c r="X19" s="10">
+        <v>4.9327631676842421</v>
+      </c>
+    </row>
+    <row r="20" spans="2:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C20" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" s="9">
+        <v>14.8</v>
+      </c>
+      <c r="E20" s="9">
+        <v>13.6</v>
+      </c>
+      <c r="F20" s="9">
+        <v>12.4</v>
+      </c>
+      <c r="G20" s="9">
+        <v>14</v>
+      </c>
+      <c r="H20" s="9">
+        <v>13.6</v>
+      </c>
+      <c r="I20" s="9">
+        <v>12.1</v>
+      </c>
+      <c r="J20" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="K20" s="9">
         <v>11.1</v>
       </c>
-      <c r="E9" s="10">
-[...14 lines deleted...]
-      <c r="J9" s="10" t="s">
+      <c r="L20" s="9">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="M20" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N20" s="9">
+        <v>9</v>
+      </c>
+      <c r="O20" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="P20" s="10">
+        <v>9.0807539124816099</v>
+      </c>
+      <c r="Q20" s="10">
+        <v>7.7517642268222247</v>
+      </c>
+      <c r="R20" s="10">
+        <v>8.009697321920445</v>
+      </c>
+      <c r="S20" s="10">
+        <v>8.3558297981745717</v>
+      </c>
+      <c r="T20" s="10">
+        <v>6.0485609164562835</v>
+      </c>
+      <c r="U20" s="10">
+        <v>6.5415862514094147</v>
+      </c>
+      <c r="V20" s="10">
+        <v>4.5736122898044016</v>
+      </c>
+      <c r="W20" s="10">
+        <v>6.1031204816677098</v>
+      </c>
+      <c r="X20" s="10">
+        <v>4.9134503643244196</v>
+      </c>
+    </row>
+    <row r="21" spans="2:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C21" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="9">
+        <v>20</v>
+      </c>
+      <c r="E21" s="9">
+        <v>18.5</v>
+      </c>
+      <c r="F21" s="9">
+        <v>18.8</v>
+      </c>
+      <c r="G21" s="9">
+        <v>18</v>
+      </c>
+      <c r="H21" s="9">
+        <v>20.399999999999999</v>
+      </c>
+      <c r="I21" s="9">
+        <v>19</v>
+      </c>
+      <c r="J21" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K21" s="9">
+        <v>14.3</v>
+      </c>
+      <c r="L21" s="9">
+        <v>13.5</v>
+      </c>
+      <c r="M21" s="9">
+        <v>12.7</v>
+      </c>
+      <c r="N21" s="9">
+        <v>10.4</v>
+      </c>
+      <c r="O21" s="9">
+        <v>11.3</v>
+      </c>
+      <c r="P21" s="10">
+        <v>9.7496963775655647</v>
+      </c>
+      <c r="Q21" s="10">
+        <v>8.7534086580545232</v>
+      </c>
+      <c r="R21" s="10">
+        <v>9.4930107708199838</v>
+      </c>
+      <c r="S21" s="10">
+        <v>7.8694097041272491</v>
+      </c>
+      <c r="T21" s="10">
+        <v>7.1208360006295299</v>
+      </c>
+      <c r="U21" s="10">
+        <v>6.855678282155977</v>
+      </c>
+      <c r="V21" s="10">
+        <v>5.6901019089925589</v>
+      </c>
+      <c r="W21" s="10">
+        <v>6.786654394334569</v>
+      </c>
+      <c r="X21" s="10">
+        <v>6.5499554506706481</v>
+      </c>
+    </row>
+    <row r="22" spans="2:24" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C22" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" s="14">
+        <v>9</v>
+      </c>
+      <c r="E22" s="14">
+        <v>8.6</v>
+      </c>
+      <c r="F22" s="14">
+        <v>8.4</v>
+      </c>
+      <c r="G22" s="14">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="H22" s="14">
+        <v>9</v>
+      </c>
+      <c r="I22" s="14">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="J22" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="K22" s="14">
+        <v>7.7</v>
+      </c>
+      <c r="L22" s="14">
+        <v>7.6</v>
+      </c>
+      <c r="M22" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="K9" s="10">
-[...318 lines deleted...]
-      <c r="I14" s="10">
+      <c r="N22" s="14">
+        <v>7.3</v>
+      </c>
+      <c r="O22" s="14">
+        <v>7.1</v>
+      </c>
+      <c r="P22" s="15">
+        <v>7.2</v>
+      </c>
+      <c r="Q22" s="15">
         <v>7.5</v>
       </c>
-      <c r="J14" s="10" t="s">
-[...398 lines deleted...]
-      <c r="M20" s="10" t="s">
+      <c r="R22" s="15">
+        <v>7.6124185815430039</v>
+      </c>
+      <c r="S22" s="15">
+        <v>7.635376805920024</v>
+      </c>
+      <c r="T22" s="15">
+        <v>6.8452799246145339</v>
+      </c>
+      <c r="U22" s="15">
+        <v>6.3497778521518073</v>
+      </c>
+      <c r="V22" s="15">
+        <v>6.2078764754857731</v>
+      </c>
+      <c r="W22" s="15">
+        <v>7.1167992983473569</v>
+      </c>
+      <c r="X22" s="15">
+        <v>6.5461113270960212</v>
+      </c>
+    </row>
+    <row r="24" spans="2:24" x14ac:dyDescent="0.3">
+      <c r="B24" s="3"/>
+      <c r="C24" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="N20" s="10">
-[...52 lines deleted...]
-      <c r="J21" s="10" t="s">
+      <c r="D24" s="3"/>
+      <c r="E24" s="3"/>
+      <c r="F24" s="3"/>
+      <c r="G24" s="3"/>
+      <c r="H24" s="3"/>
+      <c r="I24" s="3"/>
+      <c r="J24" s="3"/>
+      <c r="K24" s="3"/>
+      <c r="L24" s="3"/>
+      <c r="M24" s="3"/>
+      <c r="N24" s="3"/>
+      <c r="O24" s="3"/>
+    </row>
+    <row r="25" spans="2:24" x14ac:dyDescent="0.3">
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
+      <c r="J25" s="3"/>
+      <c r="K25" s="3"/>
+      <c r="L25" s="3"/>
+      <c r="M25" s="3"/>
+      <c r="N25" s="3"/>
+      <c r="O25" s="3"/>
+    </row>
+    <row r="26" spans="2:24" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="3"/>
+      <c r="C26" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" s="16"/>
+      <c r="E26" s="16"/>
+      <c r="F26" s="16"/>
+      <c r="G26" s="16"/>
+      <c r="H26" s="16"/>
+      <c r="I26" s="16"/>
+      <c r="J26" s="16"/>
+      <c r="K26" s="16"/>
+      <c r="L26" s="16"/>
+      <c r="M26" s="16"/>
+      <c r="N26" s="16"/>
+      <c r="O26" s="16"/>
+    </row>
+    <row r="27" spans="2:24" x14ac:dyDescent="0.3">
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+    </row>
+    <row r="28" spans="2:24" x14ac:dyDescent="0.3">
+      <c r="B28" s="3"/>
+      <c r="C28" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="K21" s="10">
-[...127 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="D28" s="3"/>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3"/>
+      <c r="K28" s="3"/>
+      <c r="L28" s="3"/>
+      <c r="M28" s="3"/>
+      <c r="N28" s="3"/>
+      <c r="O28" s="3"/>
+    </row>
+    <row r="29" spans="2:24" x14ac:dyDescent="0.3">
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
+      <c r="J29" s="3"/>
+      <c r="K29" s="3"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="3"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3"/>
+    </row>
+    <row r="30" spans="2:24" ht="14.5" x14ac:dyDescent="0.3">
+      <c r="B30" s="3"/>
+      <c r="C30" s="4" t="s">
         <v>56</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
+      <c r="D30" s="3"/>
+      <c r="E30" s="3"/>
+      <c r="F30" s="3"/>
+      <c r="G30" s="3"/>
+      <c r="H30" s="3"/>
+      <c r="I30" s="3"/>
+      <c r="J30" s="3"/>
+      <c r="K30" s="3"/>
+      <c r="L30" s="3"/>
+      <c r="M30" s="3"/>
+      <c r="N30" s="3"/>
+      <c r="O30" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C26:O26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="37" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="5" baseType="lpstr">
+      <vt:lpstr>Taux-Age-24-ok</vt:lpstr>
+      <vt:lpstr>'Taux-Age-24-ok'!eztoc152676_0_0_0_0_2</vt:lpstr>
+      <vt:lpstr>'Taux-Age-24-ok'!eztoc152676_0_0_0_0_3</vt:lpstr>
+      <vt:lpstr>'Taux-Age-24-ok'!eztoc152676_0_0_0_0_4</vt:lpstr>
+      <vt:lpstr>'Taux-Age-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>