--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,88 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C47F8F75-4977-4014-BC3B-309E78E8BE77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Taux-depart-24-ok" sheetId="6" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="eztoc152670_0_0_0_0_2" localSheetId="0">'Taux-depart-24-ok'!$C$113</definedName>
+    <definedName name="eztoc152670_0_0_0_0_3" localSheetId="0">'Taux-depart-24-ok'!$C$115</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Taux-depart-24-ok'!$A$1:$U$120</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="183">
+  <si>
+    <t>Guadeloupe</t>
+  </si>
+  <si>
+    <t>Guyane</t>
+  </si>
+  <si>
+    <t>La Réunion</t>
+  </si>
+  <si>
+    <t>Martinique</t>
+  </si>
   <si>
     <t> 2010</t>
   </si>
   <si>
-    <t>Guadeloupe</t>
-[...10 lines deleted...]
-  <si>
     <t>Ain</t>
   </si>
   <si>
     <t>Aisne</t>
   </si>
   <si>
     <t>Allier</t>
   </si>
   <si>
     <t>Alpes-de-Haute-Provence</t>
   </si>
   <si>
     <t>Hautes-Alpes</t>
   </si>
   <si>
     <t>Alpes-Maritimes</t>
   </si>
   <si>
     <t>Ardèche</t>
   </si>
   <si>
     <t>Ardennes</t>
   </si>
   <si>
     <t>Ariège</t>
@@ -333,8192 +350,8644 @@
   <si>
     <t>Essonne</t>
   </si>
   <si>
     <t>Hauts-de-Seine</t>
   </si>
   <si>
     <t>Seine-Saint-Denis</t>
   </si>
   <si>
     <t>Val-de-Marne</t>
   </si>
   <si>
     <t>Val-d'Oise</t>
   </si>
   <si>
     <t>Mayotte**</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>** Mayotte, devenu département français d'outre-mer en 2011, est intégré aux données depuis.</t>
   </si>
   <si>
+    <t>Département de déclaration</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2007* </t>
+  </si>
+  <si>
+    <t> 6,5</t>
+  </si>
+  <si>
+    <t> 4,8</t>
+  </si>
+  <si>
+    <t> 5,5</t>
+  </si>
+  <si>
+    <t> 3,1</t>
+  </si>
+  <si>
+    <t> 2,2</t>
+  </si>
+  <si>
+    <t> 12,1</t>
+  </si>
+  <si>
+    <t> 2,5</t>
+  </si>
+  <si>
+    <t> 2,8</t>
+  </si>
+  <si>
+    <t> 3,3</t>
+  </si>
+  <si>
+    <t> 7,6</t>
+  </si>
+  <si>
+    <t> 5,6</t>
+  </si>
+  <si>
+    <t> 1,8</t>
+  </si>
+  <si>
+    <t> 8,8</t>
+  </si>
+  <si>
+    <t> 6,6</t>
+  </si>
+  <si>
+    <t> 3,4</t>
+  </si>
+  <si>
+    <t> 6,4</t>
+  </si>
+  <si>
+    <t> 5,3</t>
+  </si>
+  <si>
+    <t> 7,0</t>
+  </si>
+  <si>
+    <t> 6,0</t>
+  </si>
+  <si>
+    <t>5,6 </t>
+  </si>
+  <si>
+    <t> 9,2</t>
+  </si>
+  <si>
+    <t> 3,9</t>
+  </si>
+  <si>
+    <t> 4,9</t>
+  </si>
+  <si>
+    <t> 8,0</t>
+  </si>
+  <si>
+    <t> 4,2</t>
+  </si>
+  <si>
+    <t> 7,2</t>
+  </si>
+  <si>
+    <t> 4,5</t>
+  </si>
+  <si>
+    <t> 7,4</t>
+  </si>
+  <si>
+    <t> 5,2</t>
+  </si>
+  <si>
+    <t> 1,3</t>
+  </si>
+  <si>
+    <t>Maine-et-Loire</t>
+  </si>
+  <si>
+    <t> 4,3</t>
+  </si>
+  <si>
+    <t> 2,1</t>
+  </si>
+  <si>
+    <t> 7,8</t>
+  </si>
+  <si>
+    <t> 8,7</t>
+  </si>
+  <si>
+    <t> 6,8</t>
+  </si>
+  <si>
+    <t> 4,0</t>
+  </si>
+  <si>
+    <t>Pyrénées-Atlantiques</t>
+  </si>
+  <si>
+    <t> 3,5</t>
+  </si>
+  <si>
+    <t> 8,2</t>
+  </si>
+  <si>
+    <t> 6,7</t>
+  </si>
+  <si>
+    <t> 5,4</t>
+  </si>
+  <si>
+    <t> 4,4</t>
+  </si>
+  <si>
+    <t> 5,1</t>
+  </si>
+  <si>
+    <t> 5,8</t>
+  </si>
+  <si>
+    <t> 21,9</t>
+  </si>
+  <si>
+    <t> 6,2</t>
+  </si>
+  <si>
+    <t> 8,4</t>
+  </si>
+  <si>
+    <t> 7,7</t>
+  </si>
+  <si>
+    <t> 2,7</t>
+  </si>
+  <si>
+    <t> 3,7</t>
+  </si>
+  <si>
+    <t>Tarn-et-Garonne</t>
+  </si>
+  <si>
+    <t> 3,8</t>
+  </si>
+  <si>
+    <t> 8,3</t>
+  </si>
+  <si>
+    <t> 4,7</t>
+  </si>
+  <si>
+    <t> 8,5</t>
+  </si>
+  <si>
+    <t>Territoire de Belfort</t>
+  </si>
+  <si>
+    <t> 9,8</t>
+  </si>
+  <si>
+    <t> 14,1</t>
+  </si>
+  <si>
+    <t> 10,5</t>
+  </si>
+  <si>
+    <t> 31,3</t>
+  </si>
+  <si>
+    <t> 17,1</t>
+  </si>
+  <si>
+    <t> 13,7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">France métropolitaine </t>
+  </si>
+  <si>
+    <t xml:space="preserve">8,8* </t>
+  </si>
+  <si>
+    <t> 9,7</t>
+  </si>
+  <si>
+    <t> 15,7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DOM </t>
+  </si>
+  <si>
+    <t> 7,5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">France entière </t>
+  </si>
+  <si>
+    <t>8,8*</t>
+  </si>
+  <si>
+    <t>* sans la Corse-du-Sud</t>
+  </si>
+  <si>
     <t xml:space="preserve">N.B. Le département correspond au département de déclaration de la tuberculose jusqu'en 2018 et au département de domicile à partir de 2019. </t>
   </si>
   <si>
     <t>Des écarts peuvent exister entre les données de ce tableau et les données disponibles localement. Ces écarts s'expliquent principalement par des saisies en retard de fiches de DO tuberculose après la réalisation des analyses nationales.</t>
   </si>
   <si>
-    <t>Taux de déclaration de tuberculose maladie par département (taux pour 100 000), France, 2004-2023</t>
-[...226 lines deleted...]
-  <si>
     <t>****taux après correction des données dans le 69</t>
+  </si>
+  <si>
+    <t>Taux de déclaration de tuberculose maladie par département (taux pour 100 000), France, 2004-2024</t>
+  </si>
+  <si>
+    <t>Sources : Santé publique France (déclaration obligatoire de tuberculose, mise à jour le 18 septembre 2025), Insee (estimations localisées de population au 1er janvier, mise à jour au 15 janvier 2025 et recensement 2012 pour Mayotte pour les années 2011-2013).</t>
+  </si>
+  <si>
+    <t>2022***</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
-      <name val="Arial"/>
-[...6 lines deleted...]
-      <color theme="0"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="hair">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>21</xdr:col>
-      <xdr:colOff>962025</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>30390</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>46038</xdr:rowOff>
+      <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>23</xdr:col>
-      <xdr:colOff>32096</xdr:colOff>
+      <xdr:col>24</xdr:col>
+      <xdr:colOff>370007</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>65274</xdr:rowOff>
+      <xdr:rowOff>115314</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Image 3"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="21726525" y="46038"/>
-[...44 lines deleted...]
-          <a:ext cx="1060796" cy="584760"/>
+          <a:off x="19311711" y="142875"/>
+          <a:ext cx="1139264" cy="571153"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:Z119"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="C1:Z119"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E2" sqref="E2"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="O115" sqref="O115"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.77734375" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="25" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="4.81640625" style="1" customWidth="1"/>
+    <col min="2" max="3" width="11.453125" style="1"/>
+    <col min="4" max="4" width="29.7265625" style="1" customWidth="1"/>
+    <col min="5" max="22" width="11.453125" style="9"/>
+    <col min="23" max="25" width="11.453125" style="14"/>
+    <col min="26" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:26" ht="23.25" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" spans="3:26" ht="23.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="3:26" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C2" s="2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="3" spans="3:26" ht="23.25" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C4" s="24" t="s">
+        <v>103</v>
+      </c>
+      <c r="D4" s="24"/>
+      <c r="E4" s="5">
+        <v>2004</v>
+      </c>
+      <c r="F4" s="5">
+        <v>2005</v>
+      </c>
+      <c r="G4" s="5">
+        <v>2006</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="I4" s="5">
+        <v>2008</v>
+      </c>
+      <c r="J4" s="5">
+        <v>2009</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="L4" s="5">
+        <v>2011</v>
+      </c>
+      <c r="M4" s="5">
+        <v>2012</v>
+      </c>
+      <c r="N4" s="5">
+        <v>2013</v>
+      </c>
+      <c r="O4" s="5">
+        <v>2014</v>
+      </c>
+      <c r="P4" s="5">
+        <v>2015</v>
+      </c>
+      <c r="Q4" s="5">
+        <v>2016</v>
+      </c>
+      <c r="R4" s="5">
+        <v>2017</v>
+      </c>
+      <c r="S4" s="5">
+        <v>2018</v>
+      </c>
+      <c r="T4" s="5">
+        <v>2019</v>
+      </c>
+      <c r="U4" s="5">
+        <v>2020</v>
+      </c>
+      <c r="V4" s="5">
+        <v>2021</v>
+      </c>
+      <c r="W4" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="X4" s="5">
+        <v>2023</v>
+      </c>
+      <c r="Y4" s="5">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="5" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="11">
+        <v>1</v>
+      </c>
+      <c r="D5" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="F5" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="G5" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="H5" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="I5" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="J5" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="K5" s="6" t="s">
         <v>105</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="C4" s="20" t="s">
+      <c r="L5" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="M5" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="N5" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="O5" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="P5" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="Q5" s="15">
+        <v>4.232857319786099</v>
+      </c>
+      <c r="R5" s="15">
+        <v>7.1431122540090719</v>
+      </c>
+      <c r="S5" s="15">
+        <v>4.9326082399220645</v>
+      </c>
+      <c r="T5" s="15">
+        <v>5.057959619089659</v>
+      </c>
+      <c r="U5" s="15">
+        <v>5.6238951705940208</v>
+      </c>
+      <c r="V5" s="15">
+        <v>3.7828636277662189</v>
+      </c>
+      <c r="W5" s="15">
+        <v>4.4647042803119934</v>
+      </c>
+      <c r="X5" s="15">
+        <v>5.4451963066852294</v>
+      </c>
+      <c r="Y5" s="15">
+        <v>5.2278014481010011</v>
+      </c>
+      <c r="Z5" s="12"/>
+    </row>
+    <row r="6" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="11">
+        <v>2</v>
+      </c>
+      <c r="D6" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="F6" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="G6" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="H6" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="I6" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="J6" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="K6" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="D4" s="20"/>
-[...9 lines deleted...]
-      <c r="H4" s="8" t="s">
+      <c r="L6" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="M6" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="N6" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="O6" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="P6" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="Q6" s="15">
+        <v>4.4657560245839871</v>
+      </c>
+      <c r="R6" s="15">
+        <v>5.0391278949323173</v>
+      </c>
+      <c r="S6" s="15">
+        <v>4.3306345321031818</v>
+      </c>
+      <c r="T6" s="15">
+        <v>2.8348313842292661</v>
+      </c>
+      <c r="U6" s="15">
+        <v>2.2707017035939532</v>
+      </c>
+      <c r="V6" s="15">
+        <v>4.3655109450951581</v>
+      </c>
+      <c r="W6" s="15">
+        <v>4.3994636479970008</v>
+      </c>
+      <c r="X6" s="15">
+        <v>2.4921783939635604</v>
+      </c>
+      <c r="Y6" s="15">
+        <v>1.5419695191175309</v>
+      </c>
+      <c r="Z6" s="12"/>
+    </row>
+    <row r="7" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C7" s="11">
+        <v>3</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="F7" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="G7" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="H7" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="I7" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="J7" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="K7" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="I4" s="8">
-[...5 lines deleted...]
-      <c r="K4" s="8" t="s">
+      <c r="L7" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M7" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="N7" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="O7" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="P7" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="Q7" s="15">
+        <v>4.9884824742873075</v>
+      </c>
+      <c r="R7" s="15">
+        <v>7.0603394258178964</v>
+      </c>
+      <c r="S7" s="15">
+        <v>4.7710777268200166</v>
+      </c>
+      <c r="T7" s="15">
+        <v>3.596486232950407</v>
+      </c>
+      <c r="U7" s="15">
+        <v>4.1935377583144371</v>
+      </c>
+      <c r="V7" s="15">
+        <v>2.4020994349061082</v>
+      </c>
+      <c r="W7" s="15">
+        <v>2.7072310140384968</v>
+      </c>
+      <c r="X7" s="15">
+        <v>3.3062024357695035</v>
+      </c>
+      <c r="Y7" s="15">
+        <v>4.8105977468362804</v>
+      </c>
+      <c r="Z7" s="12"/>
+    </row>
+    <row r="8" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="11">
+        <v>4</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="F8" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="G8" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="H8" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="I8" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="J8" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="L8" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="M8" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="N8" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="O8" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="P8" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="Q8" s="15">
+        <v>1.2359869974167872</v>
+      </c>
+      <c r="R8" s="15">
+        <v>2.4726922054559952</v>
+      </c>
+      <c r="S8" s="15">
+        <v>6.1623027292838781</v>
+      </c>
+      <c r="T8" s="15">
+        <v>3.0331891557421304</v>
+      </c>
+      <c r="U8" s="15">
+        <v>3.6312578677253802</v>
+      </c>
+      <c r="V8" s="15">
+        <v>3.0271657857614231</v>
+      </c>
+      <c r="W8" s="15">
+        <v>3.000228017329317</v>
+      </c>
+      <c r="X8" s="15">
+        <v>5.9466820487508993</v>
+      </c>
+      <c r="Y8" s="15">
+        <v>2.9445367065945844</v>
+      </c>
+      <c r="Z8" s="12"/>
+    </row>
+    <row r="9" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="11">
+        <v>5</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="6">
+        <v>9.4</v>
+      </c>
+      <c r="F9" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G9" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="H9" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="I9" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="J9" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="L9" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="M9" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="N9" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="O9" s="6">
+        <v>2.1</v>
+      </c>
+      <c r="P9" s="6">
+        <v>5</v>
+      </c>
+      <c r="Q9" s="15">
+        <v>2.8329213793494197</v>
+      </c>
+      <c r="R9" s="15">
+        <v>4.2437616703445933</v>
+      </c>
+      <c r="S9" s="15">
+        <v>5.6496377169813989</v>
+      </c>
+      <c r="T9" s="15">
+        <v>3.5298021192931923</v>
+      </c>
+      <c r="U9" s="15">
+        <v>2.8500381192598452</v>
+      </c>
+      <c r="V9" s="15">
+        <v>2.1270712356156807</v>
+      </c>
+      <c r="W9" s="15">
+        <v>0.71458175529862378</v>
+      </c>
+      <c r="X9" s="15">
+        <v>3.5295529468237552</v>
+      </c>
+      <c r="Y9" s="15">
+        <v>3.5209779868456259</v>
+      </c>
+      <c r="Z9" s="12"/>
+    </row>
+    <row r="10" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C10" s="11">
+        <v>6</v>
+      </c>
+      <c r="D10" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="6">
+        <v>11.8</v>
+      </c>
+      <c r="F10" s="6">
+        <v>12.3</v>
+      </c>
+      <c r="G10" s="6">
+        <v>11.8</v>
+      </c>
+      <c r="H10" s="6">
+        <v>9.5</v>
+      </c>
+      <c r="I10" s="6">
+        <v>10.4</v>
+      </c>
+      <c r="J10" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="L10" s="6">
+        <v>9.9</v>
+      </c>
+      <c r="M10" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="N10" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="O10" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="P10" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="Q10" s="15">
+        <v>7.024704777538691</v>
+      </c>
+      <c r="R10" s="15">
+        <v>7.0275693394547156</v>
+      </c>
+      <c r="S10" s="15">
+        <v>7.3927656243791224</v>
+      </c>
+      <c r="T10" s="15">
+        <v>7.586867317718573</v>
+      </c>
+      <c r="U10" s="15">
+        <v>7.0760482200522343</v>
+      </c>
+      <c r="V10" s="15">
+        <v>7.0842177252576883</v>
+      </c>
+      <c r="W10" s="15">
+        <v>5.6739990345195297</v>
+      </c>
+      <c r="X10" s="15">
+        <v>6.3417148175506508</v>
+      </c>
+      <c r="Y10" s="15">
+        <v>6.6374618345944514</v>
+      </c>
+      <c r="Z10" s="12"/>
+    </row>
+    <row r="11" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="11">
+        <v>7</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="F11" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="H11" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="I11" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="J11" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="L11" s="6">
+        <v>6</v>
+      </c>
+      <c r="M11" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="N11" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="O11" s="6">
+        <v>1.6</v>
+      </c>
+      <c r="P11" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="Q11" s="15">
+        <v>4.2960994485649495</v>
+      </c>
+      <c r="R11" s="15">
+        <v>6.7236958322254514</v>
+      </c>
+      <c r="S11" s="15">
+        <v>4.2861691444806391</v>
+      </c>
+      <c r="T11" s="15">
         <v>0</v>
       </c>
-      <c r="L4" s="8">
-[...40 lines deleted...]
-      <c r="C5" s="10">
+      <c r="U11" s="15">
+        <v>1.8307194727527918</v>
+      </c>
+      <c r="V11" s="15">
+        <v>3.0317637892196543</v>
+      </c>
+      <c r="W11" s="15">
+        <v>4.5149444661830662</v>
+      </c>
+      <c r="X11" s="15">
+        <v>5.3491668672604238</v>
+      </c>
+      <c r="Y11" s="15">
+        <v>2.3742606403974515</v>
+      </c>
+      <c r="Z11" s="12"/>
+    </row>
+    <row r="12" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="11">
+        <v>8</v>
+      </c>
+      <c r="D12" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="6">
+        <v>8</v>
+      </c>
+      <c r="F12" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="G12" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="H12" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="I12" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J12" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="L12" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="M12" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="N12" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="O12" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="P12" s="6">
+        <v>4</v>
+      </c>
+      <c r="Q12" s="15">
+        <v>4.7142100797064135</v>
+      </c>
+      <c r="R12" s="15">
+        <v>3.6539023677287341</v>
+      </c>
+      <c r="S12" s="15">
+        <v>3.3304469459801505</v>
+      </c>
+      <c r="T12" s="15">
+        <v>4.1017533130980173</v>
+      </c>
+      <c r="U12" s="15">
+        <v>1.1215120973771571</v>
+      </c>
+      <c r="V12" s="15">
+        <v>5.2409528052199894</v>
+      </c>
+      <c r="W12" s="15">
+        <v>3.0141249430142003</v>
+      </c>
+      <c r="X12" s="15">
+        <v>3.7631191742211287</v>
+      </c>
+      <c r="Y12" s="15">
+        <v>4.1794265826728569</v>
+      </c>
+      <c r="Z12" s="12"/>
+    </row>
+    <row r="13" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C13" s="11">
+        <v>9</v>
+      </c>
+      <c r="D13" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="6">
+        <v>9.1</v>
+      </c>
+      <c r="F13" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G13" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="H13" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="I13" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="J13" s="6">
+        <v>6</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="L13" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="M13" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="N13" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="O13" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="P13" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="Q13" s="15">
+        <v>3.9333429481716511</v>
+      </c>
+      <c r="R13" s="15">
+        <v>2.6232604504138193</v>
+      </c>
+      <c r="S13" s="15">
+        <v>4.5868253271389348</v>
+      </c>
+      <c r="T13" s="15">
+        <v>3.9279869067103106</v>
+      </c>
+      <c r="U13" s="15">
+        <v>4.571786850234794</v>
+      </c>
+      <c r="V13" s="15">
+        <v>4.5692800772861091</v>
+      </c>
+      <c r="W13" s="15">
+        <v>1.2938200684430816</v>
+      </c>
+      <c r="X13" s="15">
+        <v>1.2835899443563759</v>
+      </c>
+      <c r="Y13" s="15">
+        <v>3.1890399076454039</v>
+      </c>
+      <c r="Z13" s="12"/>
+    </row>
+    <row r="14" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="11">
+        <v>10</v>
+      </c>
+      <c r="D14" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="F14" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="G14" s="6">
+        <v>5</v>
+      </c>
+      <c r="H14" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="I14" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="J14" s="6">
+        <v>2</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="L14" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="M14" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="N14" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="O14" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="P14" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="Q14" s="15">
+        <v>5.1601584168633972</v>
+      </c>
+      <c r="R14" s="15">
+        <v>6.1110539316591188</v>
+      </c>
+      <c r="S14" s="15">
+        <v>3.2343304774195221</v>
+      </c>
+      <c r="T14" s="15">
+        <v>5.482756730083886</v>
+      </c>
+      <c r="U14" s="15">
+        <v>4.1913715779869163</v>
+      </c>
+      <c r="V14" s="15">
+        <v>2.2522232661098314</v>
+      </c>
+      <c r="W14" s="15">
+        <v>5.4362946215859269</v>
+      </c>
+      <c r="X14" s="15">
+        <v>3.837175838582803</v>
+      </c>
+      <c r="Y14" s="15">
+        <v>5.145852764287782</v>
+      </c>
+      <c r="Z14" s="12"/>
+    </row>
+    <row r="15" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C15" s="11">
+        <v>11</v>
+      </c>
+      <c r="D15" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="F15" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="H15" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="I15" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="J15" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="L15" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="M15" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="N15" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="O15" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="P15" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="Q15" s="15">
+        <v>3.5296257782146068</v>
+      </c>
+      <c r="R15" s="15">
+        <v>3.790935332058857</v>
+      </c>
+      <c r="S15" s="15">
+        <v>4.0725124415255092</v>
+      </c>
+      <c r="T15" s="15">
+        <v>2.9584048281166795</v>
+      </c>
+      <c r="U15" s="15">
+        <v>8.2433873408162004</v>
+      </c>
+      <c r="V15" s="15">
+        <v>3.4385348667435491</v>
+      </c>
+      <c r="W15" s="15">
+        <v>3.686393259166612</v>
+      </c>
+      <c r="X15" s="15">
+        <v>3.696125668272721</v>
+      </c>
+      <c r="Y15" s="15">
+        <v>4.2135312288500479</v>
+      </c>
+      <c r="Z15" s="12"/>
+    </row>
+    <row r="16" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="11">
+        <v>12</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="6">
+        <v>3</v>
+      </c>
+      <c r="F16" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="G16" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="H16" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="I16" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="J16" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="M16" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="N16" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="O16" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="P16" s="6">
+        <v>1.8</v>
+      </c>
+      <c r="Q16" s="15">
+        <v>1.4294137616809905</v>
+      </c>
+      <c r="R16" s="15">
+        <v>3.2083617035687677</v>
+      </c>
+      <c r="S16" s="15">
+        <v>3.9537483331356462</v>
+      </c>
+      <c r="T16" s="15">
+        <v>6.4584880679432946</v>
+      </c>
+      <c r="U16" s="15">
+        <v>2.1479662339708017</v>
+      </c>
+      <c r="V16" s="15">
+        <v>2.5000267860012788</v>
+      </c>
+      <c r="W16" s="15">
+        <v>4.2933195947106304</v>
+      </c>
+      <c r="X16" s="15">
+        <v>5.0094822342290763</v>
+      </c>
+      <c r="Y16" s="15">
+        <v>3.2332812415799967</v>
+      </c>
+      <c r="Z16" s="12"/>
+    </row>
+    <row r="17" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="11">
+        <v>13</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" s="6">
+        <v>11</v>
+      </c>
+      <c r="F17" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="G17" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="H17" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="I17" s="6">
+        <v>8</v>
+      </c>
+      <c r="J17" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="L17" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="M17" s="6">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="N17" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="O17" s="6">
+        <v>7</v>
+      </c>
+      <c r="P17" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="Q17" s="15">
+        <v>5.3303851696839279</v>
+      </c>
+      <c r="R17" s="15">
+        <v>5.5025660627272881</v>
+      </c>
+      <c r="S17" s="15">
+        <v>7.9292220891382472</v>
+      </c>
+      <c r="T17" s="15">
+        <v>6.0549106556089889</v>
+      </c>
+      <c r="U17" s="15">
+        <v>5.6741612880346119</v>
+      </c>
+      <c r="V17" s="15">
+        <v>6.0784213610314843</v>
+      </c>
+      <c r="W17" s="15">
+        <v>5.6062534857847641</v>
+      </c>
+      <c r="X17" s="15">
+        <v>6.9284164671138386</v>
+      </c>
+      <c r="Y17" s="15">
+        <v>7.9417287612577594</v>
+      </c>
+      <c r="Z17" s="12"/>
+    </row>
+    <row r="18" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="11">
+        <v>14</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="F18" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="G18" s="6">
+        <v>7</v>
+      </c>
+      <c r="H18" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I18" s="6">
+        <v>6</v>
+      </c>
+      <c r="J18" s="6">
+        <v>7</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="L18" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="M18" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="N18" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="O18" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="P18" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="Q18" s="15">
+        <v>3.8867935392854061</v>
+      </c>
+      <c r="R18" s="15">
+        <v>8.1961320008627503</v>
+      </c>
+      <c r="S18" s="15">
+        <v>7.3628878689925692</v>
+      </c>
+      <c r="T18" s="15">
+        <v>6.354130112367014</v>
+      </c>
+      <c r="U18" s="15">
+        <v>3.1731837129134153</v>
+      </c>
+      <c r="V18" s="15">
+        <v>3.4522091981237244</v>
+      </c>
+      <c r="W18" s="15">
+        <v>4.8530177920196405</v>
+      </c>
+      <c r="X18" s="15">
+        <v>4.5286970796979924</v>
+      </c>
+      <c r="Y18" s="15">
+        <v>3.9379547107080022</v>
+      </c>
+      <c r="Z18" s="12"/>
+    </row>
+    <row r="19" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C19" s="11">
+        <v>15</v>
+      </c>
+      <c r="D19" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" s="6">
+        <v>6</v>
+      </c>
+      <c r="F19" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="G19" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="H19" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="I19" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="J19" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="L19" s="6">
+        <v>4</v>
+      </c>
+      <c r="M19" s="6">
+        <v>2</v>
+      </c>
+      <c r="N19" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="O19" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="P19" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q19" s="15">
+        <v>2.7462153719405444</v>
+      </c>
+      <c r="R19" s="15">
+        <v>4.1366472474059774</v>
+      </c>
+      <c r="S19" s="15">
+        <v>3.4621962788314398</v>
+      </c>
+      <c r="T19" s="15">
+        <v>2.7856705108919715</v>
+      </c>
+      <c r="U19" s="15">
+        <v>5.562470014810077</v>
+      </c>
+      <c r="V19" s="15">
+        <v>2.0863759649488838</v>
+      </c>
+      <c r="W19" s="15">
+        <v>3.4809487673960415</v>
+      </c>
+      <c r="X19" s="15">
+        <v>6.2688500839329366</v>
+      </c>
+      <c r="Y19" s="15">
+        <v>1.3913430634591573</v>
+      </c>
+      <c r="Z19" s="12"/>
+    </row>
+    <row r="20" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C20" s="11">
+        <v>16</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="F20" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G20" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="H20" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="I20" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="J20" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="M20" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="N20" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="O20" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="P20" s="6">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="Q20" s="15">
+        <v>3.681134469010511</v>
+      </c>
+      <c r="R20" s="15">
+        <v>4.2534367769157475</v>
+      </c>
+      <c r="S20" s="15">
+        <v>1.7069458471429995</v>
+      </c>
+      <c r="T20" s="15">
+        <v>2.8600601184636902</v>
+      </c>
+      <c r="U20" s="15">
+        <v>3.4297669473359282</v>
+      </c>
+      <c r="V20" s="15">
+        <v>3.419894667244249</v>
+      </c>
+      <c r="W20" s="15">
+        <v>2.5638396061942363</v>
+      </c>
+      <c r="X20" s="15">
+        <v>4.5733101618951792</v>
+      </c>
+      <c r="Y20" s="15">
+        <v>4.8542441799040006</v>
+      </c>
+      <c r="Z20" s="12"/>
+    </row>
+    <row r="21" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C21" s="11">
+        <v>17</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="F21" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="G21" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="H21" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="I21" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="J21" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="L21" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="M21" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="N21" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="O21" s="6">
+        <v>5</v>
+      </c>
+      <c r="P21" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="Q21" s="15">
+        <v>4.1997722790142049</v>
+      </c>
+      <c r="R21" s="15">
+        <v>1.8580597211362038</v>
+      </c>
+      <c r="S21" s="15">
+        <v>2.7900574751839891</v>
+      </c>
+      <c r="T21" s="15">
+        <v>3.7140549123018785</v>
+      </c>
+      <c r="U21" s="15">
+        <v>3.2270110041075237</v>
+      </c>
+      <c r="V21" s="15">
+        <v>3.653240500433061</v>
+      </c>
+      <c r="W21" s="15">
+        <v>2.7030923376342537</v>
+      </c>
+      <c r="X21" s="15">
+        <v>2.8171561846215893</v>
+      </c>
+      <c r="Y21" s="15">
+        <v>4.2542828892742195</v>
+      </c>
+      <c r="Z21" s="12"/>
+    </row>
+    <row r="22" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C22" s="11">
+        <v>18</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E22" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="F22" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G22" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="H22" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="I22" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="J22" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="L22" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="M22" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="N22" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="O22" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="P22" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="Q22" s="15">
+        <v>6.5017180790023756</v>
+      </c>
+      <c r="R22" s="15">
+        <v>6.2053784301045765</v>
+      </c>
+      <c r="S22" s="15">
+        <v>5.2848186976885527</v>
+      </c>
+      <c r="T22" s="15">
+        <v>5.0157159098508659</v>
+      </c>
+      <c r="U22" s="15">
+        <v>4.3456024174920529</v>
+      </c>
+      <c r="V22" s="15">
+        <v>5.6919198175907111</v>
+      </c>
+      <c r="W22" s="15">
+        <v>4.3730699623915976</v>
+      </c>
+      <c r="X22" s="15">
+        <v>4.0577691061749102</v>
+      </c>
+      <c r="Y22" s="15">
+        <v>5.408511645201636</v>
+      </c>
+      <c r="Z22" s="12"/>
+    </row>
+    <row r="23" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C23" s="11">
+        <v>19</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="F23" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="G23" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="H23" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I23" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="J23" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="L23" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="M23" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="N23" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="O23" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="P23" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="Q23" s="15">
+        <v>0.82689389710959238</v>
+      </c>
+      <c r="R23" s="15">
+        <v>0.41344352981548016</v>
+      </c>
+      <c r="S23" s="15">
+        <v>0.41445623342175064</v>
+      </c>
+      <c r="T23" s="15">
+        <v>0.4151617054842861</v>
+      </c>
+      <c r="U23" s="15">
+        <v>1.2527665260784233</v>
+      </c>
+      <c r="V23" s="15">
+        <v>2.9286374723348354</v>
+      </c>
+      <c r="W23" s="15">
+        <v>1.2654116595030307</v>
+      </c>
+      <c r="X23" s="15">
+        <v>2.0923828893296843</v>
+      </c>
+      <c r="Y23" s="15">
+        <v>2.087830868996964</v>
+      </c>
+      <c r="Z23" s="12"/>
+    </row>
+    <row r="24" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C24" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F24" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="G24" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I24" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="J24" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="L24" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="M24" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="N24" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="O24" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="P24" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="Q24" s="15">
+        <v>1.9343981120274427</v>
+      </c>
+      <c r="R24" s="15">
+        <v>1.9049070405364217</v>
+      </c>
+      <c r="S24" s="15">
+        <v>1.2708741072109397</v>
+      </c>
+      <c r="T24" s="15">
+        <v>2.488181139586962</v>
+      </c>
+      <c r="U24" s="15">
+        <v>2.4812664383901546</v>
+      </c>
+      <c r="V24" s="15">
+        <v>3.1040091382029025</v>
+      </c>
+      <c r="W24" s="15">
+        <v>6.7091580006709162</v>
+      </c>
+      <c r="X24" s="15">
+        <v>1.1929046034188646</v>
+      </c>
+      <c r="Y24" s="15">
+        <v>2.315900393124092</v>
+      </c>
+      <c r="Z24" s="12"/>
+    </row>
+    <row r="25" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F25" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="G25" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="H25" s="6">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="I25" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="J25" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="L25" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="M25" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="N25" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="O25" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="P25" s="6">
+        <v>8</v>
+      </c>
+      <c r="Q25" s="15">
+        <v>6.2619189935388384</v>
+      </c>
+      <c r="R25" s="15">
+        <v>3.9593879917418482</v>
+      </c>
+      <c r="S25" s="15">
+        <v>5.5835664472325055</v>
+      </c>
+      <c r="T25" s="15">
+        <v>6.6373884089073751</v>
+      </c>
+      <c r="U25" s="15">
+        <v>5.415387281421431</v>
+      </c>
+      <c r="V25" s="15">
+        <v>4.3120175930317792</v>
+      </c>
+      <c r="W25" s="15">
+        <v>3.737319807794981</v>
+      </c>
+      <c r="X25" s="15">
+        <v>5.8551125778463833</v>
+      </c>
+      <c r="Y25" s="15">
+        <v>6.9354417076124477</v>
+      </c>
+      <c r="Z25" s="12"/>
+    </row>
+    <row r="26" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C26" s="11">
+        <v>21</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E26" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="F26" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="G26" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="H26" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="I26" s="6">
+        <v>10.9</v>
+      </c>
+      <c r="J26" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="K26" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="L26" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="M26" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="N26" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="O26" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="P26" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="Q26" s="15">
+        <v>6.3608233150366127</v>
+      </c>
+      <c r="R26" s="15">
+        <v>6.5325320094068458</v>
+      </c>
+      <c r="S26" s="15">
+        <v>3.1881894459676907</v>
+      </c>
+      <c r="T26" s="15">
+        <v>4.8752407150103041</v>
+      </c>
+      <c r="U26" s="15">
+        <v>4.5063990867031185</v>
+      </c>
+      <c r="V26" s="15">
+        <v>2.9953347661017964</v>
+      </c>
+      <c r="W26" s="15">
+        <v>6.7143384698022626</v>
+      </c>
+      <c r="X26" s="15">
+        <v>7.8102917329921597</v>
+      </c>
+      <c r="Y26" s="15">
+        <v>5.7535370332907076</v>
+      </c>
+      <c r="Z26" s="12"/>
+    </row>
+    <row r="27" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C27" s="11">
+        <v>22</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E27" s="6">
+        <v>8</v>
+      </c>
+      <c r="F27" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="G27" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="H27" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="I27" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="J27" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="K27" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="L27" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="M27" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="N27" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="O27" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="P27" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="Q27" s="15">
+        <v>4.677205970787508</v>
+      </c>
+      <c r="R27" s="15">
+        <v>5.0106727329211216</v>
+      </c>
+      <c r="S27" s="15">
+        <v>5.3547523427041499</v>
+      </c>
+      <c r="T27" s="15">
+        <v>4.6875497005827631</v>
+      </c>
+      <c r="U27" s="15">
+        <v>5.5066906291143738</v>
+      </c>
+      <c r="V27" s="15">
+        <v>4.4930806557900835</v>
+      </c>
+      <c r="W27" s="15">
+        <v>5.2645952677869285</v>
+      </c>
+      <c r="X27" s="15">
+        <v>4.7435924697923131</v>
+      </c>
+      <c r="Y27" s="15">
+        <v>2.9253974883837341</v>
+      </c>
+      <c r="Z27" s="12"/>
+    </row>
+    <row r="28" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C28" s="11">
+        <v>23</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="F28" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G28" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="H28" s="6">
+        <v>10.5</v>
+      </c>
+      <c r="I28" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="J28" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="K28" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="L28" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="M28" s="6">
+        <v>4</v>
+      </c>
+      <c r="N28" s="6">
+        <v>0</v>
+      </c>
+      <c r="O28" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="P28" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="Q28" s="15">
+        <v>3.3375330624368997</v>
+      </c>
+      <c r="R28" s="15">
+        <v>1.6767551434464028</v>
+      </c>
+      <c r="S28" s="15">
+        <v>4.234991191218322</v>
+      </c>
+      <c r="T28" s="15">
+        <v>2.5625475139018206</v>
+      </c>
+      <c r="U28" s="15">
+        <v>0</v>
+      </c>
+      <c r="V28" s="15">
+        <v>1.7450636511966775</v>
+      </c>
+      <c r="W28" s="15">
+        <v>0.88412639470938759</v>
+      </c>
+      <c r="X28" s="15">
+        <v>3.5111743122487318</v>
+      </c>
+      <c r="Y28" s="15">
+        <v>7.011209170661596</v>
+      </c>
+      <c r="Z28" s="12"/>
+    </row>
+    <row r="29" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C29" s="11">
+        <v>24</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="F29" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="G29" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="H29" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="I29" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="J29" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="K29" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="L29" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="M29" s="6">
+        <v>2.4</v>
+      </c>
+      <c r="N29" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="O29" s="6">
+        <v>2.9</v>
+      </c>
+      <c r="P29" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="Q29" s="15">
+        <v>2.411881894967367</v>
+      </c>
+      <c r="R29" s="15">
+        <v>0.48346080583247114</v>
+      </c>
+      <c r="S29" s="15">
+        <v>0.97206527418316147</v>
+      </c>
+      <c r="T29" s="15">
+        <v>2.6819390907251233</v>
+      </c>
+      <c r="U29" s="15">
+        <v>3.1589588071771542</v>
+      </c>
+      <c r="V29" s="15">
+        <v>1.9409796609593777</v>
+      </c>
+      <c r="W29" s="15">
+        <v>2.9169968545050589</v>
+      </c>
+      <c r="X29" s="15">
+        <v>4.3563282929001534</v>
+      </c>
+      <c r="Y29" s="15">
+        <v>3.3515754798737891</v>
+      </c>
+      <c r="Z29" s="12"/>
+    </row>
+    <row r="30" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C30" s="11">
+        <v>25</v>
+      </c>
+      <c r="D30" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="F30" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="G30" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="H30" s="6">
+        <v>4</v>
+      </c>
+      <c r="I30" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="J30" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="K30" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="L30" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="M30" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N30" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="O30" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="P30" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="Q30" s="15">
+        <v>2.5996115437607465</v>
+      </c>
+      <c r="R30" s="15">
+        <v>3.8894290873732458</v>
+      </c>
+      <c r="S30" s="15">
+        <v>7.412816017612851</v>
+      </c>
+      <c r="T30" s="15">
+        <v>3.8924353299673036</v>
+      </c>
+      <c r="U30" s="15">
+        <v>2.0257938809975009</v>
+      </c>
+      <c r="V30" s="15">
+        <v>3.4784264331116903</v>
+      </c>
+      <c r="W30" s="15">
+        <v>3.2720609621313477</v>
+      </c>
+      <c r="X30" s="15">
+        <v>5.0695157345094612</v>
+      </c>
+      <c r="Y30" s="15">
+        <v>4.1753956641239114</v>
+      </c>
+      <c r="Z30" s="12"/>
+    </row>
+    <row r="31" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C31" s="11">
+        <v>26</v>
+      </c>
+      <c r="D31" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E31" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F31" s="6">
+        <v>2.4</v>
+      </c>
+      <c r="G31" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="H31" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="I31" s="6">
+        <v>4</v>
+      </c>
+      <c r="J31" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="K31" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="L31" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="M31" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="N31" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="O31" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="P31" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="Q31" s="15">
+        <v>3.1450373276617825</v>
+      </c>
+      <c r="R31" s="15">
+        <v>3.9023019679308826</v>
+      </c>
+      <c r="S31" s="15">
+        <v>5.0526250330363949</v>
+      </c>
+      <c r="T31" s="15">
+        <v>4.6358626471162037</v>
+      </c>
+      <c r="U31" s="15">
+        <v>4.2264533716531769</v>
+      </c>
+      <c r="V31" s="15">
+        <v>0</v>
+      </c>
+      <c r="W31" s="15">
+        <v>2.8670546747326471</v>
+      </c>
+      <c r="X31" s="15">
+        <v>5.7240001602720048</v>
+      </c>
+      <c r="Y31" s="15">
+        <v>5.5300347629426652</v>
+      </c>
+      <c r="Z31" s="12"/>
+    </row>
+    <row r="32" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C32" s="11">
+        <v>27</v>
+      </c>
+      <c r="D32" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E32" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="F32" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="G32" s="6">
+        <v>6</v>
+      </c>
+      <c r="H32" s="6">
+        <v>7</v>
+      </c>
+      <c r="I32" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="J32" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="K32" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="L32" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="M32" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="N32" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="O32" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P32" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="Q32" s="15">
+        <v>6.77858496212259</v>
+      </c>
+      <c r="R32" s="15">
+        <v>7.0754173673523786</v>
+      </c>
+      <c r="S32" s="15">
+        <v>4.4583000336849334</v>
+      </c>
+      <c r="T32" s="15">
+        <v>4.8221780281615194</v>
+      </c>
+      <c r="U32" s="15">
+        <v>5.0251845499025949</v>
+      </c>
+      <c r="V32" s="15">
+        <v>2.350188098983208</v>
+      </c>
+      <c r="W32" s="15">
+        <v>3.5192974811885169</v>
+      </c>
+      <c r="X32" s="15">
+        <v>3.8439747367295127</v>
+      </c>
+      <c r="Y32" s="15">
+        <v>4.9838688777324061</v>
+      </c>
+      <c r="Z32" s="12"/>
+    </row>
+    <row r="33" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C33" s="11">
+        <v>28</v>
+      </c>
+      <c r="D33" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="E33" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="F33" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G33" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="H33" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="I33" s="6">
+        <v>9</v>
+      </c>
+      <c r="J33" s="6">
+        <v>10.3</v>
+      </c>
+      <c r="K33" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="L33" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="M33" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="N33" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="O33" s="6">
+        <v>10.6</v>
+      </c>
+      <c r="P33" s="6">
+        <v>10.6</v>
+      </c>
+      <c r="Q33" s="15">
+        <v>8.9819324973226937</v>
+      </c>
+      <c r="R33" s="15">
+        <v>9.9020388988932755</v>
+      </c>
+      <c r="S33" s="15">
+        <v>7.860072220192988</v>
+      </c>
+      <c r="T33" s="15">
+        <v>9.2826592962351846</v>
+      </c>
+      <c r="U33" s="15">
+        <v>7.913583666363313</v>
+      </c>
+      <c r="V33" s="15">
+        <v>7.9238748680325255</v>
+      </c>
+      <c r="W33" s="15">
+        <v>5.1282768523569091</v>
+      </c>
+      <c r="X33" s="15">
+        <v>9.5255354047887888</v>
+      </c>
+      <c r="Y33" s="15">
+        <v>6.9260391367384813</v>
+      </c>
+      <c r="Z33" s="12"/>
+    </row>
+    <row r="34" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C34" s="11">
+        <v>29</v>
+      </c>
+      <c r="D34" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E34" s="6">
+        <v>10</v>
+      </c>
+      <c r="F34" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="G34" s="6">
+        <v>10.1</v>
+      </c>
+      <c r="H34" s="6">
+        <v>9</v>
+      </c>
+      <c r="I34" s="6">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="J34" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="K34" s="6">
+        <v>11.1</v>
+      </c>
+      <c r="L34" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="M34" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="N34" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="O34" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="P34" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="Q34" s="15">
+        <v>6.599767028223904</v>
+      </c>
+      <c r="R34" s="15">
+        <v>5.3859825955819556</v>
+      </c>
+      <c r="S34" s="15">
+        <v>6.5072070074899049</v>
+      </c>
+      <c r="T34" s="15">
+        <v>5.9515215505697476</v>
+      </c>
+      <c r="U34" s="15">
+        <v>4.5992770374523504</v>
+      </c>
+      <c r="V34" s="15">
+        <v>4.1305111072704603</v>
+      </c>
+      <c r="W34" s="15">
+        <v>4.1033836717724999</v>
+      </c>
+      <c r="X34" s="15">
+        <v>4.9377203189337964</v>
+      </c>
+      <c r="Y34" s="15">
+        <v>5.6609537318502348</v>
+      </c>
+      <c r="Z34" s="12"/>
+    </row>
+    <row r="35" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C35" s="11">
+        <v>30</v>
+      </c>
+      <c r="D35" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E35" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="F35" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="G35" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="H35" s="6">
+        <v>8</v>
+      </c>
+      <c r="I35" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="J35" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="K35" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="L35" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="M35" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="N35" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="O35" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="P35" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="Q35" s="15">
+        <v>5.6634762417171656</v>
+      </c>
+      <c r="R35" s="15">
+        <v>5.100903933870808</v>
+      </c>
+      <c r="S35" s="15">
+        <v>5.9063732452030848</v>
+      </c>
+      <c r="T35" s="15">
+        <v>6.6920876770559099</v>
+      </c>
+      <c r="U35" s="15">
+        <v>5.072510198415241</v>
+      </c>
+      <c r="V35" s="15">
+        <v>5.3202809108320919</v>
+      </c>
+      <c r="W35" s="15">
+        <v>5.2809812063081321</v>
+      </c>
+      <c r="X35" s="15">
+        <v>5.7383944233239648</v>
+      </c>
+      <c r="Y35" s="15">
+        <v>5.02581205524785</v>
+      </c>
+      <c r="Z35" s="12"/>
+    </row>
+    <row r="36" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C36" s="11">
+        <v>31</v>
+      </c>
+      <c r="D36" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E36" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="F36" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="G36" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="H36" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I36" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="J36" s="6">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="K36" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="L36" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="M36" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="N36" s="6">
+        <v>9.5</v>
+      </c>
+      <c r="O36" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="P36" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="Q36" s="15">
+        <v>6.2811656661139237</v>
+      </c>
+      <c r="R36" s="15">
+        <v>6.4184665116509754</v>
+      </c>
+      <c r="S36" s="15">
+        <v>7.7720000261487847</v>
+      </c>
+      <c r="T36" s="15">
+        <v>8.7867956068902888</v>
+      </c>
+      <c r="U36" s="15">
+        <v>5.1786675784905105</v>
+      </c>
+      <c r="V36" s="15">
+        <v>6.831939176221506</v>
+      </c>
+      <c r="W36" s="15">
+        <v>5.3047980538192165</v>
+      </c>
+      <c r="X36" s="15">
+        <v>6.5868891332460464</v>
+      </c>
+      <c r="Y36" s="15">
+        <v>5.1779385299035905</v>
+      </c>
+      <c r="Z36" s="12"/>
+    </row>
+    <row r="37" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C37" s="11">
+        <v>32</v>
+      </c>
+      <c r="D37" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E37" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="F37" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="G37" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="H37" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="I37" s="6">
+        <v>1.6</v>
+      </c>
+      <c r="J37" s="6">
+        <v>2.1</v>
+      </c>
+      <c r="K37" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="L37" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="M37" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="N37" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="O37" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="P37" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="Q37" s="15">
+        <v>5.7535593610410807</v>
+      </c>
+      <c r="R37" s="15">
+        <v>4.1809515845806509</v>
+      </c>
+      <c r="S37" s="15">
+        <v>2.6340188806473366</v>
+      </c>
+      <c r="T37" s="15">
+        <v>7.8800550553179862</v>
+      </c>
+      <c r="U37" s="15">
+        <v>2.6133952185321081</v>
+      </c>
+      <c r="V37" s="15">
+        <v>2.6053879422646031</v>
+      </c>
+      <c r="W37" s="15">
+        <v>5.186184005808526</v>
+      </c>
+      <c r="X37" s="15">
+        <v>5.1627558790882579</v>
+      </c>
+      <c r="Y37" s="15">
+        <v>3.1079548103370578</v>
+      </c>
+      <c r="Z37" s="12"/>
+    </row>
+    <row r="38" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C38" s="11">
+        <v>33</v>
+      </c>
+      <c r="D38" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="F38" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="G38" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="H38" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="I38" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="J38" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="K38" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="L38" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="M38" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="N38" s="6">
+        <v>6</v>
+      </c>
+      <c r="O38" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="P38" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="Q38" s="15">
+        <v>5.0337997350564647</v>
+      </c>
+      <c r="R38" s="15">
+        <v>3.8979736823905893</v>
+      </c>
+      <c r="S38" s="15">
+        <v>3.4313000696865852</v>
+      </c>
+      <c r="T38" s="15">
+        <v>5.3797051550560875</v>
+      </c>
+      <c r="U38" s="15">
+        <v>5.1953290935373158</v>
+      </c>
+      <c r="V38" s="15">
+        <v>5.2348806717976517</v>
+      </c>
+      <c r="W38" s="15">
+        <v>5.6165260662974736</v>
+      </c>
+      <c r="X38" s="15">
+        <v>5.5042218552740989</v>
+      </c>
+      <c r="Y38" s="15">
+        <v>5.2948411954936825</v>
+      </c>
+      <c r="Z38" s="12"/>
+    </row>
+    <row r="39" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C39" s="11">
+        <v>34</v>
+      </c>
+      <c r="D39" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="F39" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="G39" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="H39" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="I39" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="J39" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="L39" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="M39" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="N39" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="O39" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="P39" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="Q39" s="15">
+        <v>6.3498446933818737</v>
+      </c>
+      <c r="R39" s="15">
+        <v>6.1015684517531552</v>
+      </c>
+      <c r="S39" s="15">
+        <v>9.6102481608495811</v>
+      </c>
+      <c r="T39" s="15">
+        <v>4.1163909542308783</v>
+      </c>
+      <c r="U39" s="15">
+        <v>9.3747545461225261</v>
+      </c>
+      <c r="V39" s="15">
+        <v>5.2329971201903147</v>
+      </c>
+      <c r="W39" s="15">
+        <v>4.7858339315625749</v>
+      </c>
+      <c r="X39" s="15">
+        <v>8.9283918840113419</v>
+      </c>
+      <c r="Y39" s="15">
+        <v>6.9438680058488114</v>
+      </c>
+      <c r="Z39" s="12"/>
+    </row>
+    <row r="40" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C40" s="11">
+        <v>35</v>
+      </c>
+      <c r="D40" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E40" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="F40" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="G40" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="H40" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="I40" s="6">
+        <v>10.7</v>
+      </c>
+      <c r="J40" s="6">
+        <v>11.7</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="L40" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="M40" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="N40" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="O40" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="P40" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="Q40" s="15">
+        <v>7.0242517036183436</v>
+      </c>
+      <c r="R40" s="15">
+        <v>5.9221045843669602</v>
+      </c>
+      <c r="S40" s="15">
+        <v>6.3637282463436637</v>
+      </c>
+      <c r="T40" s="15">
+        <v>5.1170359150795326</v>
+      </c>
+      <c r="U40" s="15">
+        <v>8.0128721725843715</v>
+      </c>
+      <c r="V40" s="15">
+        <v>8.2846270097048489</v>
+      </c>
+      <c r="W40" s="15">
+        <v>6.7942070445199354</v>
+      </c>
+      <c r="X40" s="15">
+        <v>7.5373319618344983</v>
+      </c>
+      <c r="Y40" s="15">
+        <v>7.4897060598771157</v>
+      </c>
+      <c r="Z40" s="12"/>
+    </row>
+    <row r="41" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C41" s="11">
+        <v>36</v>
+      </c>
+      <c r="D41" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E41" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F41" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G41" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="H41" s="6">
+        <v>2.1</v>
+      </c>
+      <c r="I41" s="6">
+        <v>6</v>
+      </c>
+      <c r="J41" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="L41" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="M41" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="N41" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="O41" s="6">
+        <v>4</v>
+      </c>
+      <c r="P41" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="Q41" s="15">
+        <v>3.1478358628442948</v>
+      </c>
+      <c r="R41" s="15">
+        <v>1.3603591348115902</v>
+      </c>
+      <c r="S41" s="15">
+        <v>4.10118068435035</v>
+      </c>
+      <c r="T41" s="15">
+        <v>2.2850875188519724</v>
+      </c>
+      <c r="U41" s="15">
+        <v>5.9597760957965242</v>
+      </c>
+      <c r="V41" s="15">
+        <v>3.6969943435986545</v>
+      </c>
+      <c r="W41" s="15">
+        <v>2.326512000148897</v>
+      </c>
+      <c r="X41" s="15">
+        <v>3.7405725881489307</v>
+      </c>
+      <c r="Y41" s="15">
+        <v>3.2808706493311712</v>
+      </c>
+      <c r="Z41" s="12"/>
+    </row>
+    <row r="42" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C42" s="11">
+        <v>37</v>
+      </c>
+      <c r="D42" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E42" s="6">
+        <v>7</v>
+      </c>
+      <c r="F42" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="G42" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="H42" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I42" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="J42" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="L42" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="M42" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="N42" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="O42" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="P42" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="Q42" s="15">
+        <v>4.2825282729222325</v>
+      </c>
+      <c r="R42" s="15">
+        <v>4.9235778655633471</v>
+      </c>
+      <c r="S42" s="15">
+        <v>7.0737412853152417</v>
+      </c>
+      <c r="T42" s="15">
+        <v>6.9325234385316259</v>
+      </c>
+      <c r="U42" s="15">
+        <v>6.5705072924417811</v>
+      </c>
+      <c r="V42" s="15">
+        <v>4.4100568897338777</v>
+      </c>
+      <c r="W42" s="15">
+        <v>5.3396675814218408</v>
+      </c>
+      <c r="X42" s="15">
+        <v>5.3506196179657595</v>
+      </c>
+      <c r="Y42" s="15">
+        <v>4.9944738563460431</v>
+      </c>
+      <c r="Z42" s="12"/>
+    </row>
+    <row r="43" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C43" s="11">
+        <v>38</v>
+      </c>
+      <c r="D43" s="11" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="F43" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="G43" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="H43" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="I43" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="J43" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="L43" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="M43" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="N43" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="O43" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="P43" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="Q43" s="15">
+        <v>6.3570467068114169</v>
+      </c>
+      <c r="R43" s="15">
+        <v>5.9247836861476184</v>
+      </c>
+      <c r="S43" s="15">
+        <v>7.6204870443782244</v>
+      </c>
+      <c r="T43" s="15">
+        <v>5.6199741797805993</v>
+      </c>
+      <c r="U43" s="15">
+        <v>4.7269292370814995</v>
+      </c>
+      <c r="V43" s="15">
+        <v>4.1388239648840308</v>
+      </c>
+      <c r="W43" s="15">
+        <v>5.7938501756695375</v>
+      </c>
+      <c r="X43" s="15">
+        <v>7.3442446367888516</v>
+      </c>
+      <c r="Y43" s="15">
+        <v>6.7236804204134</v>
+      </c>
+      <c r="Z43" s="12"/>
+    </row>
+    <row r="44" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C44" s="11">
+        <v>39</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E44" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F44" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G44" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="H44" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="I44" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="J44" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="L44" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="M44" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="N44" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="O44" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="P44" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="Q44" s="15">
+        <v>2.3055020807156281</v>
+      </c>
+      <c r="R44" s="15">
+        <v>4.2329182508042544</v>
+      </c>
+      <c r="S44" s="15">
+        <v>3.0831367833633938</v>
+      </c>
+      <c r="T44" s="15">
+        <v>2.3200869259234915</v>
+      </c>
+      <c r="U44" s="15">
+        <v>1.159348600666239</v>
+      </c>
+      <c r="V44" s="15">
+        <v>2.3264290090187898</v>
+      </c>
+      <c r="W44" s="15">
+        <v>1.1681606142967285</v>
+      </c>
+      <c r="X44" s="15">
+        <v>3.8837515486459298</v>
+      </c>
+      <c r="Y44" s="15">
+        <v>3.5022589570272826</v>
+      </c>
+      <c r="Z44" s="12"/>
+    </row>
+    <row r="45" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C45" s="11">
+        <v>40</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E45" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="F45" s="6">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="G45" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="H45" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I45" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="J45" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="L45" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="M45" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="N45" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="O45" s="6">
+        <v>5</v>
+      </c>
+      <c r="P45" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="Q45" s="15">
+        <v>6.3989919126586825</v>
+      </c>
+      <c r="R45" s="15">
+        <v>7.3311812243561398</v>
+      </c>
+      <c r="S45" s="15">
+        <v>2.449947571121978</v>
+      </c>
+      <c r="T45" s="15">
+        <v>3.8991485234411938</v>
+      </c>
+      <c r="U45" s="15">
+        <v>2.1700970274493163</v>
+      </c>
+      <c r="V45" s="15">
+        <v>0.95350017997315906</v>
+      </c>
+      <c r="W45" s="15">
+        <v>3.0326429016327281</v>
+      </c>
+      <c r="X45" s="15">
+        <v>3.6787275281480141</v>
+      </c>
+      <c r="Y45" s="15">
+        <v>2.9494308732811056</v>
+      </c>
+      <c r="Z45" s="12"/>
+    </row>
+    <row r="46" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C46" s="11">
+        <v>41</v>
+      </c>
+      <c r="D46" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E46" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="F46" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="G46" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="H46" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I46" s="6">
+        <v>7</v>
+      </c>
+      <c r="J46" s="6">
+        <v>11</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="L46" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="M46" s="6">
+        <v>6</v>
+      </c>
+      <c r="N46" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="O46" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="P46" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="Q46" s="15">
+        <v>5.4042531472268678</v>
+      </c>
+      <c r="R46" s="15">
+        <v>3.9036928934772295</v>
+      </c>
+      <c r="S46" s="15">
+        <v>3.6185232203650486</v>
+      </c>
+      <c r="T46" s="15">
+        <v>6.681325088983102</v>
+      </c>
+      <c r="U46" s="15">
+        <v>2.7452834505162658</v>
+      </c>
+      <c r="V46" s="15">
+        <v>3.3661996829651932</v>
+      </c>
+      <c r="W46" s="15">
+        <v>2.7568039452927571</v>
+      </c>
+      <c r="X46" s="15">
+        <v>5.5055805175857415</v>
+      </c>
+      <c r="Y46" s="15">
+        <v>4.8862272523217216</v>
+      </c>
+      <c r="Z46" s="12"/>
+    </row>
+    <row r="47" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C47" s="11">
+        <v>42</v>
+      </c>
+      <c r="D47" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="E47" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="F47" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="G47" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="H47" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="I47" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="J47" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="L47" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="M47" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="N47" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="O47" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="P47" s="6">
+        <v>5</v>
+      </c>
+      <c r="Q47" s="15">
+        <v>4.9948474205556366</v>
+      </c>
+      <c r="R47" s="15">
+        <v>5.7760595459229558</v>
+      </c>
+      <c r="S47" s="15">
+        <v>4.7230830186797936</v>
+      </c>
+      <c r="T47" s="15">
+        <v>4.9723055664960816</v>
+      </c>
+      <c r="U47" s="15">
+        <v>4.0493974235382328</v>
+      </c>
+      <c r="V47" s="15">
+        <v>5.6101128154546869</v>
+      </c>
+      <c r="W47" s="15">
+        <v>5.6969580833361384</v>
+      </c>
+      <c r="X47" s="15">
+        <v>5.9347027875040963</v>
+      </c>
+      <c r="Y47" s="15">
+        <v>5.7945634118389373</v>
+      </c>
+      <c r="Z47" s="12"/>
+    </row>
+    <row r="48" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C48" s="11">
+        <v>43</v>
+      </c>
+      <c r="D48" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E48" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="F48" s="6">
+        <v>1.8</v>
+      </c>
+      <c r="G48" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="H48" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="I48" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="J48" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="L48" s="6">
+        <v>4</v>
+      </c>
+      <c r="M48" s="6">
+        <v>4</v>
+      </c>
+      <c r="N48" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="O48" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="P48" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="Q48" s="15">
+        <v>2.200171613385844</v>
+      </c>
+      <c r="R48" s="15">
+        <v>1.3190581924505902</v>
+      </c>
+      <c r="S48" s="15">
+        <v>0.44046460206225529</v>
+      </c>
+      <c r="T48" s="15">
+        <v>3.9633260231986682</v>
+      </c>
+      <c r="U48" s="15">
+        <v>3.07181913128955</v>
+      </c>
+      <c r="V48" s="15">
+        <v>4.4008467229094883</v>
+      </c>
+      <c r="W48" s="15">
+        <v>0.44076552155784166</v>
+      </c>
+      <c r="X48" s="15">
+        <v>2.2036139268400179</v>
+      </c>
+      <c r="Y48" s="15">
+        <v>2.1933768791756414</v>
+      </c>
+      <c r="Z48" s="12"/>
+    </row>
+    <row r="49" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C49" s="11">
+        <v>44</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="F49" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="G49" s="6">
+        <v>7</v>
+      </c>
+      <c r="H49" s="6">
+        <v>8</v>
+      </c>
+      <c r="I49" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="J49" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="L49" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="M49" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="N49" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="O49" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="P49" s="6">
+        <v>7</v>
+      </c>
+      <c r="Q49" s="15">
+        <v>7.7460623579737753</v>
+      </c>
+      <c r="R49" s="15">
+        <v>8.9449470709591914</v>
+      </c>
+      <c r="S49" s="15">
+        <v>9.2842350853370039</v>
+      </c>
+      <c r="T49" s="15">
+        <v>8.8522620691108749</v>
+      </c>
+      <c r="U49" s="15">
+        <v>7.9005364048401185</v>
+      </c>
+      <c r="V49" s="15">
+        <v>7.9383165431095071</v>
+      </c>
+      <c r="W49" s="15">
+        <v>7.1461344421640636</v>
+      </c>
+      <c r="X49" s="15">
+        <v>8.7108245626634115</v>
+      </c>
+      <c r="Y49" s="15">
+        <v>9.3321058194614768</v>
+      </c>
+      <c r="Z49" s="12"/>
+    </row>
+    <row r="50" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C50" s="11">
+        <v>45</v>
+      </c>
+      <c r="D50" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="F50" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="G50" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="H50" s="6">
+        <v>9.9</v>
+      </c>
+      <c r="I50" s="6">
+        <v>8</v>
+      </c>
+      <c r="J50" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="L50" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="M50" s="6">
+        <v>7</v>
+      </c>
+      <c r="N50" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="O50" s="6">
+        <v>7</v>
+      </c>
+      <c r="P50" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="Q50" s="15">
+        <v>7.542136139993878</v>
+      </c>
+      <c r="R50" s="15">
+        <v>8.9837864745412741</v>
+      </c>
+      <c r="S50" s="15">
+        <v>8.2674642801253118</v>
+      </c>
+      <c r="T50" s="15">
+        <v>8.8059046525997218</v>
+      </c>
+      <c r="U50" s="15">
+        <v>7.3293686335271699</v>
+      </c>
+      <c r="V50" s="15">
+        <v>7.0113013413495882</v>
+      </c>
+      <c r="W50" s="15">
+        <v>5.9713230849894048</v>
+      </c>
+      <c r="X50" s="15">
+        <v>8.5559201892163514</v>
+      </c>
+      <c r="Y50" s="15">
+        <v>6.6569610104687955</v>
+      </c>
+      <c r="Z50" s="12"/>
+    </row>
+    <row r="51" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C51" s="11">
+        <v>46</v>
+      </c>
+      <c r="D51" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E51" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="F51" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="G51" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="H51" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="I51" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="J51" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="L51" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="M51" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="N51" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="O51" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="P51" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="Q51" s="15">
+        <v>4.05282568796716</v>
+      </c>
+      <c r="R51" s="15">
+        <v>1.7435676882036022</v>
+      </c>
+      <c r="S51" s="15">
+        <v>4.6431722152574642</v>
+      </c>
+      <c r="T51" s="15">
+        <v>6.3392903452608049</v>
+      </c>
+      <c r="U51" s="15">
+        <v>3.4453849069171847</v>
+      </c>
+      <c r="V51" s="15">
+        <v>2.8689135997980286</v>
+      </c>
+      <c r="W51" s="15">
+        <v>3.4225477445410362</v>
+      </c>
+      <c r="X51" s="15">
+        <v>1.7064846416382253</v>
+      </c>
+      <c r="Y51" s="15">
+        <v>1.133581209757867</v>
+      </c>
+      <c r="Z51" s="12"/>
+    </row>
+    <row r="52" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C52" s="11">
+        <v>47</v>
+      </c>
+      <c r="D52" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E52" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="F52" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G52" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="H52" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="I52" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="J52" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="L52" s="6">
+        <v>2.1</v>
+      </c>
+      <c r="M52" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="N52" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="O52" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="P52" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="Q52" s="15">
+        <v>0</v>
+      </c>
+      <c r="R52" s="15">
+        <v>6.29624743652783</v>
+      </c>
+      <c r="S52" s="15">
+        <v>2.717752358405102</v>
+      </c>
+      <c r="T52" s="15">
+        <v>6.0386108779536354</v>
+      </c>
+      <c r="U52" s="15">
+        <v>2.7210390741211041</v>
+      </c>
+      <c r="V52" s="15">
+        <v>5.4570590089980842</v>
+      </c>
+      <c r="W52" s="15">
+        <v>5.1780487284844465</v>
+      </c>
+      <c r="X52" s="15">
+        <v>3.6321261558484799</v>
+      </c>
+      <c r="Y52" s="15">
+        <v>5.1147509417159087</v>
+      </c>
+      <c r="Z52" s="12"/>
+    </row>
+    <row r="53" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C53" s="11">
+        <v>48</v>
+      </c>
+      <c r="D53" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E53" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="F53" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="G53" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="H53" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="I53" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="J53" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="L53" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="M53" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="N53" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="O53" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="P53" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="Q53" s="15">
+        <v>7.8866426562212473</v>
+      </c>
+      <c r="R53" s="15">
+        <v>5.2763487666534763</v>
+      </c>
+      <c r="S53" s="15">
+        <v>5.2666921223452583</v>
+      </c>
+      <c r="T53" s="15">
+        <v>2.6177667831572888</v>
+      </c>
+      <c r="U53" s="15">
+        <v>3.9178300445326681</v>
+      </c>
+      <c r="V53" s="15">
+        <v>0</v>
+      </c>
+      <c r="W53" s="15">
+        <v>2.6093309675399228</v>
+      </c>
+      <c r="X53" s="15">
+        <v>2.6093650110245674</v>
+      </c>
+      <c r="Y53" s="15">
+        <v>3.9240307644011927</v>
+      </c>
+      <c r="Z53" s="12"/>
+    </row>
+    <row r="54" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C54" s="11">
+        <v>49</v>
+      </c>
+      <c r="D54" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="E54" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="F54" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="G54" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="H54" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I54" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="J54" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L54" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="M54" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="N54" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="O54" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="P54" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="Q54" s="15">
+        <v>4.1768836516773868</v>
+      </c>
+      <c r="R54" s="15">
+        <v>4.648215696779765</v>
+      </c>
+      <c r="S54" s="15">
+        <v>4.7896249355242801</v>
+      </c>
+      <c r="T54" s="15">
+        <v>5.6434031684028305</v>
+      </c>
+      <c r="U54" s="15">
+        <v>3.7881333667340793</v>
+      </c>
+      <c r="V54" s="15">
+        <v>4.1337989125677215</v>
+      </c>
+      <c r="W54" s="15">
+        <v>5.1915500881959842</v>
+      </c>
+      <c r="X54" s="15">
+        <v>5.7544642054343722</v>
+      </c>
+      <c r="Y54" s="15">
+        <v>5.7459981517039278</v>
+      </c>
+      <c r="Z54" s="12"/>
+    </row>
+    <row r="55" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C55" s="11">
+        <v>50</v>
+      </c>
+      <c r="D55" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E55" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="F55" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="G55" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="H55" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="I55" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="J55" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="L55" s="6">
+        <v>2</v>
+      </c>
+      <c r="M55" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="N55" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="O55" s="6">
+        <v>2</v>
+      </c>
+      <c r="P55" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="Q55" s="15">
+        <v>2.8067305398345233</v>
+      </c>
+      <c r="R55" s="15">
+        <v>3.0127741624487827</v>
+      </c>
+      <c r="S55" s="15">
+        <v>4.0418166349047242</v>
+      </c>
+      <c r="T55" s="15">
+        <v>3.8560437397129883</v>
+      </c>
+      <c r="U55" s="15">
+        <v>4.6662987729663055</v>
+      </c>
+      <c r="V55" s="15">
+        <v>4.6684677479920511</v>
+      </c>
+      <c r="W55" s="15">
+        <v>3.2477945445171139</v>
+      </c>
+      <c r="X55" s="15">
+        <v>2.4281667341157425</v>
+      </c>
+      <c r="Y55" s="15">
+        <v>4.8367691188414321</v>
+      </c>
+      <c r="Z55" s="12"/>
+    </row>
+    <row r="56" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C56" s="11">
+        <v>51</v>
+      </c>
+      <c r="D56" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E56" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="F56" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G56" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="H56" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I56" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="J56" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L56" s="6">
+        <v>3</v>
+      </c>
+      <c r="M56" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="N56" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="O56" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="P56" s="6">
+        <v>3</v>
+      </c>
+      <c r="Q56" s="15">
+        <v>7.6814569628915796</v>
+      </c>
+      <c r="R56" s="15">
+        <v>8.5477987673725284</v>
+      </c>
+      <c r="S56" s="15">
+        <v>7.2098306920734068</v>
+      </c>
+      <c r="T56" s="15">
+        <v>7.075613544139447</v>
+      </c>
+      <c r="U56" s="15">
+        <v>6.0301436238325463</v>
+      </c>
+      <c r="V56" s="15">
+        <v>5.3191677984673706</v>
+      </c>
+      <c r="W56" s="15">
+        <v>5.84994362781595</v>
+      </c>
+      <c r="X56" s="15">
+        <v>3.7308527308065393</v>
+      </c>
+      <c r="Y56" s="15">
+        <v>3.7584363473009956</v>
+      </c>
+      <c r="Z56" s="12"/>
+    </row>
+    <row r="57" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C57" s="11">
+        <v>52</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E57" s="6">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F57" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="G57" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="H57" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="I57" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="J57" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="L57" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="M57" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N57" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="O57" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P57" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="Q57" s="15">
+        <v>2.2484921049820965</v>
+      </c>
+      <c r="R57" s="15">
+        <v>3.3972391769621888</v>
+      </c>
+      <c r="S57" s="15">
+        <v>6.8649885583524037</v>
+      </c>
+      <c r="T57" s="15">
+        <v>5.8342716786949902</v>
+      </c>
+      <c r="U57" s="15">
+        <v>1.7611938546075765</v>
+      </c>
+      <c r="V57" s="15">
+        <v>5.344703695565677</v>
+      </c>
+      <c r="W57" s="15">
+        <v>1.7905744162727404</v>
+      </c>
+      <c r="X57" s="15">
+        <v>7.1343638525564801</v>
+      </c>
+      <c r="Y57" s="15">
+        <v>4.1904374218034448</v>
+      </c>
+      <c r="Z57" s="12"/>
+    </row>
+    <row r="58" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C58" s="11">
+        <v>53</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E58" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="F58" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="G58" s="6">
+        <v>5</v>
+      </c>
+      <c r="H58" s="6">
+        <v>4</v>
+      </c>
+      <c r="I58" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="J58" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="L58" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="M58" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="N58" s="6">
+        <v>1.9</v>
+      </c>
+      <c r="O58" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="P58" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="Q58" s="15">
+        <v>3.9016650355539224</v>
+      </c>
+      <c r="R58" s="15">
+        <v>2.6057443634492237</v>
+      </c>
+      <c r="S58" s="15">
+        <v>7.843675546361025</v>
+      </c>
+      <c r="T58" s="15">
+        <v>5.5540490651228591</v>
+      </c>
+      <c r="U58" s="15">
+        <v>3.5933268653449755</v>
+      </c>
+      <c r="V58" s="15">
+        <v>2.612466691049689</v>
+      </c>
+      <c r="W58" s="15">
+        <v>3.9286041669394867</v>
+      </c>
+      <c r="X58" s="15">
+        <v>7.5414534020152084</v>
+      </c>
+      <c r="Y58" s="15">
+        <v>5.2762617685369912</v>
+      </c>
+      <c r="Z58" s="12"/>
+    </row>
+    <row r="59" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C59" s="11">
+        <v>54</v>
+      </c>
+      <c r="D59" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E59" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="F59" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="G59" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="H59" s="6">
+        <v>11.4</v>
+      </c>
+      <c r="I59" s="6">
+        <v>10.7</v>
+      </c>
+      <c r="J59" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="L59" s="6">
+        <v>7</v>
+      </c>
+      <c r="M59" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="N59" s="6">
+        <v>6</v>
+      </c>
+      <c r="O59" s="6">
+        <v>6</v>
+      </c>
+      <c r="P59" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="Q59" s="15">
+        <v>7.2198428526280232</v>
+      </c>
+      <c r="R59" s="15">
+        <v>5.9965683274889505</v>
+      </c>
+      <c r="S59" s="15">
+        <v>6.4128628384149584</v>
+      </c>
+      <c r="T59" s="15">
+        <v>6.6975116693889554</v>
+      </c>
+      <c r="U59" s="15">
+        <v>6.1514654841271685</v>
+      </c>
+      <c r="V59" s="15">
+        <v>6.6932118538147884</v>
+      </c>
+      <c r="W59" s="15">
+        <v>3.7012818772901683</v>
+      </c>
+      <c r="X59" s="15">
+        <v>2.8754518567203418</v>
+      </c>
+      <c r="Y59" s="15">
+        <v>3.7018857680316115</v>
+      </c>
+      <c r="Z59" s="12"/>
+    </row>
+    <row r="60" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C60" s="11">
+        <v>55</v>
+      </c>
+      <c r="D60" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E60" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F60" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="G60" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="H60" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="I60" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="J60" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="L60" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="M60" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="N60" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="O60" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="P60" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="Q60" s="15">
+        <v>4.2190977459470291</v>
+      </c>
+      <c r="R60" s="15">
+        <v>4.7753718157555429</v>
+      </c>
+      <c r="S60" s="15">
+        <v>4.2991568278671348</v>
+      </c>
+      <c r="T60" s="15">
+        <v>1.0891288602811042</v>
+      </c>
+      <c r="U60" s="15">
+        <v>3.8591519789180038</v>
+      </c>
+      <c r="V60" s="15">
+        <v>1.6661205493754823</v>
+      </c>
+      <c r="W60" s="15">
+        <v>6.741194314926128</v>
+      </c>
+      <c r="X60" s="15">
+        <v>5.0402661260514554</v>
+      </c>
+      <c r="Y60" s="15">
+        <v>1.6946854663774404</v>
+      </c>
+      <c r="Z60" s="12"/>
+    </row>
+    <row r="61" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C61" s="11">
+        <v>56</v>
+      </c>
+      <c r="D61" s="11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E61" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="F61" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="G61" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="H61" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="I61" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="J61" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L61" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="M61" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="N61" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="O61" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="P61" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="Q61" s="15">
+        <v>5.0805127574349287</v>
+      </c>
+      <c r="R61" s="15">
+        <v>5.0610792351910154</v>
+      </c>
+      <c r="S61" s="15">
+        <v>5.9959067942950952</v>
+      </c>
+      <c r="T61" s="15">
+        <v>5.5686595838620248</v>
+      </c>
+      <c r="U61" s="15">
+        <v>3.8142186178586974</v>
+      </c>
+      <c r="V61" s="15">
+        <v>5.4752518615856332</v>
+      </c>
+      <c r="W61" s="15">
+        <v>5.0168321149291915</v>
+      </c>
+      <c r="X61" s="15">
+        <v>4.984993890186975</v>
+      </c>
+      <c r="Y61" s="15">
+        <v>3.673373740444478</v>
+      </c>
+      <c r="Z61" s="12"/>
+    </row>
+    <row r="62" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C62" s="11">
+        <v>57</v>
+      </c>
+      <c r="D62" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E62" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="F62" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="G62" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="H62" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I62" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="J62" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="L62" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="M62" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="N62" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="O62" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="P62" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="Q62" s="15">
+        <v>5.6577086280056577</v>
+      </c>
+      <c r="R62" s="15">
+        <v>3.8422746265789351</v>
+      </c>
+      <c r="S62" s="15">
+        <v>5.4805584400599976</v>
+      </c>
+      <c r="T62" s="15">
+        <v>5.2951211716273932</v>
+      </c>
+      <c r="U62" s="15">
+        <v>4.3227291983066429</v>
+      </c>
+      <c r="V62" s="15">
+        <v>3.8269711532481896</v>
+      </c>
+      <c r="W62" s="15">
+        <v>3.4238237263375737</v>
+      </c>
+      <c r="X62" s="15">
+        <v>3.3167212978046146</v>
+      </c>
+      <c r="Y62" s="15">
+        <v>3.5206074475120244</v>
+      </c>
+      <c r="Z62" s="12"/>
+    </row>
+    <row r="63" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C63" s="11">
+        <v>58</v>
+      </c>
+      <c r="D63" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E63" s="6">
+        <v>13.9</v>
+      </c>
+      <c r="F63" s="6">
+        <v>13.5</v>
+      </c>
+      <c r="G63" s="6">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="H63" s="6">
+        <v>21.7</v>
+      </c>
+      <c r="I63" s="6">
+        <v>15</v>
+      </c>
+      <c r="J63" s="6">
+        <v>13.6</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="L63" s="6">
+        <v>14.6</v>
+      </c>
+      <c r="M63" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="N63" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="O63" s="6">
+        <v>8</v>
+      </c>
+      <c r="P63" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="Q63" s="15">
+        <v>5.7152654740812716</v>
+      </c>
+      <c r="R63" s="15">
+        <v>4.8065599930785536</v>
+      </c>
+      <c r="S63" s="15">
+        <v>1.4701054065576502</v>
+      </c>
+      <c r="T63" s="15">
+        <v>4.9476783019568069</v>
+      </c>
+      <c r="U63" s="15">
+        <v>1.4869519962330549</v>
+      </c>
+      <c r="V63" s="15">
+        <v>2.4862015812242055</v>
+      </c>
+      <c r="W63" s="15">
+        <v>3.5379086916308244</v>
+      </c>
+      <c r="X63" s="15">
+        <v>4.0213938150963129</v>
+      </c>
+      <c r="Y63" s="15">
+        <v>3.5058547774783886</v>
+      </c>
+      <c r="Z63" s="12"/>
+    </row>
+    <row r="64" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C64" s="11">
+        <v>59</v>
+      </c>
+      <c r="D64" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E64" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="F64" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="G64" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="H64" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="I64" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="J64" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="L64" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="M64" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="N64" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="O64" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="P64" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="Q64" s="15">
+        <v>4.5992500922724551</v>
+      </c>
+      <c r="R64" s="15">
+        <v>5.4743358922344445</v>
+      </c>
+      <c r="S64" s="15">
+        <v>5.5047128811051307</v>
+      </c>
+      <c r="T64" s="15">
+        <v>4.7023345163687491</v>
+      </c>
+      <c r="U64" s="15">
+        <v>5.726800117764534</v>
+      </c>
+      <c r="V64" s="15">
+        <v>4.2946777822130553</v>
+      </c>
+      <c r="W64" s="15">
+        <v>5.2557961456983415</v>
+      </c>
+      <c r="X64" s="15">
+        <v>6.0436042219548076</v>
+      </c>
+      <c r="Y64" s="15">
+        <v>4.6644911785678103</v>
+      </c>
+      <c r="Z64" s="12"/>
+    </row>
+    <row r="65" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C65" s="11">
+        <v>60</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E65" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="F65" s="6">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="G65" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="H65" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I65" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="J65" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="L65" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="M65" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="N65" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="O65" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="P65" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="Q65" s="15">
+        <v>8.4871631657118609</v>
+      </c>
+      <c r="R65" s="15">
+        <v>7.3719130114264653</v>
+      </c>
+      <c r="S65" s="15">
+        <v>4.9685045286101026</v>
+      </c>
+      <c r="T65" s="15">
+        <v>6.1819605542430676</v>
+      </c>
+      <c r="U65" s="15">
+        <v>7.5957791581465335</v>
+      </c>
+      <c r="V65" s="15">
+        <v>5.0484167203561778</v>
+      </c>
+      <c r="W65" s="15">
+        <v>5.8805245427892165</v>
+      </c>
+      <c r="X65" s="15">
+        <v>7.468295879427977</v>
+      </c>
+      <c r="Y65" s="15">
+        <v>6.9914643863242141</v>
+      </c>
+      <c r="Z65" s="12"/>
+    </row>
+    <row r="66" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C66" s="11">
+        <v>61</v>
+      </c>
+      <c r="D66" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E66" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="F66" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="G66" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="H66" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I66" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="J66" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L66" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="M66" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="N66" s="6">
+        <v>2.4</v>
+      </c>
+      <c r="O66" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="P66" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="Q66" s="15">
+        <v>3.1541098050760139</v>
+      </c>
+      <c r="R66" s="15">
+        <v>1.7608113818847726</v>
+      </c>
+      <c r="S66" s="15">
+        <v>3.9027574755545462</v>
+      </c>
+      <c r="T66" s="15">
+        <v>3.2222954200441096</v>
+      </c>
+      <c r="U66" s="15">
+        <v>2.8839221341023795</v>
+      </c>
+      <c r="V66" s="15">
+        <v>3.2653179694075987</v>
+      </c>
+      <c r="W66" s="15">
+        <v>3.6647219209006421</v>
+      </c>
+      <c r="X66" s="15">
+        <v>3.6713549869850466</v>
+      </c>
+      <c r="Y66" s="15">
+        <v>4.0456645187865945</v>
+      </c>
+      <c r="Z66" s="12"/>
+    </row>
+    <row r="67" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C67" s="11">
+        <v>62</v>
+      </c>
+      <c r="D67" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E67" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F67" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="G67" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="H67" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="I67" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="J67" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="L67" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="M67" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="N67" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="O67" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="P67" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="Q67" s="15">
+        <v>4.0701365937840874</v>
+      </c>
+      <c r="R67" s="15">
+        <v>3.1187645895468501</v>
+      </c>
+      <c r="S67" s="15">
+        <v>3.885300476869511</v>
+      </c>
+      <c r="T67" s="15">
+        <v>5.2817758839600701</v>
+      </c>
+      <c r="U67" s="15">
+        <v>3.4261500215162224</v>
+      </c>
+      <c r="V67" s="15">
+        <v>3.0136924376182792</v>
+      </c>
+      <c r="W67" s="15">
+        <v>2.4760408656789097</v>
+      </c>
+      <c r="X67" s="15">
+        <v>2.6793903356451665</v>
+      </c>
+      <c r="Y67" s="15">
+        <v>2.4822347835560219</v>
+      </c>
+      <c r="Z67" s="12"/>
+    </row>
+    <row r="68" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C68" s="11">
+        <v>63</v>
+      </c>
+      <c r="D68" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E68" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="F68" s="6">
+        <v>5</v>
+      </c>
+      <c r="G68" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="H68" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="I68" s="6">
+        <v>6</v>
+      </c>
+      <c r="J68" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="L68" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M68" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="N68" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="O68" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P68" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="Q68" s="15">
+        <v>3.9985912655387561</v>
+      </c>
+      <c r="R68" s="15">
+        <v>5.6674059823299467</v>
+      </c>
+      <c r="S68" s="15">
+        <v>4.886995856743825</v>
+      </c>
+      <c r="T68" s="15">
+        <v>6.836381093304448</v>
+      </c>
+      <c r="U68" s="15">
+        <v>6.0035360827527411</v>
+      </c>
+      <c r="V68" s="15">
+        <v>4.3347373896510391</v>
+      </c>
+      <c r="W68" s="15">
+        <v>5.9780277589718986</v>
+      </c>
+      <c r="X68" s="15">
+        <v>3.9092218543544219</v>
+      </c>
+      <c r="Y68" s="15">
+        <v>5.5717185589427594</v>
+      </c>
+      <c r="Z68" s="12"/>
+    </row>
+    <row r="69" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C69" s="11">
+        <v>64</v>
+      </c>
+      <c r="D69" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="E69" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="F69" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="G69" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="H69" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="I69" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="J69" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="L69" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="M69" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="N69" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="O69" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="P69" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="Q69" s="15">
+        <v>6.3928067543720104</v>
+      </c>
+      <c r="R69" s="15">
+        <v>6.5167614065540844</v>
+      </c>
+      <c r="S69" s="15">
+        <v>3.2446894021069834</v>
+      </c>
+      <c r="T69" s="15">
+        <v>5.2851251620404698</v>
+      </c>
+      <c r="U69" s="15">
+        <v>5.6897676094660223</v>
+      </c>
+      <c r="V69" s="15">
+        <v>4.0669654917978022</v>
+      </c>
+      <c r="W69" s="15">
+        <v>5.3016267396858288</v>
+      </c>
+      <c r="X69" s="15">
+        <v>5.3796854582854943</v>
+      </c>
+      <c r="Y69" s="15">
+        <v>5.3259928071065561</v>
+      </c>
+      <c r="Z69" s="12"/>
+    </row>
+    <row r="70" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C70" s="11">
+        <v>65</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E70" s="6">
+        <v>4</v>
+      </c>
+      <c r="F70" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="G70" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="H70" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="I70" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="J70" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="L70" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="M70" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="N70" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="O70" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="P70" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="Q70" s="15">
+        <v>0.43810074564746909</v>
+      </c>
+      <c r="R70" s="15">
+        <v>3.0719269759073153</v>
+      </c>
+      <c r="S70" s="15">
+        <v>2.210335528933292</v>
+      </c>
+      <c r="T70" s="15">
+        <v>2.1986043259738715</v>
+      </c>
+      <c r="U70" s="15">
+        <v>3.0540345978490868</v>
+      </c>
+      <c r="V70" s="15">
+        <v>3.4695267131872374</v>
+      </c>
+      <c r="W70" s="15">
+        <v>4.3368331576915899</v>
+      </c>
+      <c r="X70" s="15">
+        <v>3.0103124704344308</v>
+      </c>
+      <c r="Y70" s="15">
+        <v>4.7302062369919327</v>
+      </c>
+      <c r="Z70" s="12"/>
+    </row>
+    <row r="71" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C71" s="11">
+        <v>66</v>
+      </c>
+      <c r="D71" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E71" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F71" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="G71" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="H71" s="6">
+        <v>10.8</v>
+      </c>
+      <c r="I71" s="6">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="J71" s="6">
+        <v>13.5</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="L71" s="6">
+        <v>11</v>
+      </c>
+      <c r="M71" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="N71" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="O71" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="P71" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="Q71" s="15">
+        <v>6.5272089864928891</v>
+      </c>
+      <c r="R71" s="15">
+        <v>6.4770628400457992</v>
+      </c>
+      <c r="S71" s="15">
+        <v>9.1713669922501939</v>
+      </c>
+      <c r="T71" s="15">
+        <v>7.1200908020991696</v>
+      </c>
+      <c r="U71" s="15">
+        <v>5.6369432735608571</v>
+      </c>
+      <c r="V71" s="15">
+        <v>3.5156072280884607</v>
+      </c>
+      <c r="W71" s="15">
+        <v>4.280525240830503</v>
+      </c>
+      <c r="X71" s="15">
+        <v>7.0307948815813264</v>
+      </c>
+      <c r="Y71" s="15">
+        <v>5.3585675556596399</v>
+      </c>
+      <c r="Z71" s="12"/>
+    </row>
+    <row r="72" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C72" s="11">
+        <v>67</v>
+      </c>
+      <c r="D72" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E72" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="F72" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="G72" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="H72" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="I72" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="J72" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="L72" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="M72" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="N72" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="O72" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="P72" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="Q72" s="15">
+        <v>7.7703755770843586</v>
+      </c>
+      <c r="R72" s="15">
+        <v>6.6803480194104194</v>
+      </c>
+      <c r="S72" s="15">
+        <v>6.1314530210735372</v>
+      </c>
+      <c r="T72" s="15">
+        <v>7.0773286622964164</v>
+      </c>
+      <c r="U72" s="15">
+        <v>7.259280509094217</v>
+      </c>
+      <c r="V72" s="15">
+        <v>6.0822018265720965</v>
+      </c>
+      <c r="W72" s="15">
+        <v>4.7927889067477327</v>
+      </c>
+      <c r="X72" s="15">
+        <v>5.2966508934681187</v>
+      </c>
+      <c r="Y72" s="15">
+        <v>6.3319896394958715</v>
+      </c>
+      <c r="Z72" s="12"/>
+    </row>
+    <row r="73" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C73" s="11">
+        <v>68</v>
+      </c>
+      <c r="D73" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E73" s="6">
+        <v>7</v>
+      </c>
+      <c r="F73" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="G73" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="H73" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="I73" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="J73" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="L73" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="M73" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="N73" s="6">
+        <v>5.5</v>
+      </c>
+      <c r="O73" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="P73" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="Q73" s="15">
+        <v>4.3161684979864416</v>
+      </c>
+      <c r="R73" s="15">
+        <v>2.7406520924878723</v>
+      </c>
+      <c r="S73" s="15">
+        <v>3.6730271253053206</v>
+      </c>
+      <c r="T73" s="15">
+        <v>3.2732195649498412</v>
+      </c>
+      <c r="U73" s="15">
+        <v>4.5743860520434438</v>
+      </c>
+      <c r="V73" s="15">
+        <v>4.6891118822095095</v>
+      </c>
+      <c r="W73" s="15">
+        <v>4.8099985570004327</v>
+      </c>
+      <c r="X73" s="15">
+        <v>6.5015532210645128</v>
+      </c>
+      <c r="Y73" s="15">
+        <v>5.0925339534908014</v>
+      </c>
+      <c r="Z73" s="12"/>
+    </row>
+    <row r="74" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C74" s="11">
+        <v>69</v>
+      </c>
+      <c r="D74" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E74" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="F74" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="G74" s="6">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="H74" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I74" s="6">
+        <v>11.4</v>
+      </c>
+      <c r="J74" s="6">
+        <v>9.1</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="L74" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="M74" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="N74" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="O74" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="P74" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="Q74" s="15">
+        <v>8.8527969950456917</v>
+      </c>
+      <c r="R74" s="15">
+        <v>9.83811727465873</v>
+      </c>
+      <c r="S74" s="15">
+        <v>6.6406929884457293</v>
+      </c>
+      <c r="T74" s="15">
+        <v>10.131147435533205</v>
+      </c>
+      <c r="U74" s="15">
+        <v>7.2772549132094397</v>
+      </c>
+      <c r="V74" s="15">
+        <v>8.2649022241009824</v>
+      </c>
+      <c r="W74" s="15">
+        <v>10.3</v>
+      </c>
+      <c r="X74" s="15">
+        <v>8.7182646086718698</v>
+      </c>
+      <c r="Y74" s="15">
+        <v>8.6412176769302249</v>
+      </c>
+      <c r="Z74" s="12"/>
+    </row>
+    <row r="75" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C75" s="11">
+        <v>70</v>
+      </c>
+      <c r="D75" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E75" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="F75" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="G75" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="H75" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="I75" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="J75" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="L75" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="M75" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="N75" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="O75" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="P75" s="6">
+        <v>2.5</v>
+      </c>
+      <c r="Q75" s="15">
+        <v>3.378735086052159</v>
+      </c>
+      <c r="R75" s="15">
+        <v>2.9709988073561933</v>
+      </c>
+      <c r="S75" s="15">
+        <v>6.8157614483493081</v>
+      </c>
+      <c r="T75" s="15">
+        <v>5.119432084334111</v>
+      </c>
+      <c r="U75" s="15">
+        <v>6.3947614114517393</v>
+      </c>
+      <c r="V75" s="15">
+        <v>4.2828570082530648</v>
+      </c>
+      <c r="W75" s="15">
+        <v>4.3145664076488632</v>
+      </c>
+      <c r="X75" s="15">
+        <v>6.0209097594646552</v>
+      </c>
+      <c r="Y75" s="15">
+        <v>2.5869651449562805</v>
+      </c>
+      <c r="Z75" s="12"/>
+    </row>
+    <row r="76" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C76" s="11">
+        <v>71</v>
+      </c>
+      <c r="D76" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E76" s="6">
+        <v>6</v>
+      </c>
+      <c r="F76" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="G76" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="H76" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="I76" s="6">
+        <v>6</v>
+      </c>
+      <c r="J76" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="L76" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="M76" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="N76" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="O76" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="P76" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="Q76" s="15">
+        <v>5.0462452331004854</v>
+      </c>
+      <c r="R76" s="15">
+        <v>3.6093004453876749</v>
+      </c>
+      <c r="S76" s="15">
+        <v>4.8942923487708976</v>
+      </c>
+      <c r="T76" s="15">
+        <v>1.9999854546512388</v>
+      </c>
+      <c r="U76" s="15">
+        <v>2.91245877050553</v>
+      </c>
+      <c r="V76" s="15">
+        <v>3.2850491936116746</v>
+      </c>
+      <c r="W76" s="15">
+        <v>2.557722311742503</v>
+      </c>
+      <c r="X76" s="15">
+        <v>2.743760231939198</v>
+      </c>
+      <c r="Y76" s="15">
+        <v>4.5845482386165664</v>
+      </c>
+      <c r="Z76" s="12"/>
+    </row>
+    <row r="77" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C77" s="11">
+        <v>72</v>
+      </c>
+      <c r="D77" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E77" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="F77" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="G77" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="H77" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="I77" s="6">
+        <v>5</v>
+      </c>
+      <c r="J77" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="L77" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="M77" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="N77" s="6">
+        <v>6</v>
+      </c>
+      <c r="O77" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P77" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="Q77" s="15">
+        <v>4.7528349780489432</v>
+      </c>
+      <c r="R77" s="15">
+        <v>4.2269967716312156</v>
+      </c>
+      <c r="S77" s="15">
+        <v>7.4480102286007144</v>
+      </c>
+      <c r="T77" s="15">
+        <v>5.6917221016683861</v>
+      </c>
+      <c r="U77" s="15">
+        <v>3.7264700036909795</v>
+      </c>
+      <c r="V77" s="15">
+        <v>3.3609639952309687</v>
+      </c>
+      <c r="W77" s="15">
+        <v>4.231923515035672</v>
+      </c>
+      <c r="X77" s="15">
+        <v>4.2395636075859926</v>
+      </c>
+      <c r="Y77" s="15">
+        <v>4.076857629041406</v>
+      </c>
+      <c r="Z77" s="12"/>
+    </row>
+    <row r="78" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C78" s="11">
+        <v>73</v>
+      </c>
+      <c r="D78" s="11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E78" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="F78" s="6">
+        <v>5.8</v>
+      </c>
+      <c r="G78" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="H78" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="I78" s="6">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="J78" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="L78" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="M78" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="N78" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="O78" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="P78" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="Q78" s="15">
+        <v>4.6498327222678171</v>
+      </c>
+      <c r="R78" s="15">
+        <v>3.7035922530109047</v>
+      </c>
+      <c r="S78" s="15">
+        <v>6.7150925177660508</v>
+      </c>
+      <c r="T78" s="15">
+        <v>7.1729206050242844</v>
+      </c>
+      <c r="U78" s="15">
+        <v>4.5783982016051858</v>
+      </c>
+      <c r="V78" s="15">
+        <v>4.7743331847985235</v>
+      </c>
+      <c r="W78" s="15">
+        <v>6.0295178395567639</v>
+      </c>
+      <c r="X78" s="15">
+        <v>5.3118616082988979</v>
+      </c>
+      <c r="Y78" s="15">
+        <v>5.5168274270178896</v>
+      </c>
+      <c r="Z78" s="12"/>
+    </row>
+    <row r="79" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C79" s="11">
+        <v>74</v>
+      </c>
+      <c r="D79" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E79" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="F79" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="G79" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="H79" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="I79" s="6">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="J79" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="L79" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="M79" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="N79" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="O79" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P79" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="Q79" s="15">
+        <v>4.0932009451573093</v>
+      </c>
+      <c r="R79" s="15">
+        <v>6.3561212503468365</v>
+      </c>
+      <c r="S79" s="15">
+        <v>5.3680532510882513</v>
+      </c>
+      <c r="T79" s="15">
+        <v>2.9219047897324266</v>
+      </c>
+      <c r="U79" s="15">
+        <v>7.212691451878726</v>
+      </c>
+      <c r="V79" s="15">
+        <v>4.0397367517427307</v>
+      </c>
+      <c r="W79" s="15">
+        <v>3.7111474752019968</v>
+      </c>
+      <c r="X79" s="15">
+        <v>3.6930605084882684</v>
+      </c>
+      <c r="Y79" s="15">
+        <v>3.2162170854640775</v>
+      </c>
+      <c r="Z79" s="12"/>
+    </row>
+    <row r="80" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C80" s="11">
+        <v>75</v>
+      </c>
+      <c r="D80" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E80" s="6">
+        <v>34.299999999999997</v>
+      </c>
+      <c r="F80" s="6">
+        <v>28.1</v>
+      </c>
+      <c r="G80" s="6">
+        <v>26.7</v>
+      </c>
+      <c r="H80" s="6">
+        <v>27.6</v>
+      </c>
+      <c r="I80" s="6">
+        <v>27.4</v>
+      </c>
+      <c r="J80" s="6">
+        <v>23.1</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="L80" s="6">
+        <v>18.3</v>
+      </c>
+      <c r="M80" s="6">
+        <v>19</v>
+      </c>
+      <c r="N80" s="6">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="O80" s="6">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="P80" s="6">
+        <v>14.5</v>
+      </c>
+      <c r="Q80" s="15">
+        <v>15.58695126069723</v>
+      </c>
+      <c r="R80" s="15">
+        <v>18.012105234693603</v>
+      </c>
+      <c r="S80" s="15">
+        <v>19.145330208271524</v>
+      </c>
+      <c r="T80" s="15">
+        <v>16.890891320765892</v>
+      </c>
+      <c r="U80" s="15">
+        <v>14.205521398343246</v>
+      </c>
+      <c r="V80" s="15">
+        <v>15.272037829955172</v>
+      </c>
+      <c r="W80" s="15">
+        <v>14.125032696834946</v>
+      </c>
+      <c r="X80" s="15">
+        <v>17.628092281146994</v>
+      </c>
+      <c r="Y80" s="15">
+        <v>18.306327838505972</v>
+      </c>
+      <c r="Z80" s="12"/>
+    </row>
+    <row r="81" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C81" s="11">
+        <v>76</v>
+      </c>
+      <c r="D81" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E81" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="F81" s="6">
+        <v>6.8</v>
+      </c>
+      <c r="G81" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="H81" s="6">
+        <v>9</v>
+      </c>
+      <c r="I81" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="J81" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="L81" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="M81" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="N81" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="O81" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="P81" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="Q81" s="15">
+        <v>5.6448169846977754</v>
+      </c>
+      <c r="R81" s="15">
+        <v>6.8384550180741961</v>
+      </c>
+      <c r="S81" s="15">
+        <v>7.9896901038899397</v>
+      </c>
+      <c r="T81" s="15">
+        <v>8.2568307237472869</v>
+      </c>
+      <c r="U81" s="15">
+        <v>5.7469750557336852</v>
+      </c>
+      <c r="V81" s="15">
+        <v>7.9731909427740169</v>
+      </c>
+      <c r="W81" s="15">
+        <v>5.9798884392012779</v>
+      </c>
+      <c r="X81" s="15">
+        <v>6.1327509609303936</v>
+      </c>
+      <c r="Y81" s="15">
+        <v>5.8718694604069368</v>
+      </c>
+      <c r="Z81" s="12"/>
+    </row>
+    <row r="82" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C82" s="11">
+        <v>77</v>
+      </c>
+      <c r="D82" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E82" s="6">
+        <v>9.1</v>
+      </c>
+      <c r="F82" s="6">
+        <v>9.9</v>
+      </c>
+      <c r="G82" s="6">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="H82" s="6">
+        <v>12</v>
+      </c>
+      <c r="I82" s="6">
+        <v>11.3</v>
+      </c>
+      <c r="J82" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="L82" s="6">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="M82" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="N82" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="O82" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="P82" s="6">
+        <v>9.1</v>
+      </c>
+      <c r="Q82" s="15">
+        <v>8.4921629467662694</v>
+      </c>
+      <c r="R82" s="15">
+        <v>10.339298967203177</v>
+      </c>
+      <c r="S82" s="15">
+        <v>10.747571367055725</v>
+      </c>
+      <c r="T82" s="15">
+        <v>11.219535257213138</v>
+      </c>
+      <c r="U82" s="15">
+        <v>9.1142747771559822</v>
+      </c>
+      <c r="V82" s="15">
+        <v>8.4954490158161597</v>
+      </c>
+      <c r="W82" s="15">
+        <v>8.8107243034881506</v>
+      </c>
+      <c r="X82" s="15">
+        <v>9.6259992094392146</v>
+      </c>
+      <c r="Y82" s="15">
+        <v>7.6371218188515257</v>
+      </c>
+      <c r="Z82" s="12"/>
+    </row>
+    <row r="83" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C83" s="11">
+        <v>78</v>
+      </c>
+      <c r="D83" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E83" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="F83" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="G83" s="6">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="H83" s="6">
+        <v>10.7</v>
+      </c>
+      <c r="I83" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="J83" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="L83" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="M83" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="N83" s="6">
+        <v>9</v>
+      </c>
+      <c r="O83" s="6">
+        <v>9.6</v>
+      </c>
+      <c r="P83" s="6">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="Q83" s="15">
+        <v>11.597491588325379</v>
+      </c>
+      <c r="R83" s="15">
+        <v>10.871231654796583</v>
+      </c>
+      <c r="S83" s="15">
+        <v>11.844560350821943</v>
+      </c>
+      <c r="T83" s="15">
+        <v>11.831306328434296</v>
+      </c>
+      <c r="U83" s="15">
+        <v>8.4165792814172971</v>
+      </c>
+      <c r="V83" s="15">
+        <v>7.6824144731201232</v>
+      </c>
+      <c r="W83" s="15">
+        <v>7.9369206390042173</v>
+      </c>
+      <c r="X83" s="15">
+        <v>8.2108268913402238</v>
+      </c>
+      <c r="Y83" s="15">
+        <v>7.8557074400263742</v>
+      </c>
+      <c r="Z83" s="12"/>
+    </row>
+    <row r="84" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C84" s="11">
+        <v>79</v>
+      </c>
+      <c r="D84" s="11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E84" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="F84" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="G84" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="H84" s="6">
+        <v>5</v>
+      </c>
+      <c r="I84" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J84" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="L84" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="M84" s="6">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="N84" s="6">
+        <v>2.4</v>
+      </c>
+      <c r="O84" s="6">
+        <v>3</v>
+      </c>
+      <c r="P84" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="Q84" s="15">
+        <v>4.533454225446012</v>
+      </c>
+      <c r="R84" s="15">
+        <v>2.1303962270682821</v>
+      </c>
+      <c r="S84" s="15">
+        <v>2.9326060470336688</v>
+      </c>
+      <c r="T84" s="15">
+        <v>4.5564191905655322</v>
+      </c>
+      <c r="U84" s="15">
+        <v>3.2033485670354076</v>
+      </c>
+      <c r="V84" s="15">
+        <v>2.4015177592238297</v>
+      </c>
+      <c r="W84" s="15">
+        <v>3.7443266764554064</v>
+      </c>
+      <c r="X84" s="15">
+        <v>5.35214433662847</v>
+      </c>
+      <c r="Y84" s="15">
+        <v>4.2744747071316942</v>
+      </c>
+      <c r="Z84" s="12"/>
+    </row>
+    <row r="85" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C85" s="11">
+        <v>80</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E85" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="F85" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="G85" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="H85" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="I85" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="J85" s="6">
+        <v>7.5</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="L85" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="M85" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="N85" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="O85" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="P85" s="6">
+        <v>3</v>
+      </c>
+      <c r="Q85" s="15">
+        <v>4.7242358548504786</v>
+      </c>
+      <c r="R85" s="15">
+        <v>3.8535712971996801</v>
+      </c>
+      <c r="S85" s="15">
+        <v>3.8532810688301087</v>
+      </c>
+      <c r="T85" s="15">
+        <v>5.2537104329933015</v>
+      </c>
+      <c r="U85" s="15">
+        <v>2.9890109890109891</v>
+      </c>
+      <c r="V85" s="15">
+        <v>3.6988436710142758</v>
+      </c>
+      <c r="W85" s="15">
+        <v>3.5456780843410445</v>
+      </c>
+      <c r="X85" s="15">
+        <v>3.5579211778142272</v>
+      </c>
+      <c r="Y85" s="15">
+        <v>3.9305226523166858</v>
+      </c>
+      <c r="Z85" s="12"/>
+    </row>
+    <row r="86" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C86" s="11">
+        <v>81</v>
+      </c>
+      <c r="D86" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E86" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="F86" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="G86" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="H86" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="I86" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="J86" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="L86" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="M86" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="N86" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="O86" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="P86" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="Q86" s="15">
+        <v>3.8590073089598436</v>
+      </c>
+      <c r="R86" s="15">
+        <v>5.116934751406518</v>
+      </c>
+      <c r="S86" s="15">
+        <v>6.965477031984439</v>
+      </c>
+      <c r="T86" s="15">
+        <v>6.7035533989594018</v>
+      </c>
+      <c r="U86" s="15">
+        <v>2.8276762670560291</v>
+      </c>
+      <c r="V86" s="15">
+        <v>4.0810808742695501</v>
+      </c>
+      <c r="W86" s="15">
+        <v>3.0414704495800233</v>
+      </c>
+      <c r="X86" s="15">
+        <v>3.009238361770636</v>
+      </c>
+      <c r="Y86" s="15">
+        <v>2.9904082654884458</v>
+      </c>
+      <c r="Z86" s="12"/>
+    </row>
+    <row r="87" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C87" s="11">
+        <v>82</v>
+      </c>
+      <c r="D87" s="11" t="s">
+        <v>156</v>
+      </c>
+      <c r="E87" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="F87" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="G87" s="6">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="H87" s="6">
+        <v>6</v>
+      </c>
+      <c r="I87" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="J87" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="L87" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M87" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="N87" s="6">
+        <v>4</v>
+      </c>
+      <c r="O87" s="6">
+        <v>10.3</v>
+      </c>
+      <c r="P87" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="Q87" s="15">
+        <v>8.1447753205550857</v>
+      </c>
+      <c r="R87" s="15">
+        <v>7.6837964101303164</v>
+      </c>
+      <c r="S87" s="15">
+        <v>7.6888181517618932</v>
+      </c>
+      <c r="T87" s="15">
+        <v>6.1256446283839407</v>
+      </c>
+      <c r="U87" s="15">
+        <v>6.5057575954719926</v>
+      </c>
+      <c r="V87" s="15">
+        <v>4.9455419743364413</v>
+      </c>
+      <c r="W87" s="15">
+        <v>2.2553084322223436</v>
+      </c>
+      <c r="X87" s="15">
+        <v>5.9786487506492438</v>
+      </c>
+      <c r="Y87" s="15">
+        <v>4.8544958232664781</v>
+      </c>
+      <c r="Z87" s="12"/>
+    </row>
+    <row r="88" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C88" s="11">
+        <v>83</v>
+      </c>
+      <c r="D88" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E88" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="F88" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="G88" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="H88" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="I88" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="J88" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="L88" s="6">
+        <v>3</v>
+      </c>
+      <c r="M88" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="N88" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="O88" s="6">
+        <v>4</v>
+      </c>
+      <c r="P88" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="Q88" s="15">
+        <v>4.0691374847998789</v>
+      </c>
+      <c r="R88" s="15">
+        <v>4.2271938196547607</v>
+      </c>
+      <c r="S88" s="15">
+        <v>2.1502440994497247</v>
+      </c>
+      <c r="T88" s="15">
+        <v>3.2743329715975005</v>
+      </c>
+      <c r="U88" s="15">
+        <v>3.7996632200941018</v>
+      </c>
+      <c r="V88" s="15">
+        <v>2.7519830331072734</v>
+      </c>
+      <c r="W88" s="15">
+        <v>2.6120007926071369</v>
+      </c>
+      <c r="X88" s="15">
+        <v>3.4774669061066099</v>
+      </c>
+      <c r="Y88" s="15">
+        <v>3.6094186459045865</v>
+      </c>
+      <c r="Z88" s="12"/>
+    </row>
+    <row r="89" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C89" s="11">
+        <v>84</v>
+      </c>
+      <c r="D89" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E89" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="F89" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G89" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="H89" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="I89" s="6">
+        <v>8</v>
+      </c>
+      <c r="J89" s="6">
+        <v>8</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="L89" s="6">
+        <v>7.2</v>
+      </c>
+      <c r="M89" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="N89" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="O89" s="6">
+        <v>6</v>
+      </c>
+      <c r="P89" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="Q89" s="15">
+        <v>5.886770642496419</v>
+      </c>
+      <c r="R89" s="15">
+        <v>5.3249459517985898</v>
+      </c>
+      <c r="S89" s="15">
+        <v>4.97931804682693</v>
+      </c>
+      <c r="T89" s="15">
+        <v>6.0631242565985515</v>
+      </c>
+      <c r="U89" s="15">
+        <v>4.9962082348217871</v>
+      </c>
+      <c r="V89" s="15">
+        <v>2.844277580159742</v>
+      </c>
+      <c r="W89" s="15">
+        <v>4.2569117169721302</v>
+      </c>
+      <c r="X89" s="15">
+        <v>6.5058948682556288</v>
+      </c>
+      <c r="Y89" s="15">
+        <v>5.9266180102948844</v>
+      </c>
+      <c r="Z89" s="12"/>
+    </row>
+    <row r="90" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C90" s="11">
+        <v>85</v>
+      </c>
+      <c r="D90" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E90" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="F90" s="6">
+        <v>3.6</v>
+      </c>
+      <c r="G90" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="H90" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I90" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="J90" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="L90" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="M90" s="6">
+        <v>5.4</v>
+      </c>
+      <c r="N90" s="6">
+        <v>3.5</v>
+      </c>
+      <c r="O90" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="P90" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="Q90" s="15">
+        <v>4.3177635771331238</v>
+      </c>
+      <c r="R90" s="15">
+        <v>2.8104430145699282</v>
+      </c>
+      <c r="S90" s="15">
+        <v>3.9909715355041264</v>
+      </c>
+      <c r="T90" s="15">
+        <v>2.9384929351283606</v>
+      </c>
+      <c r="U90" s="15">
+        <v>3.6364852933261766</v>
+      </c>
+      <c r="V90" s="15">
+        <v>2.3032054862354681</v>
+      </c>
+      <c r="W90" s="15">
+        <v>1.832860079461534</v>
+      </c>
+      <c r="X90" s="15">
+        <v>2.9276412552052764</v>
+      </c>
+      <c r="Y90" s="15">
+        <v>3.4576377142525208</v>
+      </c>
+      <c r="Z90" s="12"/>
+    </row>
+    <row r="91" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C91" s="11">
+        <v>86</v>
+      </c>
+      <c r="D91" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E91" s="6">
+        <v>3.4</v>
+      </c>
+      <c r="F91" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G91" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="H91" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="I91" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="J91" s="6">
+        <v>4.2</v>
+      </c>
+      <c r="K91" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="L91" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M91" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="N91" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="O91" s="6">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="P91" s="6">
+        <v>5.7</v>
+      </c>
+      <c r="Q91" s="15">
+        <v>3.4392941651228059</v>
+      </c>
+      <c r="R91" s="15">
+        <v>8.6917140517568701</v>
+      </c>
+      <c r="S91" s="15">
+        <v>6.4021218460975646</v>
+      </c>
+      <c r="T91" s="15">
+        <v>4.3442969669947749</v>
+      </c>
+      <c r="U91" s="15">
+        <v>3.6497182873696938</v>
+      </c>
+      <c r="V91" s="15">
+        <v>4.3217669202861462</v>
+      </c>
+      <c r="W91" s="15">
+        <v>4.0766962453627578</v>
+      </c>
+      <c r="X91" s="15">
+        <v>5.2163539500273295</v>
+      </c>
+      <c r="Y91" s="15">
+        <v>8.0063868091346002</v>
+      </c>
+      <c r="Z91" s="12"/>
+    </row>
+    <row r="92" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C92" s="11">
+        <v>87</v>
+      </c>
+      <c r="D92" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E92" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="F92" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G92" s="6">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="H92" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="I92" s="6">
+        <v>9.4</v>
+      </c>
+      <c r="J92" s="6">
+        <v>5.3</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="L92" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="M92" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="N92" s="6">
+        <v>6.6</v>
+      </c>
+      <c r="O92" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="P92" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="Q92" s="15">
+        <v>3.1977402635470931</v>
+      </c>
+      <c r="R92" s="15">
+        <v>2.9352197011946344</v>
+      </c>
+      <c r="S92" s="15">
+        <v>8.5809979164264423</v>
+      </c>
+      <c r="T92" s="15">
+        <v>5.913342651327814</v>
+      </c>
+      <c r="U92" s="15">
+        <v>5.6569008803215279</v>
+      </c>
+      <c r="V92" s="15">
+        <v>6.4750938214115168</v>
+      </c>
+      <c r="W92" s="15">
+        <v>4.3230040555181795</v>
+      </c>
+      <c r="X92" s="15">
+        <v>8.6407318699893878</v>
+      </c>
+      <c r="Y92" s="15">
+        <v>6.1945019755074782</v>
+      </c>
+      <c r="Z92" s="12"/>
+    </row>
+    <row r="93" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C93" s="11">
+        <v>88</v>
+      </c>
+      <c r="D93" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E93" s="6">
+        <v>6</v>
+      </c>
+      <c r="F93" s="6">
+        <v>3.9</v>
+      </c>
+      <c r="G93" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="H93" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I93" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="J93" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="L93" s="6">
+        <v>4.7</v>
+      </c>
+      <c r="M93" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="N93" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="O93" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="P93" s="6">
+        <v>3</v>
+      </c>
+      <c r="Q93" s="15">
+        <v>3.5151380773276295</v>
+      </c>
+      <c r="R93" s="15">
+        <v>2.449619492438841</v>
+      </c>
+      <c r="S93" s="15">
+        <v>4.6704708109310991</v>
+      </c>
+      <c r="T93" s="15">
+        <v>6.9014446103858456</v>
+      </c>
+      <c r="U93" s="15">
+        <v>2.7643476554185362</v>
+      </c>
+      <c r="V93" s="15">
+        <v>2.4983275085290124</v>
+      </c>
+      <c r="W93" s="15">
+        <v>2.5289139157703073</v>
+      </c>
+      <c r="X93" s="15">
+        <v>3.6575312789261485</v>
+      </c>
+      <c r="Y93" s="15">
+        <v>5.3930696216903584</v>
+      </c>
+      <c r="Z93" s="12"/>
+    </row>
+    <row r="94" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C94" s="11">
+        <v>89</v>
+      </c>
+      <c r="D94" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E94" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="F94" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="G94" s="6">
+        <v>14.7</v>
+      </c>
+      <c r="H94" s="6">
+        <v>10</v>
+      </c>
+      <c r="I94" s="6">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="J94" s="6">
+        <v>12.8</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="L94" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="M94" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="N94" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="O94" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="P94" s="6">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="Q94" s="15">
+        <v>4.9958416964702907</v>
+      </c>
+      <c r="R94" s="15">
+        <v>7.3656577679699948</v>
+      </c>
+      <c r="S94" s="15">
+        <v>6.8045122791861807</v>
+      </c>
+      <c r="T94" s="15">
+        <v>4.7860916177587933</v>
+      </c>
+      <c r="U94" s="15">
+        <v>3.5860931308386079</v>
+      </c>
+      <c r="V94" s="15">
+        <v>5.1197417240880831</v>
+      </c>
+      <c r="W94" s="15">
+        <v>5.1621366387202761</v>
+      </c>
+      <c r="X94" s="15">
+        <v>5.1707251789983388</v>
+      </c>
+      <c r="Y94" s="15">
+        <v>5.133919808172597</v>
+      </c>
+      <c r="Z94" s="12"/>
+    </row>
+    <row r="95" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C95" s="11">
+        <v>90</v>
+      </c>
+      <c r="D95" s="11" t="s">
+        <v>161</v>
+      </c>
+      <c r="E95" s="6">
+        <v>10.7</v>
+      </c>
+      <c r="F95" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G95" s="6">
+        <v>11.3</v>
+      </c>
+      <c r="H95" s="6">
+        <v>9.1</v>
+      </c>
+      <c r="I95" s="6">
+        <v>7.7</v>
+      </c>
+      <c r="J95" s="6">
+        <v>7</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="L95" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="M95" s="6">
+        <v>9</v>
+      </c>
+      <c r="N95" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="O95" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="P95" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="Q95" s="15">
+        <v>9.0006508162897934</v>
+      </c>
+      <c r="R95" s="15">
+        <v>4.8444247591628828</v>
+      </c>
+      <c r="S95" s="15">
+        <v>9.0596122485957604</v>
+      </c>
+      <c r="T95" s="15">
+        <v>5.6703405748307754</v>
+      </c>
+      <c r="U95" s="15">
+        <v>10.009580598572921</v>
+      </c>
+      <c r="V95" s="15">
+        <v>3.5989088108485503</v>
+      </c>
+      <c r="W95" s="15">
+        <v>4.3830492873892366</v>
+      </c>
+      <c r="X95" s="15">
+        <v>2.1860312602470215</v>
+      </c>
+      <c r="Y95" s="15">
+        <v>4.3346650387591295</v>
+      </c>
+      <c r="Z95" s="12"/>
+    </row>
+    <row r="96" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C96" s="11">
+        <v>91</v>
+      </c>
+      <c r="D96" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="E96" s="6">
+        <v>13.3</v>
+      </c>
+      <c r="F96" s="6">
+        <v>13.1</v>
+      </c>
+      <c r="G96" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="H96" s="6">
+        <v>13.6</v>
+      </c>
+      <c r="I96" s="6">
+        <v>13.7</v>
+      </c>
+      <c r="J96" s="6">
+        <v>11.3</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="L96" s="6">
+        <v>13</v>
+      </c>
+      <c r="M96" s="6">
+        <v>11.6</v>
+      </c>
+      <c r="N96" s="6">
+        <v>14.1</v>
+      </c>
+      <c r="O96" s="6">
+        <v>11.6</v>
+      </c>
+      <c r="P96" s="6">
+        <v>13.9</v>
+      </c>
+      <c r="Q96" s="15">
+        <v>12.488374564361283</v>
+      </c>
+      <c r="R96" s="15">
+        <v>15.135857769036029</v>
+      </c>
+      <c r="S96" s="15">
+        <v>13.095691211259538</v>
+      </c>
+      <c r="T96" s="15">
+        <v>15.855314160091412</v>
+      </c>
+      <c r="U96" s="15">
+        <v>11.988704654824575</v>
+      </c>
+      <c r="V96" s="15">
+        <v>10.836096410733839</v>
+      </c>
+      <c r="W96" s="15">
+        <v>11.321732483418222</v>
+      </c>
+      <c r="X96" s="15">
+        <v>13.815608183345136</v>
+      </c>
+      <c r="Y96" s="15">
+        <v>14.43960560524649</v>
+      </c>
+      <c r="Z96" s="12"/>
+    </row>
+    <row r="97" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C97" s="11">
+        <v>92</v>
+      </c>
+      <c r="D97" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E97" s="6">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="F97" s="6">
+        <v>15.9</v>
+      </c>
+      <c r="G97" s="6">
+        <v>11.6</v>
+      </c>
+      <c r="H97" s="6">
+        <v>12.7</v>
+      </c>
+      <c r="I97" s="6">
+        <v>11.9</v>
+      </c>
+      <c r="J97" s="6">
+        <v>11.1</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="L97" s="6">
+        <v>11.4</v>
+      </c>
+      <c r="M97" s="6">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="N97" s="6">
+        <v>12.4</v>
+      </c>
+      <c r="O97" s="6">
+        <v>13.2</v>
+      </c>
+      <c r="P97" s="6">
+        <v>12.7</v>
+      </c>
+      <c r="Q97" s="15">
+        <v>14.386903060299808</v>
+      </c>
+      <c r="R97" s="15">
+        <v>12.798409518040478</v>
+      </c>
+      <c r="S97" s="15">
+        <v>12.7685920042454</v>
+      </c>
+      <c r="T97" s="15">
+        <v>13.269153620215741</v>
+      </c>
+      <c r="U97" s="15">
+        <v>12.647363270338005</v>
+      </c>
+      <c r="V97" s="15">
+        <v>11.062514821325106</v>
+      </c>
+      <c r="W97" s="15">
+        <v>8.9524860505651027</v>
+      </c>
+      <c r="X97" s="15">
+        <v>10.294252113500789</v>
+      </c>
+      <c r="Y97" s="15">
+        <v>9.735729043843234</v>
+      </c>
+      <c r="Z97" s="12"/>
+    </row>
+    <row r="98" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C98" s="11">
+        <v>93</v>
+      </c>
+      <c r="D98" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E98" s="6">
+        <v>31.7</v>
+      </c>
+      <c r="F98" s="6">
+        <v>30.6</v>
+      </c>
+      <c r="G98" s="6">
+        <v>31.8</v>
+      </c>
+      <c r="H98" s="6">
+        <v>30.4</v>
+      </c>
+      <c r="I98" s="6">
+        <v>30.5</v>
+      </c>
+      <c r="J98" s="6">
+        <v>30.3</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="L98" s="6">
+        <v>27.1</v>
+      </c>
+      <c r="M98" s="6">
+        <v>26.8</v>
+      </c>
+      <c r="N98" s="6">
+        <v>23.2</v>
+      </c>
+      <c r="O98" s="6">
+        <v>28.2</v>
+      </c>
+      <c r="P98" s="6">
+        <v>24.6</v>
+      </c>
+      <c r="Q98" s="15">
+        <v>24.339677586199404</v>
+      </c>
+      <c r="R98" s="15">
+        <v>25.914849454375741</v>
+      </c>
+      <c r="S98" s="15">
+        <v>23.551937207850727</v>
+      </c>
+      <c r="T98" s="15">
+        <v>26.406557044205904</v>
+      </c>
+      <c r="U98" s="15">
+        <v>23.825421785362504</v>
+      </c>
+      <c r="V98" s="15">
+        <v>24.278188475473634</v>
+      </c>
+      <c r="W98" s="15">
+        <v>18.540461586184026</v>
+      </c>
+      <c r="X98" s="15">
+        <v>24.337594175907896</v>
+      </c>
+      <c r="Y98" s="15">
+        <v>14.895938724533787</v>
+      </c>
+      <c r="Z98" s="12"/>
+    </row>
+    <row r="99" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C99" s="11">
+        <v>94</v>
+      </c>
+      <c r="D99" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E99" s="6">
+        <v>19.2</v>
+      </c>
+      <c r="F99" s="6">
+        <v>21.1</v>
+      </c>
+      <c r="G99" s="6">
+        <v>12.6</v>
+      </c>
+      <c r="H99" s="6">
+        <v>13.4</v>
+      </c>
+      <c r="I99" s="6">
+        <v>13.3</v>
+      </c>
+      <c r="J99" s="6">
+        <v>11.5</v>
+      </c>
+      <c r="K99" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="L99" s="6">
+        <v>13.9</v>
+      </c>
+      <c r="M99" s="6">
+        <v>15.3</v>
+      </c>
+      <c r="N99" s="6">
+        <v>17.100000000000001</v>
+      </c>
+      <c r="O99" s="6">
+        <v>15.8</v>
+      </c>
+      <c r="P99" s="6">
+        <v>18.3</v>
+      </c>
+      <c r="Q99" s="15">
+        <v>17.220197120609392</v>
+      </c>
+      <c r="R99" s="15">
+        <v>17.031269986590569</v>
+      </c>
+      <c r="S99" s="15">
+        <v>18.704242050157582</v>
+      </c>
+      <c r="T99" s="15">
+        <v>19.284722499985715</v>
+      </c>
+      <c r="U99" s="15">
+        <v>18.4163888861343</v>
+      </c>
+      <c r="V99" s="15">
+        <v>13.543175362367656</v>
+      </c>
+      <c r="W99" s="15">
+        <v>11.424582336894812</v>
+      </c>
+      <c r="X99" s="15">
+        <v>15.203005452857782</v>
+      </c>
+      <c r="Y99" s="15">
+        <v>12.408574395011895</v>
+      </c>
+      <c r="Z99" s="12"/>
+    </row>
+    <row r="100" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C100" s="11">
+        <v>95</v>
+      </c>
+      <c r="D100" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E100" s="6">
+        <v>21.4</v>
+      </c>
+      <c r="F100" s="6">
+        <v>15.8</v>
+      </c>
+      <c r="G100" s="6">
+        <v>16.8</v>
+      </c>
+      <c r="H100" s="6">
+        <v>18</v>
+      </c>
+      <c r="I100" s="6">
+        <v>19</v>
+      </c>
+      <c r="J100" s="6">
+        <v>15.6</v>
+      </c>
+      <c r="K100" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="L100" s="6">
+        <v>12.7</v>
+      </c>
+      <c r="M100" s="6">
+        <v>15.4</v>
+      </c>
+      <c r="N100" s="6">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="O100" s="6">
+        <v>13.4</v>
+      </c>
+      <c r="P100" s="6">
+        <v>12.6</v>
+      </c>
+      <c r="Q100" s="15">
+        <v>13.064551951190833</v>
+      </c>
+      <c r="R100" s="15">
+        <v>13.778090081152952</v>
+      </c>
+      <c r="S100" s="15">
+        <v>16.088439526466292</v>
+      </c>
+      <c r="T100" s="15">
+        <v>14.81720083749396</v>
+      </c>
+      <c r="U100" s="15">
+        <v>14.438785929442998</v>
+      </c>
+      <c r="V100" s="15">
+        <v>11.916750057610779</v>
+      </c>
+      <c r="W100" s="15">
+        <v>11.535075260480832</v>
+      </c>
+      <c r="X100" s="15">
+        <v>11.993377774154506</v>
+      </c>
+      <c r="Y100" s="15">
+        <v>10.096389453466907</v>
+      </c>
+      <c r="Z100" s="12"/>
+    </row>
+    <row r="101" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C101" s="25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D101" s="25"/>
+      <c r="E101" s="4">
+        <v>9</v>
+      </c>
+      <c r="F101" s="4">
+        <v>8.5</v>
+      </c>
+      <c r="G101" s="4">
+        <v>8.4</v>
+      </c>
+      <c r="H101" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="I101" s="4">
+        <v>9</v>
+      </c>
+      <c r="J101" s="4">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="K101" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="L101" s="4">
+        <v>7.6</v>
+      </c>
+      <c r="M101" s="4">
+        <v>7.6</v>
+      </c>
+      <c r="N101" s="4">
+        <v>7.5</v>
+      </c>
+      <c r="O101" s="4">
+        <v>7.2</v>
+      </c>
+      <c r="P101" s="4">
+        <v>7</v>
+      </c>
+      <c r="Q101" s="16">
+        <v>7.1082847190063605</v>
+      </c>
+      <c r="R101" s="16">
+        <v>7.385677550885867</v>
+      </c>
+      <c r="S101" s="16">
+        <v>7.5998393944897877</v>
+      </c>
+      <c r="T101" s="16">
+        <v>7.6285883020434717</v>
+      </c>
+      <c r="U101" s="16">
+        <v>6.8193150087902517</v>
+      </c>
+      <c r="V101" s="16">
+        <v>6.3287412219274417</v>
+      </c>
+      <c r="W101" s="16">
+        <v>6.1</v>
+      </c>
+      <c r="X101" s="16">
+        <v>7.1058203759580714</v>
+      </c>
+      <c r="Y101" s="16">
+        <v>6.5423840764068473</v>
+      </c>
+      <c r="Z101" s="12"/>
+    </row>
+    <row r="102" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C102" s="11">
+        <v>971</v>
+      </c>
+      <c r="D102" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="E102" s="6">
+        <v>7.6</v>
+      </c>
+      <c r="F102" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="G102" s="6">
+        <v>6.5</v>
+      </c>
+      <c r="H102" s="6">
+        <v>5</v>
+      </c>
+      <c r="I102" s="6">
+        <v>7</v>
+      </c>
+      <c r="J102" s="6">
+        <v>4.5</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="L102" s="6">
+        <v>7.9</v>
+      </c>
+      <c r="M102" s="6">
+        <v>6.2</v>
+      </c>
+      <c r="N102" s="6">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="O102" s="6">
+        <v>8</v>
+      </c>
+      <c r="P102" s="6">
+        <v>4.8</v>
+      </c>
+      <c r="Q102" s="15">
+        <v>6.3129400119188306</v>
+      </c>
+      <c r="R102" s="15">
+        <v>4.0646275784981203</v>
+      </c>
+      <c r="S102" s="15">
+        <v>4.6532910400881029</v>
+      </c>
+      <c r="T102" s="15">
+        <v>4.4585018384763462</v>
+      </c>
+      <c r="U102" s="15">
+        <v>2.3702486390822397</v>
+      </c>
+      <c r="V102" s="15">
+        <v>4.2344173441734414</v>
+      </c>
+      <c r="W102" s="15">
+        <v>5.5874097034681851</v>
+      </c>
+      <c r="X102" s="15">
+        <v>2.3774239818681799</v>
+      </c>
+      <c r="Y102" s="15">
+        <v>2.1031212948917815</v>
+      </c>
+      <c r="Z102" s="12"/>
+    </row>
+    <row r="103" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C103" s="11">
+        <v>972</v>
+      </c>
+      <c r="D103" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="E103" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="F103" s="6">
+        <v>6.1</v>
+      </c>
+      <c r="G103" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="H103" s="6">
+        <v>5</v>
+      </c>
+      <c r="I103" s="6">
+        <v>4.3</v>
+      </c>
+      <c r="J103" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="K103" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="L103" s="6">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="M103" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="N103" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="O103" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="P103" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="Q103" s="15">
+        <v>1.0580806945241679</v>
+      </c>
+      <c r="R103" s="15">
+        <v>3.7355248412401938</v>
+      </c>
+      <c r="S103" s="15">
+        <v>2.1701388888888888</v>
+      </c>
+      <c r="T103" s="15">
+        <v>1.3755763664975624</v>
+      </c>
+      <c r="U103" s="15">
+        <v>0.55583192754174993</v>
+      </c>
+      <c r="V103" s="15">
+        <v>0</v>
+      </c>
+      <c r="W103" s="15">
+        <v>1.1504633491138556</v>
+      </c>
+      <c r="X103" s="15">
+        <v>2.2862041866114167</v>
+      </c>
+      <c r="Y103" s="15">
+        <v>1.9692847838991274</v>
+      </c>
+      <c r="Z103" s="12"/>
+    </row>
+    <row r="104" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C104" s="11">
+        <v>973</v>
+      </c>
+      <c r="D104" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="10" t="s">
-[...11 lines deleted...]
-      <c r="H5" s="5">
+      <c r="E104" s="6">
+        <v>26.4</v>
+      </c>
+      <c r="F104" s="6">
+        <v>34.6</v>
+      </c>
+      <c r="G104" s="6">
+        <v>26.2</v>
+      </c>
+      <c r="H104" s="6">
+        <v>22.1</v>
+      </c>
+      <c r="I104" s="6">
+        <v>22.8</v>
+      </c>
+      <c r="J104" s="6">
+        <v>23.6</v>
+      </c>
+      <c r="K104" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="L104" s="6">
+        <v>22.6</v>
+      </c>
+      <c r="M104" s="6">
+        <v>24.2</v>
+      </c>
+      <c r="N104" s="6">
+        <v>28</v>
+      </c>
+      <c r="O104" s="6">
+        <v>24.1</v>
+      </c>
+      <c r="P104" s="6">
+        <v>18.3</v>
+      </c>
+      <c r="Q104" s="15">
+        <v>32.232433323838507</v>
+      </c>
+      <c r="R104" s="15">
+        <v>32.463624326562176</v>
+      </c>
+      <c r="S104" s="15">
+        <v>25.738772330124103</v>
+      </c>
+      <c r="T104" s="15">
+        <v>25.746017302734369</v>
+      </c>
+      <c r="U104" s="15">
+        <v>22.215588400685906</v>
+      </c>
+      <c r="V104" s="15">
+        <v>25.815067738737749</v>
+      </c>
+      <c r="W104" s="15">
+        <v>18.93065071620962</v>
+      </c>
+      <c r="X104" s="15">
+        <v>24.036427035902296</v>
+      </c>
+      <c r="Y104" s="15">
+        <v>25.311779554923138</v>
+      </c>
+      <c r="Z104" s="12"/>
+    </row>
+    <row r="105" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C105" s="11">
+        <v>974</v>
+      </c>
+      <c r="D105" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="E105" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="F105" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="G105" s="6">
+        <v>6.3</v>
+      </c>
+      <c r="H105" s="6">
+        <v>7.8</v>
+      </c>
+      <c r="I105" s="6">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="J105" s="6">
         <v>5.9</v>
       </c>
-      <c r="I5" s="5">
-[...122 lines deleted...]
-      <c r="D7" s="10" t="s">
+      <c r="K105" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="L105" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="M105" s="6">
+        <v>6.4</v>
+      </c>
+      <c r="N105" s="6">
         <v>7</v>
       </c>
-      <c r="E7" s="5">
-[...5 lines deleted...]
-      <c r="G7" s="5">
+      <c r="O105" s="6">
+        <v>6.9</v>
+      </c>
+      <c r="P105" s="6">
         <v>7.6</v>
       </c>
-      <c r="H7" s="5">
-[...125 lines deleted...]
-      <c r="D9" s="10" t="s">
+      <c r="Q105" s="15">
+        <v>6.542117216048748</v>
+      </c>
+      <c r="R105" s="15">
+        <v>7.5509836608330474</v>
+      </c>
+      <c r="S105" s="15">
+        <v>4.9866173107520746</v>
+      </c>
+      <c r="T105" s="15">
+        <v>5.478104482604687</v>
+      </c>
+      <c r="U105" s="15">
+        <v>5.6018616853667709</v>
+      </c>
+      <c r="V105" s="15">
+        <v>4.2716245218955393</v>
+      </c>
+      <c r="W105" s="15">
+        <v>4.4668320539868196</v>
+      </c>
+      <c r="X105" s="15">
+        <v>4.1774867336569947</v>
+      </c>
+      <c r="Y105" s="15">
+        <v>5.1329260468100539</v>
+      </c>
+      <c r="Z105" s="12"/>
+    </row>
+    <row r="106" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C106" s="11">
+        <v>976</v>
+      </c>
+      <c r="D106" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="I106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="J106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="K106" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="L106" s="6">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="M106" s="6">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="N106" s="6">
+        <v>13.8</v>
+      </c>
+      <c r="O106" s="6">
+        <v>13.2</v>
+      </c>
+      <c r="P106" s="6">
+        <v>25.9</v>
+      </c>
+      <c r="Q106" s="15">
+        <v>14.194345640665965</v>
+      </c>
+      <c r="R106" s="15">
+        <v>14.047536864750317</v>
+      </c>
+      <c r="S106" s="15">
+        <v>11.521976249366292</v>
+      </c>
+      <c r="T106" s="15">
+        <v>10.019631054918712</v>
+      </c>
+      <c r="U106" s="15">
+        <v>15.057757254612335</v>
+      </c>
+      <c r="V106" s="15">
+        <v>12.484914062174871</v>
+      </c>
+      <c r="W106" s="15">
+        <v>13.22486791259975</v>
+      </c>
+      <c r="X106" s="15">
+        <v>12.776526093717376</v>
+      </c>
+      <c r="Y106" s="15">
+        <v>4.5553659173595884</v>
+      </c>
+      <c r="Z106" s="12"/>
+    </row>
+    <row r="107" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C107" s="26" t="s">
+        <v>172</v>
+      </c>
+      <c r="D107" s="26"/>
+      <c r="E107" s="17">
+        <v>8.5</v>
+      </c>
+      <c r="F107" s="17">
+        <v>10.1</v>
+      </c>
+      <c r="G107" s="17">
+        <v>8.1</v>
+      </c>
+      <c r="H107" s="17">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I107" s="17">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="J107" s="4">
+        <v>7.1</v>
+      </c>
+      <c r="K107" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="L107" s="4">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="M107" s="4">
+        <v>8.9</v>
+      </c>
+      <c r="N107" s="4">
         <v>9</v>
       </c>
-      <c r="E9" s="5">
-[...5 lines deleted...]
-      <c r="G9" s="5">
+      <c r="O107" s="4">
+        <v>9</v>
+      </c>
+      <c r="P107" s="4">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="Q107" s="16">
+        <v>9.5956217752274746</v>
+      </c>
+      <c r="R107" s="16">
+        <v>10.174017510459725</v>
+      </c>
+      <c r="S107" s="16">
+        <v>7.9883748367116159</v>
+      </c>
+      <c r="T107" s="16">
+        <v>7.8395026508188108</v>
+      </c>
+      <c r="U107" s="16">
+        <v>7.6268906599710267</v>
+      </c>
+      <c r="V107" s="16">
+        <v>7.5265885920781743</v>
+      </c>
+      <c r="W107" s="16">
+        <v>7.3377740454778921</v>
+      </c>
+      <c r="X107" s="16">
+        <v>7.4423709421144943</v>
+      </c>
+      <c r="Y107" s="16">
+        <v>6.6558486939228114</v>
+      </c>
+      <c r="Z107" s="12"/>
+    </row>
+    <row r="108" spans="3:26" s="3" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C108" s="27" t="s">
+        <v>174</v>
+      </c>
+      <c r="D108" s="27"/>
+      <c r="E108" s="18">
+        <v>9</v>
+      </c>
+      <c r="F108" s="18">
+        <v>8.6</v>
+      </c>
+      <c r="G108" s="18">
+        <v>8.4</v>
+      </c>
+      <c r="H108" s="18" t="s">
+        <v>175</v>
+      </c>
+      <c r="I108" s="18">
+        <v>9</v>
+      </c>
+      <c r="J108" s="18">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="K108" s="18" t="s">
+        <v>128</v>
+      </c>
+      <c r="L108" s="18">
+        <v>7.7</v>
+      </c>
+      <c r="M108" s="18">
         <v>7.6</v>
       </c>
-      <c r="H9" s="5">
-[...89 lines deleted...]
-      <c r="O10" s="5">
+      <c r="N108" s="18">
         <v>7.5</v>
       </c>
-      <c r="P10" s="5">
-[...185 lines deleted...]
-      <c r="I13" s="5">
+      <c r="O108" s="18">
         <v>7.3</v>
       </c>
-      <c r="J13" s="5">
-[...5 lines deleted...]
-      <c r="L13" s="5">
+      <c r="P108" s="18">
+        <v>7.1</v>
+      </c>
+      <c r="Q108" s="19">
         <v>7.2</v>
       </c>
-      <c r="M13" s="5">
-[...1178 lines deleted...]
-      <c r="O30" s="5">
+      <c r="R108" s="19">
         <v>7.5</v>
       </c>
-      <c r="P30" s="5">
-[...5293 lines deleted...]
-      <c r="K107" s="12" t="s">
+      <c r="S108" s="19">
+        <v>7.6124185815430039</v>
+      </c>
+      <c r="T108" s="19">
+        <v>7.635376805920024</v>
+      </c>
+      <c r="U108" s="19">
+        <v>6.8452799246145339</v>
+      </c>
+      <c r="V108" s="19">
+        <v>6.3673362099615654</v>
+      </c>
+      <c r="W108" s="19">
+        <v>6.2078764754857731</v>
+      </c>
+      <c r="X108" s="19">
+        <v>7.1167992983473569</v>
+      </c>
+      <c r="Y108" s="19">
+        <v>6.5461113270960212</v>
+      </c>
+      <c r="Z108" s="12"/>
+    </row>
+    <row r="111" spans="3:26" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C111" s="28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D111" s="22"/>
+      <c r="E111" s="22"/>
+      <c r="F111" s="22"/>
+      <c r="G111" s="22"/>
+      <c r="H111" s="22"/>
+      <c r="I111" s="22"/>
+      <c r="J111" s="22"/>
+      <c r="K111" s="22"/>
+      <c r="L111" s="22"/>
+      <c r="M111" s="22"/>
+    </row>
+    <row r="112" spans="3:26" x14ac:dyDescent="0.3">
+      <c r="C112" s="8"/>
+      <c r="D112" s="8"/>
+      <c r="E112" s="10"/>
+      <c r="F112" s="10"/>
+      <c r="G112" s="10"/>
+      <c r="H112" s="10"/>
+      <c r="I112" s="10"/>
+      <c r="J112" s="10"/>
+      <c r="K112" s="10"/>
+      <c r="L112" s="10"/>
+      <c r="M112" s="10"/>
+    </row>
+    <row r="113" spans="3:13" x14ac:dyDescent="0.3">
+      <c r="C113" s="7" t="s">
         <v>176</v>
       </c>
-      <c r="L107" s="12">
-[...41 lines deleted...]
-      <c r="C108" s="14" t="s">
+      <c r="D113" s="8"/>
+      <c r="E113" s="10"/>
+      <c r="F113" s="10"/>
+      <c r="G113" s="10"/>
+      <c r="H113" s="10"/>
+      <c r="I113" s="10"/>
+      <c r="J113" s="10"/>
+      <c r="K113" s="10"/>
+      <c r="L113" s="10"/>
+      <c r="M113" s="10"/>
+    </row>
+    <row r="114" spans="3:13" x14ac:dyDescent="0.3">
+      <c r="C114" s="8"/>
+      <c r="D114" s="8"/>
+      <c r="E114" s="10"/>
+      <c r="F114" s="10"/>
+      <c r="G114" s="10"/>
+      <c r="H114" s="10"/>
+      <c r="I114" s="10"/>
+      <c r="J114" s="10"/>
+      <c r="K114" s="10"/>
+      <c r="L114" s="10"/>
+      <c r="M114" s="10"/>
+    </row>
+    <row r="115" spans="3:13" x14ac:dyDescent="0.3">
+      <c r="C115" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D115" s="8"/>
+      <c r="E115" s="10"/>
+      <c r="F115" s="10"/>
+      <c r="G115" s="10"/>
+      <c r="H115" s="10"/>
+      <c r="I115" s="10"/>
+      <c r="J115" s="10"/>
+      <c r="K115" s="10"/>
+      <c r="L115" s="10"/>
+      <c r="M115" s="10"/>
+    </row>
+    <row r="116" spans="3:13" x14ac:dyDescent="0.3">
+      <c r="C116" s="7"/>
+      <c r="D116" s="8"/>
+      <c r="E116" s="10"/>
+      <c r="F116" s="10"/>
+      <c r="G116" s="10"/>
+      <c r="H116" s="10"/>
+      <c r="I116" s="10"/>
+      <c r="J116" s="10"/>
+      <c r="K116" s="10"/>
+      <c r="L116" s="10"/>
+      <c r="M116" s="10"/>
+    </row>
+    <row r="117" spans="3:13" x14ac:dyDescent="0.3">
+      <c r="C117" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="D117" s="8"/>
+      <c r="E117" s="10"/>
+      <c r="F117" s="10"/>
+      <c r="G117" s="10"/>
+      <c r="H117" s="10"/>
+      <c r="I117" s="10"/>
+      <c r="J117" s="10"/>
+      <c r="K117" s="10"/>
+      <c r="L117" s="10"/>
+      <c r="M117" s="10"/>
+    </row>
+    <row r="118" spans="3:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="C118" s="20" t="s">
         <v>177</v>
       </c>
-      <c r="D108" s="14"/>
-[...9 lines deleted...]
-      <c r="H108" s="15" t="s">
+      <c r="D118" s="8"/>
+      <c r="E118" s="10"/>
+      <c r="F118" s="10"/>
+      <c r="G118" s="10"/>
+      <c r="H118" s="10"/>
+      <c r="I118" s="10"/>
+      <c r="J118" s="10"/>
+      <c r="K118" s="10"/>
+      <c r="L118" s="10"/>
+      <c r="M118" s="10"/>
+    </row>
+    <row r="119" spans="3:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C119" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="I108" s="15">
-[...100 lines deleted...]
-      <c r="M119" s="4"/>
+      <c r="D119" s="21"/>
+      <c r="E119" s="21"/>
+      <c r="F119" s="21"/>
+      <c r="G119" s="21"/>
+      <c r="H119" s="21"/>
+      <c r="I119" s="21"/>
+      <c r="J119" s="21"/>
+      <c r="K119" s="21"/>
+      <c r="L119" s="21"/>
+      <c r="M119" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="C119:M119"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C101:D101"/>
     <mergeCell ref="C107:D107"/>
     <mergeCell ref="C108:D108"/>
     <mergeCell ref="C111:M111"/>
-    <mergeCell ref="C4:D4"/>
-    <mergeCell ref="C101:D101"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="33" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Taux-depart-24-ok</vt:lpstr>
+      <vt:lpstr>'Taux-depart-24-ok'!eztoc152670_0_0_0_0_2</vt:lpstr>
+      <vt:lpstr>'Taux-depart-24-ok'!eztoc152670_0_0_0_0_3</vt:lpstr>
+      <vt:lpstr>'Taux-depart-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>