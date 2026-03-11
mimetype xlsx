--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,8599 +1,9315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28BDD8D1-18E7-43E0-B1CE-D753B97076B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Cas départ-24-ok" sheetId="3" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Cas départ-24-ok'!$A$1:$X$118</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W107" i="1" l="1"/>
-[...6 lines deleted...]
-  <c r="T108" i="1" l="1"/>
+  <c r="S101" i="3" l="1"/>
+  <c r="T101" i="3"/>
+  <c r="W101" i="3"/>
+  <c r="S107" i="3"/>
+  <c r="T107" i="3"/>
+  <c r="W107" i="3"/>
+  <c r="S108" i="3"/>
+  <c r="T108" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="181">
   <si>
+    <t>Guadeloupe</t>
+  </si>
+  <si>
+    <t>Guyane</t>
+  </si>
+  <si>
+    <t>Martinique</t>
+  </si>
+  <si>
     <t> 2010</t>
   </si>
   <si>
-    <t>Guadeloupe</t>
-[...10 lines deleted...]
-  <si>
     <t>Département</t>
+  </si>
+  <si>
+    <t>Ain</t>
+  </si>
+  <si>
+    <t> 39</t>
+  </si>
+  <si>
+    <t>Aisne</t>
+  </si>
+  <si>
+    <t> 26</t>
+  </si>
+  <si>
+    <t>Allier</t>
+  </si>
+  <si>
+    <t> 19</t>
+  </si>
+  <si>
+    <t>Alpes-de-Haute-Provence</t>
+  </si>
+  <si>
+    <t> 5</t>
+  </si>
+  <si>
+    <t>Hautes-Alpes</t>
+  </si>
+  <si>
+    <t> 3</t>
+  </si>
+  <si>
+    <t>Alpes-Maritimes</t>
+  </si>
+  <si>
+    <t> 130</t>
+  </si>
+  <si>
+    <t>Ardèche</t>
+  </si>
+  <si>
+    <t> 8</t>
+  </si>
+  <si>
+    <t>Ardennes</t>
+  </si>
+  <si>
+    <t>Ariège</t>
+  </si>
+  <si>
+    <t>Aube</t>
+  </si>
+  <si>
+    <t> 23</t>
+  </si>
+  <si>
+    <t>Aude</t>
+  </si>
+  <si>
+    <t> 20</t>
+  </si>
+  <si>
+    <t>Aveyron</t>
+  </si>
+  <si>
+    <t>Bouches-du-Rhône</t>
+  </si>
+  <si>
+    <t> 174</t>
+  </si>
+  <si>
+    <t>Calvados</t>
+  </si>
+  <si>
+    <t> 45</t>
+  </si>
+  <si>
+    <t>Cantal</t>
+  </si>
+  <si>
+    <t>Charente</t>
+  </si>
+  <si>
+    <t> 11</t>
+  </si>
+  <si>
+    <t>Charente-Maritime</t>
+  </si>
+  <si>
+    <t> 34</t>
+  </si>
+  <si>
+    <t>Cher</t>
+  </si>
+  <si>
+    <t>Corrèze</t>
+  </si>
+  <si>
+    <t> 13</t>
+  </si>
+  <si>
+    <t>2A</t>
+  </si>
+  <si>
+    <t>Corse-du-Sud</t>
+  </si>
+  <si>
+    <t>ND</t>
+  </si>
+  <si>
+    <t> 10</t>
+  </si>
+  <si>
+    <t>2B</t>
+  </si>
+  <si>
+    <t>Haute-Corse</t>
+  </si>
+  <si>
+    <t>Côte-d'Or</t>
+  </si>
+  <si>
+    <t>Côtes-d'Armor</t>
+  </si>
+  <si>
+    <t>Creuse</t>
+  </si>
+  <si>
+    <t> 9</t>
+  </si>
+  <si>
+    <t>Dordogne</t>
+  </si>
+  <si>
+    <t> 16</t>
+  </si>
+  <si>
+    <t>Doubs</t>
+  </si>
+  <si>
+    <t> 18</t>
+  </si>
+  <si>
+    <t>Drôme</t>
+  </si>
+  <si>
+    <t>Eure</t>
+  </si>
+  <si>
+    <t> 32</t>
+  </si>
+  <si>
+    <t>Eure-et-Loir</t>
+  </si>
+  <si>
+    <t> 36</t>
+  </si>
+  <si>
+    <t>Finistère</t>
+  </si>
+  <si>
+    <t> 100</t>
+  </si>
+  <si>
+    <t>Gard</t>
+  </si>
+  <si>
+    <t> 44</t>
+  </si>
+  <si>
+    <t>Haute-Garonne</t>
+  </si>
+  <si>
+    <t> 105</t>
+  </si>
+  <si>
+    <t>Gers</t>
+  </si>
+  <si>
+    <t>Gironde</t>
+  </si>
+  <si>
+    <t> 74</t>
+  </si>
+  <si>
+    <t>Hérault</t>
+  </si>
+  <si>
+    <t> 58</t>
+  </si>
+  <si>
+    <t>Ille-et-Vilaine</t>
+  </si>
+  <si>
+    <t> 91</t>
+  </si>
+  <si>
+    <t>Indre</t>
+  </si>
+  <si>
+    <t>Indre-et-Loire</t>
+  </si>
+  <si>
+    <t> 29</t>
+  </si>
+  <si>
+    <t>Isère</t>
+  </si>
+  <si>
+    <t> 97</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Landes</t>
+  </si>
+  <si>
+    <t>Loir-et-Cher</t>
+  </si>
+  <si>
+    <t>Loire</t>
+  </si>
+  <si>
+    <t> 54</t>
+  </si>
+  <si>
+    <t>Haute-Loire</t>
+  </si>
+  <si>
+    <t>Loire-Atlantique</t>
+  </si>
+  <si>
+    <t> 95</t>
+  </si>
+  <si>
+    <t>Loiret</t>
+  </si>
+  <si>
+    <t> 43</t>
+  </si>
+  <si>
+    <t>Lot</t>
+  </si>
+  <si>
+    <t>Lot-et-Garonne</t>
+  </si>
+  <si>
+    <t> 14</t>
+  </si>
+  <si>
+    <t>Lozère</t>
+  </si>
+  <si>
+    <t> 1</t>
+  </si>
+  <si>
+    <t>Maine-et- Loire</t>
+  </si>
+  <si>
+    <t> 38</t>
+  </si>
+  <si>
+    <t>Manche</t>
+  </si>
+  <si>
+    <t> 28</t>
+  </si>
+  <si>
+    <t>Marne</t>
+  </si>
+  <si>
+    <t> 27</t>
+  </si>
+  <si>
+    <t>Haute-Marne</t>
+  </si>
+  <si>
+    <t>Mayenne</t>
+  </si>
+  <si>
+    <t>Meurthe-et-Moselle</t>
+  </si>
+  <si>
+    <t> 40</t>
+  </si>
+  <si>
+    <t>Meuse</t>
+  </si>
+  <si>
+    <t> 4</t>
+  </si>
+  <si>
+    <t>Morbihan</t>
+  </si>
+  <si>
+    <t> 56</t>
+  </si>
+  <si>
+    <t>Moselle</t>
+  </si>
+  <si>
+    <t> 75</t>
+  </si>
+  <si>
+    <t>Nièvre</t>
+  </si>
+  <si>
+    <t>Nord</t>
+  </si>
+  <si>
+    <t> 133</t>
+  </si>
+  <si>
+    <t>Oise</t>
+  </si>
+  <si>
+    <t> 55</t>
+  </si>
+  <si>
+    <t>Orne</t>
+  </si>
+  <si>
+    <t>Pas-de-Calais</t>
+  </si>
+  <si>
+    <t> 61</t>
+  </si>
+  <si>
+    <t>Puy-de-Dôme</t>
+  </si>
+  <si>
+    <t> 25</t>
+  </si>
+  <si>
+    <t>Pyrénées-Atlantique</t>
+  </si>
+  <si>
+    <t>Hautes-Pyrénées</t>
+  </si>
+  <si>
+    <t>Pyrénées-Orientales</t>
+  </si>
+  <si>
+    <t> 37</t>
+  </si>
+  <si>
+    <t>Bas-Rhin</t>
+  </si>
+  <si>
+    <t> 73</t>
+  </si>
+  <si>
+    <t>Haut-Rhin</t>
+  </si>
+  <si>
+    <t>Rhône</t>
+  </si>
+  <si>
+    <t> 158</t>
+  </si>
+  <si>
+    <t>Haute-Saône</t>
+  </si>
+  <si>
+    <t>Saône-et-Loire</t>
+  </si>
+  <si>
+    <t>Sarthe</t>
+  </si>
+  <si>
+    <t>Savoie</t>
+  </si>
+  <si>
+    <t> 21</t>
+  </si>
+  <si>
+    <t>Haute-Savoie</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t> 491</t>
+  </si>
+  <si>
+    <t>Seine-Maritime</t>
+  </si>
+  <si>
+    <t> 78</t>
+  </si>
+  <si>
+    <t>Seine-et-Marne</t>
+  </si>
+  <si>
+    <t> 111</t>
+  </si>
+  <si>
+    <t>Yvelines</t>
+  </si>
+  <si>
+    <t> 109</t>
+  </si>
+  <si>
+    <t>Deux-Sèvres</t>
+  </si>
+  <si>
+    <t>Somme</t>
+  </si>
+  <si>
+    <t>Tarn</t>
+  </si>
+  <si>
+    <t>Tarn-et Garonne</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Vaucluse</t>
+  </si>
+  <si>
+    <t>Vendée</t>
+  </si>
+  <si>
+    <t>Vienne</t>
+  </si>
+  <si>
+    <t> 24</t>
+  </si>
+  <si>
+    <t>Haute-Vienne</t>
+  </si>
+  <si>
+    <t>Vosges</t>
+  </si>
+  <si>
+    <t>Yonne</t>
+  </si>
+  <si>
+    <t>Territoire-de-Belfort</t>
+  </si>
+  <si>
+    <t>Essonne</t>
+  </si>
+  <si>
+    <t> 171</t>
+  </si>
+  <si>
+    <t>Hauts-de-Seine</t>
+  </si>
+  <si>
+    <t> 165</t>
+  </si>
+  <si>
+    <t>Seine-Saint-Denis</t>
+  </si>
+  <si>
+    <t> 477</t>
+  </si>
+  <si>
+    <t>Val-de-Marne</t>
+  </si>
+  <si>
+    <t> 227</t>
+  </si>
+  <si>
+    <t>Val-d'Oise</t>
+  </si>
+  <si>
+    <t> 161</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total France métropolitaine </t>
+  </si>
+  <si>
+    <t> 5049</t>
+  </si>
+  <si>
+    <t> 15</t>
+  </si>
+  <si>
+    <t>Réunion</t>
+  </si>
+  <si>
+    <t> 48</t>
+  </si>
+  <si>
+    <t>Mayotte**</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total DOM </t>
+  </si>
+  <si>
+    <t> 138</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total France entière </t>
+  </si>
+  <si>
+    <t> 5187</t>
+  </si>
+  <si>
+    <t>* Sans la Corse-du-Sud.</t>
+  </si>
+  <si>
+    <t>** Mayotte, devenu département français d'outre-mer en 2011, est intégré aux données depuis.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N.B. Le département correspond au département de déclaration de la tuberculose jusqu'en 2018 et au département de domicile à partir de 2019. </t>
+  </si>
+  <si>
+    <t>Source : Santé publique France (déclaration obligatoire de tuberculose, mise à jour le 17 septembre 2025)</t>
+  </si>
+  <si>
+    <t>Des écarts peuvent exister entre les données de ce tableau et les données disponibles localement. Ces écarts peuvent s'expliquer par des saisies de fiches de DO après la réalisation des analyses nationales, ou bien au contraire par la non saisie de certaines fiches en région, etc.</t>
+  </si>
+  <si>
+    <t>Nombre de cas de tuberculose maladie déclarés par département, France, 2004-2024</t>
   </si>
   <si>
     <r>
       <t>2007</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="12"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="11"/>
+        <sz val="12"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
       <t>2011</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="12"/>
         <color theme="0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>**</t>
     </r>
   </si>
-  <si>
-[...517 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="8" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="hair">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...5 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>12</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:col>21</xdr:col>
+      <xdr:colOff>106891</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>109537</xdr:rowOff>
+      <xdr:rowOff>334433</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>13</xdr:col>
-      <xdr:colOff>174971</xdr:colOff>
+      <xdr:col>23</xdr:col>
+      <xdr:colOff>474184</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>145022</xdr:rowOff>
+      <xdr:rowOff>304800</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="12439650" y="109537"/>
-[...44 lines deleted...]
-          <a:ext cx="1070321" cy="587935"/>
+          <a:off x="17937691" y="334433"/>
+          <a:ext cx="1967493" cy="1024467"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:X118"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:AA118"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="AE10" sqref="AE10"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="75" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="Z3" sqref="Z3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="20" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="4.7265625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.453125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="25.1796875" style="2" customWidth="1"/>
+    <col min="4" max="17" width="11.453125" style="6"/>
+    <col min="18" max="18" width="10.81640625" style="6" customWidth="1"/>
+    <col min="19" max="19" width="10.81640625" style="18" customWidth="1"/>
+    <col min="20" max="24" width="11.453125" style="6"/>
+    <col min="25" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:24" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="B2" s="9" t="s">
+    <row r="1" spans="2:27" ht="27" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:27" ht="55.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="3"/>
+      <c r="U2" s="3"/>
+      <c r="V2" s="3"/>
+    </row>
+    <row r="3" spans="2:27" ht="40.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="4" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="C2" s="10"/>
-[...7 lines deleted...]
-      <c r="B4" s="12" t="s">
+      <c r="C4" s="22"/>
+      <c r="D4" s="9">
+        <v>2004</v>
+      </c>
+      <c r="E4" s="9">
+        <v>2005</v>
+      </c>
+      <c r="F4" s="9">
+        <v>2006</v>
+      </c>
+      <c r="G4" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="H4" s="9">
+        <v>2008</v>
+      </c>
+      <c r="I4" s="9">
+        <v>2009</v>
+      </c>
+      <c r="J4" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="L4" s="9">
+        <v>2012</v>
+      </c>
+      <c r="M4" s="9">
+        <v>2013</v>
+      </c>
+      <c r="N4" s="9">
+        <v>2014</v>
+      </c>
+      <c r="O4" s="9">
+        <v>2015</v>
+      </c>
+      <c r="P4" s="10">
+        <v>2016</v>
+      </c>
+      <c r="Q4" s="10">
+        <v>2017</v>
+      </c>
+      <c r="R4" s="10">
+        <v>2018</v>
+      </c>
+      <c r="S4" s="10">
+        <v>2019</v>
+      </c>
+      <c r="T4" s="10">
+        <v>2020</v>
+      </c>
+      <c r="U4" s="10">
+        <v>2021</v>
+      </c>
+      <c r="V4" s="10">
+        <v>2022</v>
+      </c>
+      <c r="W4" s="10">
+        <v>2023</v>
+      </c>
+      <c r="X4" s="10">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="5" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="23">
+        <v>1</v>
+      </c>
+      <c r="C5" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="12"/>
-[...9 lines deleted...]
-      <c r="G4" s="13" t="s">
+      <c r="D5" s="5">
+        <v>17</v>
+      </c>
+      <c r="E5" s="5">
+        <v>19</v>
+      </c>
+      <c r="F5" s="5">
+        <v>26</v>
+      </c>
+      <c r="G5" s="5">
+        <v>34</v>
+      </c>
+      <c r="H5" s="5">
+        <v>34</v>
+      </c>
+      <c r="I5" s="5">
+        <v>40</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="H4" s="3">
-[...5 lines deleted...]
-      <c r="J4" s="13" t="s">
+      <c r="K5" s="5">
+        <v>27</v>
+      </c>
+      <c r="L5" s="5">
+        <v>20</v>
+      </c>
+      <c r="M5" s="5">
+        <v>40</v>
+      </c>
+      <c r="N5" s="5">
+        <v>33</v>
+      </c>
+      <c r="O5" s="5">
+        <v>29</v>
+      </c>
+      <c r="P5" s="11">
+        <v>27</v>
+      </c>
+      <c r="Q5" s="11">
+        <v>46</v>
+      </c>
+      <c r="R5" s="11">
+        <v>32</v>
+      </c>
+      <c r="S5" s="11">
+        <v>33</v>
+      </c>
+      <c r="T5" s="11">
+        <v>37</v>
+      </c>
+      <c r="U5" s="11">
+        <v>25</v>
+      </c>
+      <c r="V5" s="11">
+        <v>30</v>
+      </c>
+      <c r="W5" s="11">
+        <v>37</v>
+      </c>
+      <c r="X5" s="11">
+        <v>36</v>
+      </c>
+      <c r="Y5" s="14"/>
+      <c r="Z5" s="12"/>
+      <c r="AA5" s="13"/>
+    </row>
+    <row r="6" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="23">
+        <v>2</v>
+      </c>
+      <c r="C6" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="5">
+        <v>29</v>
+      </c>
+      <c r="E6" s="5">
+        <v>20</v>
+      </c>
+      <c r="F6" s="5">
+        <v>22</v>
+      </c>
+      <c r="G6" s="5">
+        <v>29</v>
+      </c>
+      <c r="H6" s="5">
+        <v>23</v>
+      </c>
+      <c r="I6" s="5">
+        <v>25</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="K6" s="5">
+        <v>23</v>
+      </c>
+      <c r="L6" s="5">
+        <v>15</v>
+      </c>
+      <c r="M6" s="5">
+        <v>16</v>
+      </c>
+      <c r="N6" s="5">
+        <v>15</v>
+      </c>
+      <c r="O6" s="5">
+        <v>14</v>
+      </c>
+      <c r="P6" s="11">
+        <v>24</v>
+      </c>
+      <c r="Q6" s="11">
+        <v>27</v>
+      </c>
+      <c r="R6" s="11">
+        <v>23</v>
+      </c>
+      <c r="S6" s="11">
+        <v>15</v>
+      </c>
+      <c r="T6" s="11">
+        <v>12</v>
+      </c>
+      <c r="U6" s="11">
+        <v>23</v>
+      </c>
+      <c r="V6" s="11">
+        <v>23</v>
+      </c>
+      <c r="W6" s="11">
+        <v>13</v>
+      </c>
+      <c r="X6" s="11">
+        <v>8</v>
+      </c>
+      <c r="Y6" s="14"/>
+      <c r="Z6" s="12"/>
+      <c r="AA6" s="13"/>
+    </row>
+    <row r="7" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="23">
+        <v>3</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="5">
+        <v>21</v>
+      </c>
+      <c r="E7" s="5">
+        <v>23</v>
+      </c>
+      <c r="F7" s="5">
+        <v>26</v>
+      </c>
+      <c r="G7" s="5">
+        <v>21</v>
+      </c>
+      <c r="H7" s="5">
+        <v>14</v>
+      </c>
+      <c r="I7" s="5">
+        <v>23</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="K7" s="5">
+        <v>15</v>
+      </c>
+      <c r="L7" s="5">
+        <v>11</v>
+      </c>
+      <c r="M7" s="5">
+        <v>12</v>
+      </c>
+      <c r="N7" s="5">
+        <v>10</v>
+      </c>
+      <c r="O7" s="5">
+        <v>18</v>
+      </c>
+      <c r="P7" s="11">
+        <v>17</v>
+      </c>
+      <c r="Q7" s="11">
+        <v>24</v>
+      </c>
+      <c r="R7" s="11">
+        <v>16</v>
+      </c>
+      <c r="S7" s="11">
+        <v>12</v>
+      </c>
+      <c r="T7" s="11">
+        <v>14</v>
+      </c>
+      <c r="U7" s="11">
+        <v>8</v>
+      </c>
+      <c r="V7" s="11">
+        <v>9</v>
+      </c>
+      <c r="W7" s="11">
+        <v>11</v>
+      </c>
+      <c r="X7" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y7" s="14"/>
+      <c r="Z7" s="12"/>
+      <c r="AA7" s="13"/>
+    </row>
+    <row r="8" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="23">
+        <v>4</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="5">
+        <v>4</v>
+      </c>
+      <c r="E8" s="5">
+        <v>7</v>
+      </c>
+      <c r="F8" s="5">
+        <v>10</v>
+      </c>
+      <c r="G8" s="5">
+        <v>6</v>
+      </c>
+      <c r="H8" s="5">
+        <v>3</v>
+      </c>
+      <c r="I8" s="5">
+        <v>6</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K8" s="5">
+        <v>9</v>
+      </c>
+      <c r="L8" s="5">
+        <v>1</v>
+      </c>
+      <c r="M8" s="5">
+        <v>4</v>
+      </c>
+      <c r="N8" s="5">
+        <v>7</v>
+      </c>
+      <c r="O8" s="5">
+        <v>4</v>
+      </c>
+      <c r="P8" s="11">
+        <v>2</v>
+      </c>
+      <c r="Q8" s="11">
+        <v>4</v>
+      </c>
+      <c r="R8" s="11">
+        <v>10</v>
+      </c>
+      <c r="S8" s="11">
+        <v>5</v>
+      </c>
+      <c r="T8" s="11">
+        <v>6</v>
+      </c>
+      <c r="U8" s="11">
+        <v>5</v>
+      </c>
+      <c r="V8" s="11">
+        <v>5</v>
+      </c>
+      <c r="W8" s="11">
+        <v>10</v>
+      </c>
+      <c r="X8" s="11">
+        <v>5</v>
+      </c>
+      <c r="Y8" s="14"/>
+      <c r="Z8" s="12"/>
+      <c r="AA8" s="13"/>
+    </row>
+    <row r="9" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="23">
+        <v>5</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="5">
+        <v>12</v>
+      </c>
+      <c r="E9" s="5">
+        <v>3</v>
+      </c>
+      <c r="F9" s="5">
+        <v>10</v>
+      </c>
+      <c r="G9" s="5">
+        <v>7</v>
+      </c>
+      <c r="H9" s="5">
+        <v>9</v>
+      </c>
+      <c r="I9" s="5">
+        <v>5</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="K9" s="5">
+        <v>8</v>
+      </c>
+      <c r="L9" s="5">
+        <v>4</v>
+      </c>
+      <c r="M9" s="5">
+        <v>6</v>
+      </c>
+      <c r="N9" s="5">
+        <v>3</v>
+      </c>
+      <c r="O9" s="5">
+        <v>7</v>
+      </c>
+      <c r="P9" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q9" s="11">
+        <v>6</v>
+      </c>
+      <c r="R9" s="11">
+        <v>8</v>
+      </c>
+      <c r="S9" s="11">
+        <v>5</v>
+      </c>
+      <c r="T9" s="11">
+        <v>4</v>
+      </c>
+      <c r="U9" s="11">
+        <v>3</v>
+      </c>
+      <c r="V9" s="11">
+        <v>1</v>
+      </c>
+      <c r="W9" s="11">
+        <v>5</v>
+      </c>
+      <c r="X9" s="11">
+        <v>5</v>
+      </c>
+      <c r="Y9" s="14"/>
+      <c r="Z9" s="12"/>
+      <c r="AA9" s="13"/>
+    </row>
+    <row r="10" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="23">
+        <v>6</v>
+      </c>
+      <c r="C10" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="5">
+        <v>124</v>
+      </c>
+      <c r="E10" s="5">
+        <v>131</v>
+      </c>
+      <c r="F10" s="5">
+        <v>127</v>
+      </c>
+      <c r="G10" s="5">
+        <v>103</v>
+      </c>
+      <c r="H10" s="5">
+        <v>113</v>
+      </c>
+      <c r="I10" s="5">
+        <v>90</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K10" s="5">
+        <v>107</v>
+      </c>
+      <c r="L10" s="5">
+        <v>84</v>
+      </c>
+      <c r="M10" s="5">
+        <v>68</v>
+      </c>
+      <c r="N10" s="5">
+        <v>81</v>
+      </c>
+      <c r="O10" s="5">
+        <v>90</v>
+      </c>
+      <c r="P10" s="11">
+        <v>76</v>
+      </c>
+      <c r="Q10" s="11">
+        <v>76</v>
+      </c>
+      <c r="R10" s="11">
+        <v>80</v>
+      </c>
+      <c r="S10" s="11">
+        <v>82</v>
+      </c>
+      <c r="T10" s="11">
+        <v>77</v>
+      </c>
+      <c r="U10" s="11">
+        <v>78</v>
+      </c>
+      <c r="V10" s="11">
+        <v>63</v>
+      </c>
+      <c r="W10" s="11">
+        <v>71</v>
+      </c>
+      <c r="X10" s="11">
+        <v>75</v>
+      </c>
+      <c r="Y10" s="14"/>
+      <c r="Z10" s="12"/>
+      <c r="AA10" s="13"/>
+    </row>
+    <row r="11" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="23">
+        <v>7</v>
+      </c>
+      <c r="C11" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="5">
+        <v>8</v>
+      </c>
+      <c r="E11" s="5">
+        <v>19</v>
+      </c>
+      <c r="F11" s="5">
+        <v>11</v>
+      </c>
+      <c r="G11" s="5">
+        <v>15</v>
+      </c>
+      <c r="H11" s="5">
+        <v>21</v>
+      </c>
+      <c r="I11" s="5">
+        <v>15</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" s="5">
+        <v>19</v>
+      </c>
+      <c r="L11" s="5">
+        <v>13</v>
+      </c>
+      <c r="M11" s="5">
+        <v>11</v>
+      </c>
+      <c r="N11" s="5">
+        <v>5</v>
+      </c>
+      <c r="O11" s="5">
+        <v>12</v>
+      </c>
+      <c r="P11" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q11" s="11">
+        <v>22</v>
+      </c>
+      <c r="R11" s="11">
+        <v>14</v>
+      </c>
+      <c r="S11" s="11">
         <v>0</v>
       </c>
-      <c r="K4" s="13" t="s">
+      <c r="T11" s="11">
+        <v>6</v>
+      </c>
+      <c r="U11" s="11">
+        <v>10</v>
+      </c>
+      <c r="V11" s="11">
+        <v>15</v>
+      </c>
+      <c r="W11" s="11">
+        <v>18</v>
+      </c>
+      <c r="X11" s="11">
+        <v>8</v>
+      </c>
+      <c r="Y11" s="14"/>
+      <c r="Z11" s="12"/>
+      <c r="AA11" s="13"/>
+    </row>
+    <row r="12" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="23">
+        <v>8</v>
+      </c>
+      <c r="C12" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="5">
+        <v>23</v>
+      </c>
+      <c r="E12" s="5">
+        <v>15</v>
+      </c>
+      <c r="F12" s="5">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5">
+        <v>12</v>
+      </c>
+      <c r="H12" s="5">
+        <v>10</v>
+      </c>
+      <c r="I12" s="5">
+        <v>11</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" s="5">
+        <v>12</v>
+      </c>
+      <c r="L12" s="5">
+        <v>11</v>
+      </c>
+      <c r="M12" s="5">
+        <v>13</v>
+      </c>
+      <c r="N12" s="5">
+        <v>12</v>
+      </c>
+      <c r="O12" s="5">
+        <v>11</v>
+      </c>
+      <c r="P12" s="11">
+        <v>13</v>
+      </c>
+      <c r="Q12" s="11">
+        <v>10</v>
+      </c>
+      <c r="R12" s="11">
+        <v>9</v>
+      </c>
+      <c r="S12" s="11">
+        <v>11</v>
+      </c>
+      <c r="T12" s="11">
+        <v>3</v>
+      </c>
+      <c r="U12" s="11">
+        <v>14</v>
+      </c>
+      <c r="V12" s="11">
+        <v>8</v>
+      </c>
+      <c r="W12" s="11">
+        <v>10</v>
+      </c>
+      <c r="X12" s="11">
+        <v>11</v>
+      </c>
+      <c r="Y12" s="14"/>
+      <c r="Z12" s="12"/>
+      <c r="AA12" s="13"/>
+    </row>
+    <row r="13" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="23">
+        <v>9</v>
+      </c>
+      <c r="C13" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="5">
+        <v>13</v>
+      </c>
+      <c r="E13" s="5">
+        <v>6</v>
+      </c>
+      <c r="F13" s="5">
+        <v>5</v>
+      </c>
+      <c r="G13" s="5">
+        <v>4</v>
+      </c>
+      <c r="H13" s="5">
+        <v>11</v>
+      </c>
+      <c r="I13" s="5">
+        <v>9</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K13" s="5">
+        <v>11</v>
+      </c>
+      <c r="L13" s="5">
+        <v>5</v>
+      </c>
+      <c r="M13" s="5">
+        <v>9</v>
+      </c>
+      <c r="N13" s="5">
         <v>7</v>
       </c>
-      <c r="L4" s="3">
-[...37 lines deleted...]
-      <c r="B5" s="15">
+      <c r="O13" s="5">
+        <v>7</v>
+      </c>
+      <c r="P13" s="11">
+        <v>6</v>
+      </c>
+      <c r="Q13" s="11">
+        <v>4</v>
+      </c>
+      <c r="R13" s="11">
+        <v>7</v>
+      </c>
+      <c r="S13" s="11">
+        <v>6</v>
+      </c>
+      <c r="T13" s="11">
+        <v>7</v>
+      </c>
+      <c r="U13" s="11">
+        <v>7</v>
+      </c>
+      <c r="V13" s="11">
+        <v>2</v>
+      </c>
+      <c r="W13" s="11">
+        <v>2</v>
+      </c>
+      <c r="X13" s="11">
+        <v>5</v>
+      </c>
+      <c r="Y13" s="14"/>
+      <c r="Z13" s="12"/>
+      <c r="AA13" s="13"/>
+    </row>
+    <row r="14" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="23">
+        <v>10</v>
+      </c>
+      <c r="C14" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="5">
+        <v>21</v>
+      </c>
+      <c r="E14" s="5">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5">
+        <v>15</v>
+      </c>
+      <c r="G14" s="5">
+        <v>16</v>
+      </c>
+      <c r="H14" s="5">
+        <v>23</v>
+      </c>
+      <c r="I14" s="5">
+        <v>6</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" s="5">
+        <v>20</v>
+      </c>
+      <c r="L14" s="5">
+        <v>17</v>
+      </c>
+      <c r="M14" s="5">
+        <v>18</v>
+      </c>
+      <c r="N14" s="5">
+        <v>16</v>
+      </c>
+      <c r="O14" s="5">
+        <v>15</v>
+      </c>
+      <c r="P14" s="11">
+        <v>16</v>
+      </c>
+      <c r="Q14" s="11">
+        <v>19</v>
+      </c>
+      <c r="R14" s="11">
+        <v>10</v>
+      </c>
+      <c r="S14" s="11">
+        <v>17</v>
+      </c>
+      <c r="T14" s="11">
+        <v>13</v>
+      </c>
+      <c r="U14" s="11">
+        <v>7</v>
+      </c>
+      <c r="V14" s="11">
+        <v>17</v>
+      </c>
+      <c r="W14" s="11">
+        <v>12</v>
+      </c>
+      <c r="X14" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y14" s="14"/>
+      <c r="Z14" s="12"/>
+      <c r="AA14" s="13"/>
+    </row>
+    <row r="15" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="23">
+        <v>11</v>
+      </c>
+      <c r="C15" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="D15" s="5">
+        <v>9</v>
+      </c>
+      <c r="E15" s="5">
+        <v>15</v>
+      </c>
+      <c r="F15" s="5">
+        <v>10</v>
+      </c>
+      <c r="G15" s="5">
+        <v>18</v>
+      </c>
+      <c r="H15" s="5">
+        <v>18</v>
+      </c>
+      <c r="I15" s="5">
+        <v>13</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" s="5">
+        <v>14</v>
+      </c>
+      <c r="L15" s="5">
+        <v>15</v>
+      </c>
+      <c r="M15" s="5">
+        <v>23</v>
+      </c>
+      <c r="N15" s="5">
+        <v>18</v>
+      </c>
+      <c r="O15" s="5">
+        <v>15</v>
+      </c>
+      <c r="P15" s="11">
+        <v>13</v>
+      </c>
+      <c r="Q15" s="11">
+        <v>14</v>
+      </c>
+      <c r="R15" s="11">
+        <v>15</v>
+      </c>
+      <c r="S15" s="11">
+        <v>11</v>
+      </c>
+      <c r="T15" s="11">
+        <v>31</v>
+      </c>
+      <c r="U15" s="11">
+        <v>13</v>
+      </c>
+      <c r="V15" s="11">
+        <v>14</v>
+      </c>
+      <c r="W15" s="11">
+        <v>14</v>
+      </c>
+      <c r="X15" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y15" s="14"/>
+      <c r="Z15" s="12"/>
+      <c r="AA15" s="13"/>
+    </row>
+    <row r="16" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="23">
+        <v>12</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="5">
+        <v>8</v>
+      </c>
+      <c r="E16" s="5">
+        <v>8</v>
+      </c>
+      <c r="F16" s="5">
+        <v>9</v>
+      </c>
+      <c r="G16" s="5">
+        <v>9</v>
+      </c>
+      <c r="H16" s="5">
+        <v>12</v>
+      </c>
+      <c r="I16" s="5">
+        <v>4</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K16" s="5">
+        <v>12</v>
+      </c>
+      <c r="L16" s="5">
+        <v>10</v>
+      </c>
+      <c r="M16" s="5">
+        <v>10</v>
+      </c>
+      <c r="N16" s="5">
+        <v>7</v>
+      </c>
+      <c r="O16" s="5">
+        <v>5</v>
+      </c>
+      <c r="P16" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q16" s="11">
+        <v>9</v>
+      </c>
+      <c r="R16" s="11">
+        <v>11</v>
+      </c>
+      <c r="S16" s="11">
+        <v>18</v>
+      </c>
+      <c r="T16" s="11">
+        <v>6</v>
+      </c>
+      <c r="U16" s="11">
+        <v>7</v>
+      </c>
+      <c r="V16" s="11">
+        <v>12</v>
+      </c>
+      <c r="W16" s="11">
+        <v>14</v>
+      </c>
+      <c r="X16" s="11">
+        <v>9</v>
+      </c>
+      <c r="Y16" s="14"/>
+      <c r="Z16" s="12"/>
+      <c r="AA16" s="13"/>
+    </row>
+    <row r="17" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="23">
+        <v>13</v>
+      </c>
+      <c r="C17" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="5">
+        <v>209</v>
+      </c>
+      <c r="E17" s="5">
+        <v>171</v>
+      </c>
+      <c r="F17" s="5">
+        <v>153</v>
+      </c>
+      <c r="G17" s="5">
+        <v>182</v>
+      </c>
+      <c r="H17" s="5">
+        <v>157</v>
+      </c>
+      <c r="I17" s="5">
+        <v>153</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K17" s="5">
+        <v>147</v>
+      </c>
+      <c r="L17" s="5">
+        <v>175</v>
+      </c>
+      <c r="M17" s="5">
+        <v>143</v>
+      </c>
+      <c r="N17" s="5">
+        <v>140</v>
+      </c>
+      <c r="O17" s="5">
+        <v>115</v>
+      </c>
+      <c r="P17" s="11">
+        <v>108</v>
+      </c>
+      <c r="Q17" s="11">
+        <v>112</v>
+      </c>
+      <c r="R17" s="11">
+        <v>161</v>
+      </c>
+      <c r="S17" s="11">
+        <v>123</v>
+      </c>
+      <c r="T17" s="11">
+        <v>116</v>
+      </c>
+      <c r="U17" s="11">
+        <v>125</v>
+      </c>
+      <c r="V17" s="11">
+        <v>116</v>
+      </c>
+      <c r="W17" s="11">
+        <v>144</v>
+      </c>
+      <c r="X17" s="11">
+        <v>166</v>
+      </c>
+      <c r="Y17" s="14"/>
+      <c r="Z17" s="12"/>
+      <c r="AA17" s="13"/>
+    </row>
+    <row r="18" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="23">
+        <v>14</v>
+      </c>
+      <c r="C18" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" s="5">
+        <v>49</v>
+      </c>
+      <c r="E18" s="5">
+        <v>38</v>
+      </c>
+      <c r="F18" s="5">
+        <v>47</v>
+      </c>
+      <c r="G18" s="5">
+        <v>33</v>
+      </c>
+      <c r="H18" s="5">
+        <v>41</v>
+      </c>
+      <c r="I18" s="5">
+        <v>48</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K18" s="5">
+        <v>40</v>
+      </c>
+      <c r="L18" s="5">
+        <v>54</v>
+      </c>
+      <c r="M18" s="5">
+        <v>40</v>
+      </c>
+      <c r="N18" s="5">
+        <v>36</v>
+      </c>
+      <c r="O18" s="5">
+        <v>32</v>
+      </c>
+      <c r="P18" s="11">
+        <v>27</v>
+      </c>
+      <c r="Q18" s="11">
+        <v>57</v>
+      </c>
+      <c r="R18" s="11">
+        <v>51</v>
+      </c>
+      <c r="S18" s="11">
+        <v>44</v>
+      </c>
+      <c r="T18" s="11">
+        <v>22</v>
+      </c>
+      <c r="U18" s="11">
+        <v>24</v>
+      </c>
+      <c r="V18" s="11">
+        <v>34</v>
+      </c>
+      <c r="W18" s="11">
+        <v>32</v>
+      </c>
+      <c r="X18" s="11">
+        <v>28</v>
+      </c>
+      <c r="Y18" s="14"/>
+      <c r="Z18" s="12"/>
+      <c r="AA18" s="13"/>
+    </row>
+    <row r="19" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="23">
+        <v>15</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" s="5">
+        <v>9</v>
+      </c>
+      <c r="E19" s="5">
+        <v>4</v>
+      </c>
+      <c r="F19" s="5">
+        <v>5</v>
+      </c>
+      <c r="G19" s="5">
+        <v>4</v>
+      </c>
+      <c r="H19" s="5">
+        <v>5</v>
+      </c>
+      <c r="I19" s="5">
+        <v>2</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K19" s="5">
+        <v>6</v>
+      </c>
+      <c r="L19" s="5">
+        <v>3</v>
+      </c>
+      <c r="M19" s="5">
+        <v>4</v>
+      </c>
+      <c r="N19" s="5">
+        <v>4</v>
+      </c>
+      <c r="O19" s="5">
+        <v>0</v>
+      </c>
+      <c r="P19" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q19" s="11">
+        <v>6</v>
+      </c>
+      <c r="R19" s="11">
+        <v>5</v>
+      </c>
+      <c r="S19" s="11">
+        <v>4</v>
+      </c>
+      <c r="T19" s="11">
+        <v>8</v>
+      </c>
+      <c r="U19" s="11">
+        <v>3</v>
+      </c>
+      <c r="V19" s="11">
+        <v>5</v>
+      </c>
+      <c r="W19" s="11">
+        <v>9</v>
+      </c>
+      <c r="X19" s="11">
+        <v>2</v>
+      </c>
+      <c r="Y19" s="14"/>
+      <c r="Z19" s="12"/>
+      <c r="AA19" s="13"/>
+    </row>
+    <row r="20" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="23">
+        <v>16</v>
+      </c>
+      <c r="C20" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" s="5">
+        <v>10</v>
+      </c>
+      <c r="E20" s="5">
+        <v>8</v>
+      </c>
+      <c r="F20" s="5">
+        <v>11</v>
+      </c>
+      <c r="G20" s="5">
+        <v>11</v>
+      </c>
+      <c r="H20" s="5">
+        <v>13</v>
+      </c>
+      <c r="I20" s="5">
+        <v>10</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K20" s="5">
+        <v>9</v>
+      </c>
+      <c r="L20" s="5">
+        <v>10</v>
+      </c>
+      <c r="M20" s="5">
+        <v>10</v>
+      </c>
+      <c r="N20" s="5">
+        <v>9</v>
+      </c>
+      <c r="O20" s="5">
+        <v>4</v>
+      </c>
+      <c r="P20" s="11">
+        <v>13</v>
+      </c>
+      <c r="Q20" s="11">
+        <v>15</v>
+      </c>
+      <c r="R20" s="11">
+        <v>6</v>
+      </c>
+      <c r="S20" s="11">
+        <v>10</v>
+      </c>
+      <c r="T20" s="11">
+        <v>12</v>
+      </c>
+      <c r="U20" s="11">
+        <v>12</v>
+      </c>
+      <c r="V20" s="11">
+        <v>9</v>
+      </c>
+      <c r="W20" s="11">
+        <v>16</v>
+      </c>
+      <c r="X20" s="11">
+        <v>17</v>
+      </c>
+      <c r="Y20" s="14"/>
+      <c r="Z20" s="12"/>
+      <c r="AA20" s="13"/>
+    </row>
+    <row r="21" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="23">
+        <v>17</v>
+      </c>
+      <c r="C21" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" s="5">
+        <v>30</v>
+      </c>
+      <c r="E21" s="5">
+        <v>22</v>
+      </c>
+      <c r="F21" s="5">
+        <v>22</v>
+      </c>
+      <c r="G21" s="5">
+        <v>26</v>
+      </c>
+      <c r="H21" s="5">
+        <v>23</v>
+      </c>
+      <c r="I21" s="5">
+        <v>18</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="5">
+        <v>22</v>
+      </c>
+      <c r="L21" s="5">
+        <v>16</v>
+      </c>
+      <c r="M21" s="5">
+        <v>24</v>
+      </c>
+      <c r="N21" s="5">
+        <v>32</v>
+      </c>
+      <c r="O21" s="5">
+        <v>24</v>
+      </c>
+      <c r="P21" s="11">
+        <v>27</v>
+      </c>
+      <c r="Q21" s="11">
+        <v>12</v>
+      </c>
+      <c r="R21" s="11">
+        <v>18</v>
+      </c>
+      <c r="S21" s="11">
+        <v>24</v>
+      </c>
+      <c r="T21" s="11">
+        <v>21</v>
+      </c>
+      <c r="U21" s="11">
+        <v>24</v>
+      </c>
+      <c r="V21" s="11">
+        <v>18</v>
+      </c>
+      <c r="W21" s="11">
+        <v>19</v>
+      </c>
+      <c r="X21" s="11">
+        <v>29</v>
+      </c>
+      <c r="Y21" s="14"/>
+      <c r="Z21" s="12"/>
+      <c r="AA21" s="13"/>
+    </row>
+    <row r="22" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="23">
+        <v>18</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>35</v>
+      </c>
+      <c r="D22" s="5">
+        <v>28</v>
+      </c>
+      <c r="E22" s="5">
+        <v>14</v>
+      </c>
+      <c r="F22" s="5">
+        <v>20</v>
+      </c>
+      <c r="G22" s="5">
+        <v>23</v>
+      </c>
+      <c r="H22" s="5">
+        <v>14</v>
+      </c>
+      <c r="I22" s="5">
+        <v>29</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" s="5">
+        <v>19</v>
+      </c>
+      <c r="L22" s="5">
+        <v>15</v>
+      </c>
+      <c r="M22" s="5">
+        <v>27</v>
+      </c>
+      <c r="N22" s="5">
+        <v>17</v>
+      </c>
+      <c r="O22" s="5">
+        <v>18</v>
+      </c>
+      <c r="P22" s="11">
+        <v>20</v>
+      </c>
+      <c r="Q22" s="11">
+        <v>19</v>
+      </c>
+      <c r="R22" s="11">
+        <v>16</v>
+      </c>
+      <c r="S22" s="11">
+        <v>15</v>
+      </c>
+      <c r="T22" s="11">
+        <v>13</v>
+      </c>
+      <c r="U22" s="11">
+        <v>17</v>
+      </c>
+      <c r="V22" s="11">
+        <v>13</v>
+      </c>
+      <c r="W22" s="11">
+        <v>12</v>
+      </c>
+      <c r="X22" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y22" s="14"/>
+      <c r="Z22" s="12"/>
+      <c r="AA22" s="13"/>
+    </row>
+    <row r="23" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="23">
+        <v>19</v>
+      </c>
+      <c r="C23" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" s="5">
+        <v>10</v>
+      </c>
+      <c r="E23" s="5">
+        <v>13</v>
+      </c>
+      <c r="F23" s="5">
+        <v>10</v>
+      </c>
+      <c r="G23" s="5">
+        <v>10</v>
+      </c>
+      <c r="H23" s="5">
+        <v>6</v>
+      </c>
+      <c r="I23" s="5">
+        <v>10</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K23" s="5">
+        <v>8</v>
+      </c>
+      <c r="L23" s="5">
+        <v>10</v>
+      </c>
+      <c r="M23" s="5">
+        <v>8</v>
+      </c>
+      <c r="N23" s="5">
+        <v>10</v>
+      </c>
+      <c r="O23" s="5">
+        <v>10</v>
+      </c>
+      <c r="P23" s="11">
+        <v>2</v>
+      </c>
+      <c r="Q23" s="11">
         <v>1</v>
       </c>
-      <c r="C5" s="16" t="s">
+      <c r="R23" s="11">
+        <v>1</v>
+      </c>
+      <c r="S23" s="11">
+        <v>1</v>
+      </c>
+      <c r="T23" s="11">
+        <v>3</v>
+      </c>
+      <c r="U23" s="11">
+        <v>7</v>
+      </c>
+      <c r="V23" s="11">
+        <v>3</v>
+      </c>
+      <c r="W23" s="11">
+        <v>5</v>
+      </c>
+      <c r="X23" s="11">
+        <v>5</v>
+      </c>
+      <c r="Y23" s="14"/>
+      <c r="Z23" s="12"/>
+      <c r="AA23" s="13"/>
+    </row>
+    <row r="24" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="C24" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="D24" s="5">
+        <v>3</v>
+      </c>
+      <c r="E24" s="5">
+        <v>5</v>
+      </c>
+      <c r="F24" s="5">
+        <v>6</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24" s="5">
+        <v>11</v>
+      </c>
+      <c r="I24" s="5">
+        <v>9</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" s="5">
         <v>8</v>
       </c>
-      <c r="D5" s="4">
+      <c r="L24" s="5">
+        <v>2</v>
+      </c>
+      <c r="M24" s="5">
+        <v>12</v>
+      </c>
+      <c r="N24" s="5">
+        <v>2</v>
+      </c>
+      <c r="O24" s="5">
+        <v>3</v>
+      </c>
+      <c r="P24" s="11">
+        <v>3</v>
+      </c>
+      <c r="Q24" s="11">
+        <v>3</v>
+      </c>
+      <c r="R24" s="11">
+        <v>2</v>
+      </c>
+      <c r="S24" s="11">
+        <v>4</v>
+      </c>
+      <c r="T24" s="11">
+        <v>4</v>
+      </c>
+      <c r="U24" s="11">
+        <v>5</v>
+      </c>
+      <c r="V24" s="11">
+        <v>11</v>
+      </c>
+      <c r="W24" s="11">
+        <v>2</v>
+      </c>
+      <c r="X24" s="11">
+        <v>4</v>
+      </c>
+      <c r="Y24" s="14"/>
+      <c r="Z24" s="12"/>
+      <c r="AA24" s="13"/>
+    </row>
+    <row r="25" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="C25" s="23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" s="5">
+        <v>8</v>
+      </c>
+      <c r="E25" s="5">
+        <v>10</v>
+      </c>
+      <c r="F25" s="5">
+        <v>10</v>
+      </c>
+      <c r="G25" s="5">
+        <v>14</v>
+      </c>
+      <c r="H25" s="5">
+        <v>14</v>
+      </c>
+      <c r="I25" s="5">
+        <v>7</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" s="5">
+        <v>12</v>
+      </c>
+      <c r="L25" s="5">
+        <v>8</v>
+      </c>
+      <c r="M25" s="5">
+        <v>12</v>
+      </c>
+      <c r="N25" s="5">
+        <v>16</v>
+      </c>
+      <c r="O25" s="5">
+        <v>14</v>
+      </c>
+      <c r="P25" s="11">
+        <v>11</v>
+      </c>
+      <c r="Q25" s="11">
+        <v>7</v>
+      </c>
+      <c r="R25" s="11">
+        <v>10</v>
+      </c>
+      <c r="S25" s="11">
+        <v>12</v>
+      </c>
+      <c r="T25" s="11">
+        <v>10</v>
+      </c>
+      <c r="U25" s="11">
+        <v>8</v>
+      </c>
+      <c r="V25" s="11">
+        <v>7</v>
+      </c>
+      <c r="W25" s="11">
+        <v>11</v>
+      </c>
+      <c r="X25" s="11">
+        <v>13</v>
+      </c>
+      <c r="Y25" s="14"/>
+      <c r="Z25" s="12"/>
+      <c r="AA25" s="13"/>
+    </row>
+    <row r="26" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="23">
+        <v>21</v>
+      </c>
+      <c r="C26" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="5">
+        <v>30</v>
+      </c>
+      <c r="E26" s="5">
+        <v>23</v>
+      </c>
+      <c r="F26" s="5">
+        <v>32</v>
+      </c>
+      <c r="G26" s="5">
+        <v>37</v>
+      </c>
+      <c r="H26" s="5">
+        <v>57</v>
+      </c>
+      <c r="I26" s="5">
+        <v>44</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" s="5">
+        <v>39</v>
+      </c>
+      <c r="L26" s="5">
+        <v>35</v>
+      </c>
+      <c r="M26" s="5">
+        <v>30</v>
+      </c>
+      <c r="N26" s="5">
+        <v>27</v>
+      </c>
+      <c r="O26" s="5">
+        <v>29</v>
+      </c>
+      <c r="P26" s="11">
+        <v>34</v>
+      </c>
+      <c r="Q26" s="11">
+        <v>35</v>
+      </c>
+      <c r="R26" s="11">
         <v>17</v>
       </c>
-      <c r="E5" s="4">
+      <c r="S26" s="11">
+        <v>26</v>
+      </c>
+      <c r="T26" s="11">
+        <v>24</v>
+      </c>
+      <c r="U26" s="11">
+        <v>16</v>
+      </c>
+      <c r="V26" s="11">
+        <v>36</v>
+      </c>
+      <c r="W26" s="11">
+        <v>42</v>
+      </c>
+      <c r="X26" s="11">
+        <v>31</v>
+      </c>
+      <c r="Y26" s="14"/>
+      <c r="Z26" s="12"/>
+      <c r="AA26" s="13"/>
+    </row>
+    <row r="27" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="23">
+        <v>22</v>
+      </c>
+      <c r="C27" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" s="5">
+        <v>45</v>
+      </c>
+      <c r="E27" s="5">
+        <v>36</v>
+      </c>
+      <c r="F27" s="5">
+        <v>42</v>
+      </c>
+      <c r="G27" s="5">
+        <v>32</v>
+      </c>
+      <c r="H27" s="5">
+        <v>36</v>
+      </c>
+      <c r="I27" s="5">
+        <v>31</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="K27" s="5">
+        <v>46</v>
+      </c>
+      <c r="L27" s="5">
+        <v>32</v>
+      </c>
+      <c r="M27" s="5">
+        <v>22</v>
+      </c>
+      <c r="N27" s="5">
+        <v>37</v>
+      </c>
+      <c r="O27" s="5">
+        <v>38</v>
+      </c>
+      <c r="P27" s="11">
+        <v>28</v>
+      </c>
+      <c r="Q27" s="11">
+        <v>30</v>
+      </c>
+      <c r="R27" s="11">
+        <v>32</v>
+      </c>
+      <c r="S27" s="11">
+        <v>28</v>
+      </c>
+      <c r="T27" s="11">
+        <v>33</v>
+      </c>
+      <c r="U27" s="11">
+        <v>27</v>
+      </c>
+      <c r="V27" s="11">
+        <v>32</v>
+      </c>
+      <c r="W27" s="11">
+        <v>29</v>
+      </c>
+      <c r="X27" s="11">
+        <v>18</v>
+      </c>
+      <c r="Y27" s="14"/>
+      <c r="Z27" s="12"/>
+      <c r="AA27" s="13"/>
+    </row>
+    <row r="28" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="23">
+        <v>23</v>
+      </c>
+      <c r="C28" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D28" s="5">
+        <v>8</v>
+      </c>
+      <c r="E28" s="5">
+        <v>5</v>
+      </c>
+      <c r="F28" s="5">
+        <v>5</v>
+      </c>
+      <c r="G28" s="5">
+        <v>13</v>
+      </c>
+      <c r="H28" s="5">
+        <v>6</v>
+      </c>
+      <c r="I28" s="5">
+        <v>9</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K28" s="5">
+        <v>7</v>
+      </c>
+      <c r="L28" s="5">
+        <v>5</v>
+      </c>
+      <c r="M28" s="5">
+        <v>0</v>
+      </c>
+      <c r="N28" s="5">
+        <v>3</v>
+      </c>
+      <c r="O28" s="5">
+        <v>7</v>
+      </c>
+      <c r="P28" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q28" s="11">
+        <v>2</v>
+      </c>
+      <c r="R28" s="11">
+        <v>5</v>
+      </c>
+      <c r="S28" s="11">
+        <v>3</v>
+      </c>
+      <c r="T28" s="11">
+        <v>0</v>
+      </c>
+      <c r="U28" s="11">
+        <v>2</v>
+      </c>
+      <c r="V28" s="11">
+        <v>1</v>
+      </c>
+      <c r="W28" s="11">
+        <v>4</v>
+      </c>
+      <c r="X28" s="11">
+        <v>8</v>
+      </c>
+      <c r="Y28" s="14"/>
+      <c r="Z28" s="12"/>
+      <c r="AA28" s="13"/>
+    </row>
+    <row r="29" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="23">
+        <v>24</v>
+      </c>
+      <c r="C29" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="D29" s="5">
+        <v>14</v>
+      </c>
+      <c r="E29" s="5">
+        <v>15</v>
+      </c>
+      <c r="F29" s="5">
+        <v>14</v>
+      </c>
+      <c r="G29" s="5">
+        <v>15</v>
+      </c>
+      <c r="H29" s="5">
+        <v>14</v>
+      </c>
+      <c r="I29" s="5">
+        <v>15</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K29" s="5">
+        <v>13</v>
+      </c>
+      <c r="L29" s="5">
+        <v>10</v>
+      </c>
+      <c r="M29" s="5">
+        <v>16</v>
+      </c>
+      <c r="N29" s="5">
+        <v>12</v>
+      </c>
+      <c r="O29" s="5">
+        <v>17</v>
+      </c>
+      <c r="P29" s="11">
+        <v>10</v>
+      </c>
+      <c r="Q29" s="11">
+        <v>2</v>
+      </c>
+      <c r="R29" s="11">
+        <v>4</v>
+      </c>
+      <c r="S29" s="11">
+        <v>11</v>
+      </c>
+      <c r="T29" s="11">
+        <v>13</v>
+      </c>
+      <c r="U29" s="11">
+        <v>8</v>
+      </c>
+      <c r="V29" s="11">
+        <v>12</v>
+      </c>
+      <c r="W29" s="11">
+        <v>18</v>
+      </c>
+      <c r="X29" s="11">
+        <v>14</v>
+      </c>
+      <c r="Y29" s="14"/>
+      <c r="Z29" s="12"/>
+      <c r="AA29" s="13"/>
+    </row>
+    <row r="30" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="23">
+        <v>25</v>
+      </c>
+      <c r="C30" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D30" s="5">
+        <v>26</v>
+      </c>
+      <c r="E30" s="5">
+        <v>18</v>
+      </c>
+      <c r="F30" s="5">
+        <v>25</v>
+      </c>
+      <c r="G30" s="5">
+        <v>21</v>
+      </c>
+      <c r="H30" s="5">
+        <v>31</v>
+      </c>
+      <c r="I30" s="5">
+        <v>31</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K30" s="5">
+        <v>25</v>
+      </c>
+      <c r="L30" s="5">
+        <v>26</v>
+      </c>
+      <c r="M30" s="5">
+        <v>28</v>
+      </c>
+      <c r="N30" s="5">
+        <v>40</v>
+      </c>
+      <c r="O30" s="5">
+        <v>39</v>
+      </c>
+      <c r="P30" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q30" s="11">
+        <v>21</v>
+      </c>
+      <c r="R30" s="11">
+        <v>40</v>
+      </c>
+      <c r="S30" s="11">
+        <v>21</v>
+      </c>
+      <c r="T30" s="11">
+        <v>11</v>
+      </c>
+      <c r="U30" s="11">
         <v>19</v>
       </c>
-      <c r="F5" s="4">
+      <c r="V30" s="11">
+        <v>18</v>
+      </c>
+      <c r="W30" s="11">
+        <v>28</v>
+      </c>
+      <c r="X30" s="11">
+        <v>23</v>
+      </c>
+      <c r="Y30" s="14"/>
+      <c r="Z30" s="12"/>
+      <c r="AA30" s="13"/>
+    </row>
+    <row r="31" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="23">
         <v>26</v>
       </c>
-      <c r="G5" s="4">
+      <c r="C31" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" s="5">
+        <v>24</v>
+      </c>
+      <c r="E31" s="5">
+        <v>11</v>
+      </c>
+      <c r="F31" s="5">
+        <v>12</v>
+      </c>
+      <c r="G31" s="5">
+        <v>15</v>
+      </c>
+      <c r="H31" s="5">
+        <v>19</v>
+      </c>
+      <c r="I31" s="5">
+        <v>19</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="K31" s="5">
+        <v>13</v>
+      </c>
+      <c r="L31" s="5">
+        <v>18</v>
+      </c>
+      <c r="M31" s="5">
+        <v>21</v>
+      </c>
+      <c r="N31" s="5">
+        <v>18</v>
+      </c>
+      <c r="O31" s="5">
+        <v>13</v>
+      </c>
+      <c r="P31" s="11">
+        <v>16</v>
+      </c>
+      <c r="Q31" s="11">
+        <v>20</v>
+      </c>
+      <c r="R31" s="11">
+        <v>26</v>
+      </c>
+      <c r="S31" s="11">
+        <v>24</v>
+      </c>
+      <c r="T31" s="11">
+        <v>22</v>
+      </c>
+      <c r="U31" s="11">
+        <v>0</v>
+      </c>
+      <c r="V31" s="11">
+        <v>15</v>
+      </c>
+      <c r="W31" s="11">
+        <v>30</v>
+      </c>
+      <c r="X31" s="11">
+        <v>29</v>
+      </c>
+      <c r="Y31" s="14"/>
+      <c r="Z31" s="12"/>
+      <c r="AA31" s="13"/>
+    </row>
+    <row r="32" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="23">
+        <v>27</v>
+      </c>
+      <c r="C32" s="23" t="s">
+        <v>53</v>
+      </c>
+      <c r="D32" s="5">
+        <v>33</v>
+      </c>
+      <c r="E32" s="5">
+        <v>41</v>
+      </c>
+      <c r="F32" s="5">
         <v>34</v>
       </c>
-      <c r="H5" s="4">
+      <c r="G32" s="5">
+        <v>40</v>
+      </c>
+      <c r="H32" s="5">
+        <v>43</v>
+      </c>
+      <c r="I32" s="5">
+        <v>40</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K32" s="5">
+        <v>36</v>
+      </c>
+      <c r="L32" s="5">
+        <v>33</v>
+      </c>
+      <c r="M32" s="5">
+        <v>31</v>
+      </c>
+      <c r="N32" s="5">
+        <v>26</v>
+      </c>
+      <c r="O32" s="5">
+        <v>23</v>
+      </c>
+      <c r="P32" s="11">
+        <v>41</v>
+      </c>
+      <c r="Q32" s="11">
+        <v>43</v>
+      </c>
+      <c r="R32" s="11">
+        <v>27</v>
+      </c>
+      <c r="S32" s="11">
+        <v>29</v>
+      </c>
+      <c r="T32" s="11">
+        <v>30</v>
+      </c>
+      <c r="U32" s="11">
+        <v>14</v>
+      </c>
+      <c r="V32" s="11">
+        <v>21</v>
+      </c>
+      <c r="W32" s="11">
+        <v>23</v>
+      </c>
+      <c r="X32" s="11">
+        <v>30</v>
+      </c>
+      <c r="Y32" s="14"/>
+      <c r="Z32" s="12"/>
+      <c r="AA32" s="13"/>
+    </row>
+    <row r="33" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="23">
+        <v>28</v>
+      </c>
+      <c r="C33" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="D33" s="5">
+        <v>31</v>
+      </c>
+      <c r="E33" s="5">
+        <v>39</v>
+      </c>
+      <c r="F33" s="5">
+        <v>27</v>
+      </c>
+      <c r="G33" s="5">
+        <v>25</v>
+      </c>
+      <c r="H33" s="5">
+        <v>38</v>
+      </c>
+      <c r="I33" s="5">
+        <v>44</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K33" s="5">
+        <v>36</v>
+      </c>
+      <c r="L33" s="5">
+        <v>19</v>
+      </c>
+      <c r="M33" s="5">
+        <v>32</v>
+      </c>
+      <c r="N33" s="5">
+        <v>46</v>
+      </c>
+      <c r="O33" s="5">
+        <v>46</v>
+      </c>
+      <c r="P33" s="11">
+        <v>39</v>
+      </c>
+      <c r="Q33" s="11">
+        <v>43</v>
+      </c>
+      <c r="R33" s="11">
         <v>34</v>
       </c>
-      <c r="I5" s="4">
+      <c r="S33" s="11">
         <v>40</v>
       </c>
-      <c r="J5" s="6" t="s">
+      <c r="T33" s="11">
+        <v>34</v>
+      </c>
+      <c r="U33" s="11">
+        <v>34</v>
+      </c>
+      <c r="V33" s="11">
+        <v>22</v>
+      </c>
+      <c r="W33" s="11">
+        <v>41</v>
+      </c>
+      <c r="X33" s="11">
+        <v>30</v>
+      </c>
+      <c r="Y33" s="14"/>
+      <c r="Z33" s="12"/>
+      <c r="AA33" s="13"/>
+    </row>
+    <row r="34" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="23">
+        <v>29</v>
+      </c>
+      <c r="C34" s="23" t="s">
+        <v>57</v>
+      </c>
+      <c r="D34" s="5">
+        <v>87</v>
+      </c>
+      <c r="E34" s="5">
+        <v>71</v>
+      </c>
+      <c r="F34" s="5">
+        <v>89</v>
+      </c>
+      <c r="G34" s="5">
+        <v>80</v>
+      </c>
+      <c r="H34" s="5">
+        <v>86</v>
+      </c>
+      <c r="I34" s="5">
+        <v>83</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K34" s="5">
+        <v>67</v>
+      </c>
+      <c r="L34" s="5">
+        <v>81</v>
+      </c>
+      <c r="M34" s="5">
+        <v>56</v>
+      </c>
+      <c r="N34" s="5">
+        <v>58</v>
+      </c>
+      <c r="O34" s="5">
+        <v>66</v>
+      </c>
+      <c r="P34" s="11">
+        <v>60</v>
+      </c>
+      <c r="Q34" s="11">
+        <v>49</v>
+      </c>
+      <c r="R34" s="11">
+        <v>59</v>
+      </c>
+      <c r="S34" s="11">
+        <v>54</v>
+      </c>
+      <c r="T34" s="11">
+        <v>42</v>
+      </c>
+      <c r="U34" s="11">
+        <v>38</v>
+      </c>
+      <c r="V34" s="11">
+        <v>38</v>
+      </c>
+      <c r="W34" s="11">
+        <v>46</v>
+      </c>
+      <c r="X34" s="11">
+        <v>53</v>
+      </c>
+      <c r="Y34" s="14"/>
+      <c r="Z34" s="12"/>
+      <c r="AA34" s="13"/>
+    </row>
+    <row r="35" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="23">
+        <v>30</v>
+      </c>
+      <c r="C35" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D35" s="5">
+        <v>38</v>
+      </c>
+      <c r="E35" s="5">
+        <v>38</v>
+      </c>
+      <c r="F35" s="5">
+        <v>26</v>
+      </c>
+      <c r="G35" s="5">
+        <v>55</v>
+      </c>
+      <c r="H35" s="5">
+        <v>41</v>
+      </c>
+      <c r="I35" s="5">
+        <v>38</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="K35" s="5">
+        <v>44</v>
+      </c>
+      <c r="L35" s="5">
+        <v>57</v>
+      </c>
+      <c r="M35" s="5">
+        <v>38</v>
+      </c>
+      <c r="N35" s="5">
+        <v>45</v>
+      </c>
+      <c r="O35" s="5">
+        <v>49</v>
+      </c>
+      <c r="P35" s="11">
+        <v>42</v>
+      </c>
+      <c r="Q35" s="11">
+        <v>38</v>
+      </c>
+      <c r="R35" s="11">
+        <v>44</v>
+      </c>
+      <c r="S35" s="11">
+        <v>50</v>
+      </c>
+      <c r="T35" s="11">
+        <v>38</v>
+      </c>
+      <c r="U35" s="11">
+        <v>40</v>
+      </c>
+      <c r="V35" s="11">
+        <v>40</v>
+      </c>
+      <c r="W35" s="11">
+        <v>44</v>
+      </c>
+      <c r="X35" s="11">
+        <v>39</v>
+      </c>
+      <c r="Y35" s="14"/>
+      <c r="Z35" s="12"/>
+      <c r="AA35" s="13"/>
+    </row>
+    <row r="36" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="23">
+        <v>31</v>
+      </c>
+      <c r="C36" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D36" s="5">
+        <v>71</v>
+      </c>
+      <c r="E36" s="5">
+        <v>74</v>
+      </c>
+      <c r="F36" s="5">
+        <v>85</v>
+      </c>
+      <c r="G36" s="5">
+        <v>100</v>
+      </c>
+      <c r="H36" s="5">
+        <v>106</v>
+      </c>
+      <c r="I36" s="5">
+        <v>108</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K36" s="5">
+        <v>105</v>
+      </c>
+      <c r="L36" s="5">
+        <v>83</v>
+      </c>
+      <c r="M36" s="5">
+        <v>123</v>
+      </c>
+      <c r="N36" s="5">
+        <v>76</v>
+      </c>
+      <c r="O36" s="5">
+        <v>76</v>
+      </c>
+      <c r="P36" s="11">
+        <v>85</v>
+      </c>
+      <c r="Q36" s="11">
+        <v>88</v>
+      </c>
+      <c r="R36" s="11">
+        <v>107</v>
+      </c>
+      <c r="S36" s="11">
+        <v>122</v>
+      </c>
+      <c r="T36" s="11">
+        <v>73</v>
+      </c>
+      <c r="U36" s="11">
+        <v>98</v>
+      </c>
+      <c r="V36" s="11">
+        <v>78</v>
+      </c>
+      <c r="W36" s="11">
+        <v>98</v>
+      </c>
+      <c r="X36" s="11">
+        <v>78</v>
+      </c>
+      <c r="Y36" s="14"/>
+      <c r="Z36" s="12"/>
+      <c r="AA36" s="13"/>
+    </row>
+    <row r="37" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="23">
+        <v>32</v>
+      </c>
+      <c r="C37" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="D37" s="5">
+        <v>5</v>
+      </c>
+      <c r="E37" s="5">
+        <v>10</v>
+      </c>
+      <c r="F37" s="5">
+        <v>12</v>
+      </c>
+      <c r="G37" s="5">
+        <v>5</v>
+      </c>
+      <c r="H37" s="5">
+        <v>3</v>
+      </c>
+      <c r="I37" s="5">
+        <v>4</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K37" s="5">
+        <v>6</v>
+      </c>
+      <c r="L37" s="5">
+        <v>16</v>
+      </c>
+      <c r="M37" s="5">
         <v>9</v>
       </c>
-      <c r="K5" s="4">
+      <c r="N37" s="5">
+        <v>5</v>
+      </c>
+      <c r="O37" s="5">
+        <v>6</v>
+      </c>
+      <c r="P37" s="11">
+        <v>11</v>
+      </c>
+      <c r="Q37" s="11">
+        <v>8</v>
+      </c>
+      <c r="R37" s="11">
+        <v>5</v>
+      </c>
+      <c r="S37" s="11">
+        <v>15</v>
+      </c>
+      <c r="T37" s="11">
+        <v>5</v>
+      </c>
+      <c r="U37" s="11">
+        <v>5</v>
+      </c>
+      <c r="V37" s="11">
+        <v>10</v>
+      </c>
+      <c r="W37" s="11">
+        <v>10</v>
+      </c>
+      <c r="X37" s="11">
+        <v>6</v>
+      </c>
+      <c r="Y37" s="14"/>
+      <c r="Z37" s="12"/>
+      <c r="AA37" s="13"/>
+    </row>
+    <row r="38" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="23">
+        <v>33</v>
+      </c>
+      <c r="C38" s="23" t="s">
+        <v>64</v>
+      </c>
+      <c r="D38" s="5">
+        <v>65</v>
+      </c>
+      <c r="E38" s="5">
+        <v>98</v>
+      </c>
+      <c r="F38" s="5">
+        <v>109</v>
+      </c>
+      <c r="G38" s="5">
+        <v>100</v>
+      </c>
+      <c r="H38" s="5">
+        <v>84</v>
+      </c>
+      <c r="I38" s="5">
+        <v>107</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="K38" s="5">
+        <v>111</v>
+      </c>
+      <c r="L38" s="5">
+        <v>101</v>
+      </c>
+      <c r="M38" s="5">
+        <v>89</v>
+      </c>
+      <c r="N38" s="5">
+        <v>79</v>
+      </c>
+      <c r="O38" s="5">
+        <v>93</v>
+      </c>
+      <c r="P38" s="11">
+        <v>79</v>
+      </c>
+      <c r="Q38" s="11">
+        <v>62</v>
+      </c>
+      <c r="R38" s="11">
+        <v>55</v>
+      </c>
+      <c r="S38" s="11">
+        <v>87</v>
+      </c>
+      <c r="T38" s="11">
+        <v>85</v>
+      </c>
+      <c r="U38" s="11">
+        <v>87</v>
+      </c>
+      <c r="V38" s="11">
+        <v>95</v>
+      </c>
+      <c r="W38" s="11">
+        <v>94</v>
+      </c>
+      <c r="X38" s="11">
+        <v>91</v>
+      </c>
+      <c r="Y38" s="14"/>
+      <c r="Z38" s="12"/>
+      <c r="AA38" s="13"/>
+    </row>
+    <row r="39" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="23">
+        <v>34</v>
+      </c>
+      <c r="C39" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="D39" s="5">
+        <v>55</v>
+      </c>
+      <c r="E39" s="5">
+        <v>88</v>
+      </c>
+      <c r="F39" s="5">
+        <v>68</v>
+      </c>
+      <c r="G39" s="5">
+        <v>78</v>
+      </c>
+      <c r="H39" s="5">
+        <v>76</v>
+      </c>
+      <c r="I39" s="5">
+        <v>44</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K39" s="5">
+        <v>57</v>
+      </c>
+      <c r="L39" s="5">
+        <v>71</v>
+      </c>
+      <c r="M39" s="5">
+        <v>75</v>
+      </c>
+      <c r="N39" s="5">
+        <v>75</v>
+      </c>
+      <c r="O39" s="5">
+        <v>75</v>
+      </c>
+      <c r="P39" s="11">
+        <v>72</v>
+      </c>
+      <c r="Q39" s="11">
+        <v>70</v>
+      </c>
+      <c r="R39" s="11">
+        <v>111</v>
+      </c>
+      <c r="S39" s="11">
+        <v>48</v>
+      </c>
+      <c r="T39" s="11">
+        <v>111</v>
+      </c>
+      <c r="U39" s="11">
+        <v>63</v>
+      </c>
+      <c r="V39" s="11">
+        <v>59</v>
+      </c>
+      <c r="W39" s="11">
+        <v>111</v>
+      </c>
+      <c r="X39" s="11">
+        <v>87</v>
+      </c>
+      <c r="Y39" s="14"/>
+      <c r="Z39" s="12"/>
+      <c r="AA39" s="13"/>
+    </row>
+    <row r="40" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="23">
+        <v>35</v>
+      </c>
+      <c r="C40" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="D40" s="5">
+        <v>66</v>
+      </c>
+      <c r="E40" s="5">
+        <v>66</v>
+      </c>
+      <c r="F40" s="5">
+        <v>74</v>
+      </c>
+      <c r="G40" s="5">
+        <v>74</v>
+      </c>
+      <c r="H40" s="5">
+        <v>104</v>
+      </c>
+      <c r="I40" s="5">
+        <v>114</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K40" s="5">
+        <v>73</v>
+      </c>
+      <c r="L40" s="5">
+        <v>93</v>
+      </c>
+      <c r="M40" s="5">
+        <v>82</v>
+      </c>
+      <c r="N40" s="5">
+        <v>68</v>
+      </c>
+      <c r="O40" s="5">
+        <v>59</v>
+      </c>
+      <c r="P40" s="11">
+        <v>74</v>
+      </c>
+      <c r="Q40" s="11">
+        <v>63</v>
+      </c>
+      <c r="R40" s="11">
+        <v>68</v>
+      </c>
+      <c r="S40" s="11">
+        <v>55</v>
+      </c>
+      <c r="T40" s="11">
+        <v>87</v>
+      </c>
+      <c r="U40" s="11">
+        <v>91</v>
+      </c>
+      <c r="V40" s="11">
+        <v>76</v>
+      </c>
+      <c r="W40" s="11">
+        <v>85</v>
+      </c>
+      <c r="X40" s="11">
+        <v>85</v>
+      </c>
+      <c r="Y40" s="14"/>
+      <c r="Z40" s="12"/>
+      <c r="AA40" s="13"/>
+    </row>
+    <row r="41" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="23">
+        <v>36</v>
+      </c>
+      <c r="C41" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" s="5">
+        <v>12</v>
+      </c>
+      <c r="E41" s="5">
+        <v>19</v>
+      </c>
+      <c r="F41" s="5">
+        <v>16</v>
+      </c>
+      <c r="G41" s="5">
+        <v>5</v>
+      </c>
+      <c r="H41" s="5">
+        <v>14</v>
+      </c>
+      <c r="I41" s="5">
+        <v>12</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K41" s="5">
+        <v>10</v>
+      </c>
+      <c r="L41" s="5">
+        <v>9</v>
+      </c>
+      <c r="M41" s="5">
+        <v>7</v>
+      </c>
+      <c r="N41" s="5">
+        <v>9</v>
+      </c>
+      <c r="O41" s="5">
+        <v>11</v>
+      </c>
+      <c r="P41" s="11">
+        <v>7</v>
+      </c>
+      <c r="Q41" s="11">
+        <v>3</v>
+      </c>
+      <c r="R41" s="11">
+        <v>9</v>
+      </c>
+      <c r="S41" s="11">
+        <v>5</v>
+      </c>
+      <c r="T41" s="11">
+        <v>13</v>
+      </c>
+      <c r="U41" s="11">
+        <v>8</v>
+      </c>
+      <c r="V41" s="11">
+        <v>5</v>
+      </c>
+      <c r="W41" s="11">
+        <v>8</v>
+      </c>
+      <c r="X41" s="11">
+        <v>7</v>
+      </c>
+      <c r="Y41" s="14"/>
+      <c r="Z41" s="12"/>
+      <c r="AA41" s="13"/>
+    </row>
+    <row r="42" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="23">
+        <v>37</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="D42" s="5">
+        <v>40</v>
+      </c>
+      <c r="E42" s="5">
+        <v>40</v>
+      </c>
+      <c r="F42" s="5">
+        <v>40</v>
+      </c>
+      <c r="G42" s="5">
         <v>27</v>
       </c>
-      <c r="L5" s="4">
+      <c r="H42" s="5">
+        <v>52</v>
+      </c>
+      <c r="I42" s="5">
+        <v>28</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="K42" s="5">
+        <v>39</v>
+      </c>
+      <c r="L42" s="5">
+        <v>42</v>
+      </c>
+      <c r="M42" s="5">
+        <v>44</v>
+      </c>
+      <c r="N42" s="5">
+        <v>41</v>
+      </c>
+      <c r="O42" s="5">
+        <v>42</v>
+      </c>
+      <c r="P42" s="11">
+        <v>26</v>
+      </c>
+      <c r="Q42" s="11">
+        <v>30</v>
+      </c>
+      <c r="R42" s="11">
+        <v>43</v>
+      </c>
+      <c r="S42" s="11">
+        <v>42</v>
+      </c>
+      <c r="T42" s="11">
+        <v>40</v>
+      </c>
+      <c r="U42" s="11">
+        <v>27</v>
+      </c>
+      <c r="V42" s="11">
+        <v>33</v>
+      </c>
+      <c r="W42" s="11">
+        <v>33</v>
+      </c>
+      <c r="X42" s="11">
+        <v>31</v>
+      </c>
+      <c r="Y42" s="14"/>
+      <c r="Z42" s="12"/>
+      <c r="AA42" s="13"/>
+    </row>
+    <row r="43" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="23">
+        <v>38</v>
+      </c>
+      <c r="C43" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="D43" s="5">
+        <v>76</v>
+      </c>
+      <c r="E43" s="5">
+        <v>100</v>
+      </c>
+      <c r="F43" s="5">
+        <v>91</v>
+      </c>
+      <c r="G43" s="5">
+        <v>99</v>
+      </c>
+      <c r="H43" s="5">
+        <v>81</v>
+      </c>
+      <c r="I43" s="5">
+        <v>71</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K43" s="5">
+        <v>75</v>
+      </c>
+      <c r="L43" s="5">
+        <v>68</v>
+      </c>
+      <c r="M43" s="5">
+        <v>94</v>
+      </c>
+      <c r="N43" s="5">
+        <v>74</v>
+      </c>
+      <c r="O43" s="5">
+        <v>75</v>
+      </c>
+      <c r="P43" s="11">
+        <v>80</v>
+      </c>
+      <c r="Q43" s="11">
+        <v>75</v>
+      </c>
+      <c r="R43" s="11">
+        <v>96</v>
+      </c>
+      <c r="S43" s="11">
+        <v>71</v>
+      </c>
+      <c r="T43" s="11">
+        <v>60</v>
+      </c>
+      <c r="U43" s="11">
+        <v>53</v>
+      </c>
+      <c r="V43" s="11">
+        <v>75</v>
+      </c>
+      <c r="W43" s="11">
+        <v>96</v>
+      </c>
+      <c r="X43" s="11">
+        <v>88</v>
+      </c>
+      <c r="Y43" s="14"/>
+      <c r="Z43" s="12"/>
+      <c r="AA43" s="13"/>
+    </row>
+    <row r="44" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="23">
+        <v>39</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>75</v>
+      </c>
+      <c r="D44" s="5">
+        <v>6</v>
+      </c>
+      <c r="E44" s="5">
+        <v>6</v>
+      </c>
+      <c r="F44" s="5">
+        <v>8</v>
+      </c>
+      <c r="G44" s="5">
+        <v>5</v>
+      </c>
+      <c r="H44" s="5">
+        <v>7</v>
+      </c>
+      <c r="I44" s="5">
+        <v>17</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K44" s="5">
+        <v>15</v>
+      </c>
+      <c r="L44" s="5">
+        <v>7</v>
+      </c>
+      <c r="M44" s="5">
+        <v>5</v>
+      </c>
+      <c r="N44" s="5">
+        <v>7</v>
+      </c>
+      <c r="O44" s="5">
+        <v>5</v>
+      </c>
+      <c r="P44" s="11">
+        <v>6</v>
+      </c>
+      <c r="Q44" s="11">
+        <v>11</v>
+      </c>
+      <c r="R44" s="11">
+        <v>8</v>
+      </c>
+      <c r="S44" s="11">
+        <v>6</v>
+      </c>
+      <c r="T44" s="11">
+        <v>3</v>
+      </c>
+      <c r="U44" s="11">
+        <v>6</v>
+      </c>
+      <c r="V44" s="11">
+        <v>3</v>
+      </c>
+      <c r="W44" s="11">
+        <v>10</v>
+      </c>
+      <c r="X44" s="11">
+        <v>9</v>
+      </c>
+      <c r="Y44" s="14"/>
+      <c r="Z44" s="12"/>
+      <c r="AA44" s="13"/>
+    </row>
+    <row r="45" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="23">
+        <v>40</v>
+      </c>
+      <c r="C45" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="D45" s="5">
+        <v>15</v>
+      </c>
+      <c r="E45" s="5">
+        <v>8</v>
+      </c>
+      <c r="F45" s="5">
+        <v>12</v>
+      </c>
+      <c r="G45" s="5">
+        <v>18</v>
+      </c>
+      <c r="H45" s="5">
         <v>20</v>
       </c>
-      <c r="M5" s="4">
+      <c r="I45" s="5">
+        <v>18</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="K45" s="5">
+        <v>25</v>
+      </c>
+      <c r="L45" s="5">
+        <v>24</v>
+      </c>
+      <c r="M45" s="5">
+        <v>18</v>
+      </c>
+      <c r="N45" s="5">
+        <v>20</v>
+      </c>
+      <c r="O45" s="5">
+        <v>16</v>
+      </c>
+      <c r="P45" s="11">
+        <v>26</v>
+      </c>
+      <c r="Q45" s="11">
+        <v>30</v>
+      </c>
+      <c r="R45" s="11">
+        <v>10</v>
+      </c>
+      <c r="S45" s="11">
+        <v>16</v>
+      </c>
+      <c r="T45" s="11">
+        <v>9</v>
+      </c>
+      <c r="U45" s="11">
+        <v>4</v>
+      </c>
+      <c r="V45" s="11">
+        <v>13</v>
+      </c>
+      <c r="W45" s="11">
+        <v>16</v>
+      </c>
+      <c r="X45" s="11">
+        <v>13</v>
+      </c>
+      <c r="Y45" s="14"/>
+      <c r="Z45" s="12"/>
+      <c r="AA45" s="13"/>
+    </row>
+    <row r="46" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="23">
+        <v>41</v>
+      </c>
+      <c r="C46" s="23" t="s">
+        <v>77</v>
+      </c>
+      <c r="D46" s="5">
+        <v>18</v>
+      </c>
+      <c r="E46" s="5">
+        <v>20</v>
+      </c>
+      <c r="F46" s="5">
+        <v>18</v>
+      </c>
+      <c r="G46" s="5">
+        <v>27</v>
+      </c>
+      <c r="H46" s="5">
+        <v>23</v>
+      </c>
+      <c r="I46" s="5">
+        <v>36</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K46" s="5">
+        <v>19</v>
+      </c>
+      <c r="L46" s="5">
+        <v>20</v>
+      </c>
+      <c r="M46" s="5">
+        <v>21</v>
+      </c>
+      <c r="N46" s="5">
+        <v>15</v>
+      </c>
+      <c r="O46" s="5">
+        <v>17</v>
+      </c>
+      <c r="P46" s="11">
+        <v>18</v>
+      </c>
+      <c r="Q46" s="11">
+        <v>13</v>
+      </c>
+      <c r="R46" s="11">
+        <v>12</v>
+      </c>
+      <c r="S46" s="11">
+        <v>22</v>
+      </c>
+      <c r="T46" s="11">
+        <v>9</v>
+      </c>
+      <c r="U46" s="11">
+        <v>11</v>
+      </c>
+      <c r="V46" s="11">
+        <v>9</v>
+      </c>
+      <c r="W46" s="11">
+        <v>18</v>
+      </c>
+      <c r="X46" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y46" s="14"/>
+      <c r="Z46" s="12"/>
+      <c r="AA46" s="13"/>
+    </row>
+    <row r="47" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="23">
+        <v>42</v>
+      </c>
+      <c r="C47" s="23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D47" s="5">
+        <v>45</v>
+      </c>
+      <c r="E47" s="5">
+        <v>41</v>
+      </c>
+      <c r="F47" s="5">
+        <v>58</v>
+      </c>
+      <c r="G47" s="5">
+        <v>56</v>
+      </c>
+      <c r="H47" s="5">
+        <v>63</v>
+      </c>
+      <c r="I47" s="5">
+        <v>54</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="K47" s="5">
+        <v>48</v>
+      </c>
+      <c r="L47" s="5">
+        <v>39</v>
+      </c>
+      <c r="M47" s="5">
+        <v>47</v>
+      </c>
+      <c r="N47" s="5">
+        <v>45</v>
+      </c>
+      <c r="O47" s="5">
+        <v>38</v>
+      </c>
+      <c r="P47" s="11">
+        <v>38</v>
+      </c>
+      <c r="Q47" s="11">
+        <v>44</v>
+      </c>
+      <c r="R47" s="11">
+        <v>36</v>
+      </c>
+      <c r="S47" s="11">
+        <v>38</v>
+      </c>
+      <c r="T47" s="11">
+        <v>31</v>
+      </c>
+      <c r="U47" s="11">
+        <v>43</v>
+      </c>
+      <c r="V47" s="11">
+        <v>44</v>
+      </c>
+      <c r="W47" s="11">
+        <v>46</v>
+      </c>
+      <c r="X47" s="11">
+        <v>45</v>
+      </c>
+      <c r="Y47" s="14"/>
+      <c r="Z47" s="12"/>
+      <c r="AA47" s="13"/>
+    </row>
+    <row r="48" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="23">
+        <v>43</v>
+      </c>
+      <c r="C48" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D48" s="5">
+        <v>6</v>
+      </c>
+      <c r="E48" s="5">
+        <v>4</v>
+      </c>
+      <c r="F48" s="5">
+        <v>3</v>
+      </c>
+      <c r="G48" s="5">
+        <v>10</v>
+      </c>
+      <c r="H48" s="5">
+        <v>14</v>
+      </c>
+      <c r="I48" s="5">
+        <v>15</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K48" s="5">
+        <v>9</v>
+      </c>
+      <c r="L48" s="5">
+        <v>9</v>
+      </c>
+      <c r="M48" s="5">
+        <v>11</v>
+      </c>
+      <c r="N48" s="5">
+        <v>8</v>
+      </c>
+      <c r="O48" s="5">
+        <v>7</v>
+      </c>
+      <c r="P48" s="11">
+        <v>5</v>
+      </c>
+      <c r="Q48" s="11">
+        <v>3</v>
+      </c>
+      <c r="R48" s="11">
+        <v>1</v>
+      </c>
+      <c r="S48" s="11">
+        <v>9</v>
+      </c>
+      <c r="T48" s="11">
+        <v>7</v>
+      </c>
+      <c r="U48" s="11">
+        <v>10</v>
+      </c>
+      <c r="V48" s="11">
+        <v>1</v>
+      </c>
+      <c r="W48" s="11">
+        <v>5</v>
+      </c>
+      <c r="X48" s="11">
+        <v>5</v>
+      </c>
+      <c r="Y48" s="14"/>
+      <c r="Z48" s="12"/>
+      <c r="AA48" s="13"/>
+    </row>
+    <row r="49" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="23">
+        <v>44</v>
+      </c>
+      <c r="C49" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D49" s="5">
+        <v>68</v>
+      </c>
+      <c r="E49" s="5">
+        <v>75</v>
+      </c>
+      <c r="F49" s="5">
+        <v>87</v>
+      </c>
+      <c r="G49" s="5">
+        <v>100</v>
+      </c>
+      <c r="H49" s="5">
+        <v>92</v>
+      </c>
+      <c r="I49" s="5">
+        <v>91</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="K49" s="5">
+        <v>107</v>
+      </c>
+      <c r="L49" s="5">
+        <v>110</v>
+      </c>
+      <c r="M49" s="5">
+        <v>110</v>
+      </c>
+      <c r="N49" s="5">
+        <v>123</v>
+      </c>
+      <c r="O49" s="5">
+        <v>96</v>
+      </c>
+      <c r="P49" s="11">
+        <v>107</v>
+      </c>
+      <c r="Q49" s="11">
+        <v>125</v>
+      </c>
+      <c r="R49" s="11">
+        <v>131</v>
+      </c>
+      <c r="S49" s="11">
+        <v>126</v>
+      </c>
+      <c r="T49" s="11">
+        <v>114</v>
+      </c>
+      <c r="U49" s="11">
+        <v>116</v>
+      </c>
+      <c r="V49" s="11">
+        <v>107</v>
+      </c>
+      <c r="W49" s="11">
+        <v>131</v>
+      </c>
+      <c r="X49" s="11">
+        <v>141</v>
+      </c>
+      <c r="Y49" s="14"/>
+      <c r="Z49" s="12"/>
+      <c r="AA49" s="13"/>
+    </row>
+    <row r="50" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="23">
+        <v>45</v>
+      </c>
+      <c r="C50" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D50" s="5">
+        <v>59</v>
+      </c>
+      <c r="E50" s="5">
+        <v>43</v>
+      </c>
+      <c r="F50" s="5">
+        <v>49</v>
+      </c>
+      <c r="G50" s="5">
+        <v>64</v>
+      </c>
+      <c r="H50" s="5">
+        <v>52</v>
+      </c>
+      <c r="I50" s="5">
+        <v>47</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K50" s="5">
         <v>40</v>
       </c>
-      <c r="N5" s="4">
+      <c r="L50" s="5">
+        <v>46</v>
+      </c>
+      <c r="M50" s="5">
+        <v>48</v>
+      </c>
+      <c r="N50" s="5">
+        <v>47</v>
+      </c>
+      <c r="O50" s="5">
+        <v>46</v>
+      </c>
+      <c r="P50" s="11">
+        <v>51</v>
+      </c>
+      <c r="Q50" s="11">
+        <v>61</v>
+      </c>
+      <c r="R50" s="11">
+        <v>56</v>
+      </c>
+      <c r="S50" s="11">
+        <v>60</v>
+      </c>
+      <c r="T50" s="11">
+        <v>50</v>
+      </c>
+      <c r="U50" s="11">
+        <v>48</v>
+      </c>
+      <c r="V50" s="11">
+        <v>41</v>
+      </c>
+      <c r="W50" s="11">
+        <v>59</v>
+      </c>
+      <c r="X50" s="11">
+        <v>46</v>
+      </c>
+      <c r="Y50" s="14"/>
+      <c r="Z50" s="12"/>
+      <c r="AA50" s="13"/>
+    </row>
+    <row r="51" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="23">
+        <v>46</v>
+      </c>
+      <c r="C51" s="23" t="s">
+        <v>85</v>
+      </c>
+      <c r="D51" s="5">
+        <v>8</v>
+      </c>
+      <c r="E51" s="5">
+        <v>12</v>
+      </c>
+      <c r="F51" s="5">
+        <v>6</v>
+      </c>
+      <c r="G51" s="5">
+        <v>11</v>
+      </c>
+      <c r="H51" s="5">
+        <v>6</v>
+      </c>
+      <c r="I51" s="5">
+        <v>15</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K51" s="5">
+        <v>3</v>
+      </c>
+      <c r="L51" s="5">
+        <v>4</v>
+      </c>
+      <c r="M51" s="5">
+        <v>4</v>
+      </c>
+      <c r="N51" s="5">
+        <v>4</v>
+      </c>
+      <c r="O51" s="5">
+        <v>7</v>
+      </c>
+      <c r="P51" s="11">
+        <v>7</v>
+      </c>
+      <c r="Q51" s="11">
+        <v>3</v>
+      </c>
+      <c r="R51" s="11">
+        <v>8</v>
+      </c>
+      <c r="S51" s="11">
+        <v>11</v>
+      </c>
+      <c r="T51" s="11">
+        <v>6</v>
+      </c>
+      <c r="U51" s="11">
+        <v>5</v>
+      </c>
+      <c r="V51" s="11">
+        <v>6</v>
+      </c>
+      <c r="W51" s="11">
+        <v>3</v>
+      </c>
+      <c r="X51" s="11">
+        <v>2</v>
+      </c>
+      <c r="Y51" s="14"/>
+      <c r="Z51" s="12"/>
+      <c r="AA51" s="13"/>
+    </row>
+    <row r="52" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="23">
+        <v>47</v>
+      </c>
+      <c r="C52" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D52" s="5">
+        <v>9</v>
+      </c>
+      <c r="E52" s="5">
+        <v>13</v>
+      </c>
+      <c r="F52" s="5">
+        <v>21</v>
+      </c>
+      <c r="G52" s="5">
+        <v>18</v>
+      </c>
+      <c r="H52" s="5">
+        <v>21</v>
+      </c>
+      <c r="I52" s="5">
+        <v>16</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="K52" s="5">
+        <v>7</v>
+      </c>
+      <c r="L52" s="5">
+        <v>14</v>
+      </c>
+      <c r="M52" s="5">
+        <v>14</v>
+      </c>
+      <c r="N52" s="5">
+        <v>9</v>
+      </c>
+      <c r="O52" s="5">
+        <v>17</v>
+      </c>
+      <c r="P52" s="11">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="11">
+        <v>21</v>
+      </c>
+      <c r="R52" s="11">
+        <v>9</v>
+      </c>
+      <c r="S52" s="11">
+        <v>20</v>
+      </c>
+      <c r="T52" s="11">
+        <v>9</v>
+      </c>
+      <c r="U52" s="11">
+        <v>18</v>
+      </c>
+      <c r="V52" s="11">
+        <v>17</v>
+      </c>
+      <c r="W52" s="11">
+        <v>12</v>
+      </c>
+      <c r="X52" s="11">
+        <v>17</v>
+      </c>
+      <c r="Y52" s="14"/>
+      <c r="Z52" s="12"/>
+      <c r="AA52" s="13"/>
+    </row>
+    <row r="53" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="23">
+        <v>48</v>
+      </c>
+      <c r="C53" s="23" t="s">
+        <v>88</v>
+      </c>
+      <c r="D53" s="5">
+        <v>5</v>
+      </c>
+      <c r="E53" s="5">
+        <v>3</v>
+      </c>
+      <c r="F53" s="5">
+        <v>3</v>
+      </c>
+      <c r="G53" s="5">
+        <v>2</v>
+      </c>
+      <c r="H53" s="5">
+        <v>4</v>
+      </c>
+      <c r="I53" s="5">
+        <v>3</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="K53" s="5">
+        <v>3</v>
+      </c>
+      <c r="L53" s="5">
+        <v>4</v>
+      </c>
+      <c r="M53" s="5">
+        <v>1</v>
+      </c>
+      <c r="N53" s="5">
+        <v>2</v>
+      </c>
+      <c r="O53" s="5">
+        <v>4</v>
+      </c>
+      <c r="P53" s="11">
+        <v>6</v>
+      </c>
+      <c r="Q53" s="11">
+        <v>4</v>
+      </c>
+      <c r="R53" s="11">
+        <v>4</v>
+      </c>
+      <c r="S53" s="11">
+        <v>2</v>
+      </c>
+      <c r="T53" s="11">
+        <v>3</v>
+      </c>
+      <c r="U53" s="11">
+        <v>0</v>
+      </c>
+      <c r="V53" s="11">
+        <v>2</v>
+      </c>
+      <c r="W53" s="11">
+        <v>2</v>
+      </c>
+      <c r="X53" s="11">
+        <v>3</v>
+      </c>
+      <c r="Y53" s="14"/>
+      <c r="Z53" s="12"/>
+      <c r="AA53" s="13"/>
+    </row>
+    <row r="54" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="23">
+        <v>49</v>
+      </c>
+      <c r="C54" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="D54" s="5">
+        <v>43</v>
+      </c>
+      <c r="E54" s="5">
+        <v>43</v>
+      </c>
+      <c r="F54" s="5">
+        <v>50</v>
+      </c>
+      <c r="G54" s="5">
+        <v>34</v>
+      </c>
+      <c r="H54" s="5">
+        <v>46</v>
+      </c>
+      <c r="I54" s="5">
+        <v>43</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="K54" s="5">
+        <v>36</v>
+      </c>
+      <c r="L54" s="5">
+        <v>31</v>
+      </c>
+      <c r="M54" s="5">
+        <v>35</v>
+      </c>
+      <c r="N54" s="5">
+        <v>45</v>
+      </c>
+      <c r="O54" s="5">
+        <v>30</v>
+      </c>
+      <c r="P54" s="11">
+        <v>34</v>
+      </c>
+      <c r="Q54" s="11">
+        <v>38</v>
+      </c>
+      <c r="R54" s="11">
+        <v>39</v>
+      </c>
+      <c r="S54" s="11">
+        <v>46</v>
+      </c>
+      <c r="T54" s="11">
+        <v>31</v>
+      </c>
+      <c r="U54" s="11">
+        <v>34</v>
+      </c>
+      <c r="V54" s="11">
+        <v>43</v>
+      </c>
+      <c r="W54" s="11">
+        <v>48</v>
+      </c>
+      <c r="X54" s="11">
+        <v>48</v>
+      </c>
+      <c r="Y54" s="14"/>
+      <c r="Z54" s="12"/>
+      <c r="AA54" s="13"/>
+    </row>
+    <row r="55" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="23">
+        <v>50</v>
+      </c>
+      <c r="C55" s="23" t="s">
+        <v>92</v>
+      </c>
+      <c r="D55" s="5">
+        <v>24</v>
+      </c>
+      <c r="E55" s="5">
+        <v>28</v>
+      </c>
+      <c r="F55" s="5">
+        <v>16</v>
+      </c>
+      <c r="G55" s="5">
+        <v>21</v>
+      </c>
+      <c r="H55" s="5">
+        <v>21</v>
+      </c>
+      <c r="I55" s="5">
+        <v>24</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K55" s="5">
+        <v>10</v>
+      </c>
+      <c r="L55" s="5">
+        <v>27</v>
+      </c>
+      <c r="M55" s="5">
+        <v>19</v>
+      </c>
+      <c r="N55" s="5">
+        <v>10</v>
+      </c>
+      <c r="O55" s="5">
+        <v>18</v>
+      </c>
+      <c r="P55" s="11">
+        <v>14</v>
+      </c>
+      <c r="Q55" s="11">
+        <v>15</v>
+      </c>
+      <c r="R55" s="11">
+        <v>20</v>
+      </c>
+      <c r="S55" s="11">
+        <v>19</v>
+      </c>
+      <c r="T55" s="11">
+        <v>23</v>
+      </c>
+      <c r="U55" s="11">
+        <v>23</v>
+      </c>
+      <c r="V55" s="11">
+        <v>16</v>
+      </c>
+      <c r="W55" s="11">
+        <v>12</v>
+      </c>
+      <c r="X55" s="11">
+        <v>24</v>
+      </c>
+      <c r="Y55" s="14"/>
+      <c r="Z55" s="12"/>
+      <c r="AA55" s="13"/>
+    </row>
+    <row r="56" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="23">
+        <v>51</v>
+      </c>
+      <c r="C56" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="D56" s="5">
+        <v>21</v>
+      </c>
+      <c r="E56" s="5">
+        <v>23</v>
+      </c>
+      <c r="F56" s="5">
+        <v>23</v>
+      </c>
+      <c r="G56" s="5">
+        <v>26</v>
+      </c>
+      <c r="H56" s="5">
+        <v>32</v>
+      </c>
+      <c r="I56" s="5">
+        <v>37</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K56" s="5">
+        <v>17</v>
+      </c>
+      <c r="L56" s="5">
+        <v>31</v>
+      </c>
+      <c r="M56" s="5">
+        <v>30</v>
+      </c>
+      <c r="N56" s="5">
+        <v>35</v>
+      </c>
+      <c r="O56" s="5">
+        <v>17</v>
+      </c>
+      <c r="P56" s="11">
+        <v>44</v>
+      </c>
+      <c r="Q56" s="11">
+        <v>49</v>
+      </c>
+      <c r="R56" s="11">
+        <v>41</v>
+      </c>
+      <c r="S56" s="11">
+        <v>40</v>
+      </c>
+      <c r="T56" s="11">
+        <v>34</v>
+      </c>
+      <c r="U56" s="11">
+        <v>30</v>
+      </c>
+      <c r="V56" s="11">
         <v>33</v>
       </c>
-      <c r="O5" s="4">
+      <c r="W56" s="11">
+        <v>21</v>
+      </c>
+      <c r="X56" s="11">
+        <v>21</v>
+      </c>
+      <c r="Y56" s="14"/>
+      <c r="Z56" s="12"/>
+      <c r="AA56" s="13"/>
+    </row>
+    <row r="57" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="23">
+        <v>52</v>
+      </c>
+      <c r="C57" s="23" t="s">
+        <v>96</v>
+      </c>
+      <c r="D57" s="5">
+        <v>2</v>
+      </c>
+      <c r="E57" s="5">
+        <v>6</v>
+      </c>
+      <c r="F57" s="5">
+        <v>5</v>
+      </c>
+      <c r="G57" s="5">
+        <v>13</v>
+      </c>
+      <c r="H57" s="5">
+        <v>12</v>
+      </c>
+      <c r="I57" s="5">
+        <v>9</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K57" s="5">
+        <v>10</v>
+      </c>
+      <c r="L57" s="5">
+        <v>9</v>
+      </c>
+      <c r="M57" s="5">
+        <v>11</v>
+      </c>
+      <c r="N57" s="5">
+        <v>8</v>
+      </c>
+      <c r="O57" s="5">
+        <v>7</v>
+      </c>
+      <c r="P57" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q57" s="11">
+        <v>6</v>
+      </c>
+      <c r="R57" s="11">
+        <v>12</v>
+      </c>
+      <c r="S57" s="11">
+        <v>10</v>
+      </c>
+      <c r="T57" s="11">
+        <v>3</v>
+      </c>
+      <c r="U57" s="11">
+        <v>9</v>
+      </c>
+      <c r="V57" s="11">
+        <v>3</v>
+      </c>
+      <c r="W57" s="11">
+        <v>12</v>
+      </c>
+      <c r="X57" s="11">
+        <v>7</v>
+      </c>
+      <c r="Y57" s="14"/>
+      <c r="Z57" s="12"/>
+      <c r="AA57" s="13"/>
+    </row>
+    <row r="58" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="23">
+        <v>53</v>
+      </c>
+      <c r="C58" s="23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D58" s="5">
+        <v>18</v>
+      </c>
+      <c r="E58" s="5">
+        <v>20</v>
+      </c>
+      <c r="F58" s="5">
+        <v>15</v>
+      </c>
+      <c r="G58" s="5">
+        <v>12</v>
+      </c>
+      <c r="H58" s="5">
+        <v>21</v>
+      </c>
+      <c r="I58" s="5">
+        <v>15</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K58" s="5">
+        <v>10</v>
+      </c>
+      <c r="L58" s="5">
+        <v>20</v>
+      </c>
+      <c r="M58" s="5">
+        <v>6</v>
+      </c>
+      <c r="N58" s="5">
+        <v>10</v>
+      </c>
+      <c r="O58" s="5">
+        <v>19</v>
+      </c>
+      <c r="P58" s="11">
+        <v>12</v>
+      </c>
+      <c r="Q58" s="11">
+        <v>8</v>
+      </c>
+      <c r="R58" s="11">
+        <v>24</v>
+      </c>
+      <c r="S58" s="11">
+        <v>17</v>
+      </c>
+      <c r="T58" s="11">
+        <v>11</v>
+      </c>
+      <c r="U58" s="11">
+        <v>8</v>
+      </c>
+      <c r="V58" s="11">
+        <v>12</v>
+      </c>
+      <c r="W58" s="11">
+        <v>23</v>
+      </c>
+      <c r="X58" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y58" s="14"/>
+      <c r="Z58" s="12"/>
+      <c r="AA58" s="13"/>
+    </row>
+    <row r="59" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B59" s="23">
+        <v>54</v>
+      </c>
+      <c r="C59" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D59" s="5">
+        <v>46</v>
+      </c>
+      <c r="E59" s="5">
+        <v>48</v>
+      </c>
+      <c r="F59" s="5">
+        <v>46</v>
+      </c>
+      <c r="G59" s="5">
+        <v>83</v>
+      </c>
+      <c r="H59" s="5">
+        <v>78</v>
+      </c>
+      <c r="I59" s="5">
+        <v>53</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="K59" s="5">
+        <v>51</v>
+      </c>
+      <c r="L59" s="5">
+        <v>64</v>
+      </c>
+      <c r="M59" s="5">
+        <v>44</v>
+      </c>
+      <c r="N59" s="5">
+        <v>44</v>
+      </c>
+      <c r="O59" s="5">
+        <v>39</v>
+      </c>
+      <c r="P59" s="11">
+        <v>53</v>
+      </c>
+      <c r="Q59" s="11">
+        <v>44</v>
+      </c>
+      <c r="R59" s="11">
+        <v>47</v>
+      </c>
+      <c r="S59" s="11">
+        <v>49</v>
+      </c>
+      <c r="T59" s="11">
+        <v>45</v>
+      </c>
+      <c r="U59" s="11">
+        <v>49</v>
+      </c>
+      <c r="V59" s="11">
+        <v>27</v>
+      </c>
+      <c r="W59" s="11">
+        <v>21</v>
+      </c>
+      <c r="X59" s="11">
+        <v>27</v>
+      </c>
+      <c r="Y59" s="14"/>
+      <c r="Z59" s="12"/>
+      <c r="AA59" s="13"/>
+    </row>
+    <row r="60" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="23">
+        <v>55</v>
+      </c>
+      <c r="C60" s="23" t="s">
+        <v>100</v>
+      </c>
+      <c r="D60" s="5">
+        <v>10</v>
+      </c>
+      <c r="E60" s="5">
+        <v>10</v>
+      </c>
+      <c r="F60" s="5">
+        <v>13</v>
+      </c>
+      <c r="G60" s="5">
+        <v>16</v>
+      </c>
+      <c r="H60" s="5">
+        <v>5</v>
+      </c>
+      <c r="I60" s="5">
+        <v>12</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="K60" s="5">
+        <v>7</v>
+      </c>
+      <c r="L60" s="5">
+        <v>9</v>
+      </c>
+      <c r="M60" s="5">
+        <v>7</v>
+      </c>
+      <c r="N60" s="5">
+        <v>11</v>
+      </c>
+      <c r="O60" s="5">
+        <v>7</v>
+      </c>
+      <c r="P60" s="11">
+        <v>8</v>
+      </c>
+      <c r="Q60" s="11">
+        <v>9</v>
+      </c>
+      <c r="R60" s="11">
+        <v>8</v>
+      </c>
+      <c r="S60" s="11">
+        <v>2</v>
+      </c>
+      <c r="T60" s="11">
+        <v>7</v>
+      </c>
+      <c r="U60" s="11">
+        <v>3</v>
+      </c>
+      <c r="V60" s="11">
+        <v>12</v>
+      </c>
+      <c r="W60" s="11">
+        <v>9</v>
+      </c>
+      <c r="X60" s="11">
+        <v>3</v>
+      </c>
+      <c r="Y60" s="14"/>
+      <c r="Z60" s="12"/>
+      <c r="AA60" s="13"/>
+    </row>
+    <row r="61" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="23">
+        <v>56</v>
+      </c>
+      <c r="C61" s="23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D61" s="5">
+        <v>55</v>
+      </c>
+      <c r="E61" s="5">
+        <v>51</v>
+      </c>
+      <c r="F61" s="5">
+        <v>54</v>
+      </c>
+      <c r="G61" s="5">
+        <v>52</v>
+      </c>
+      <c r="H61" s="5">
+        <v>47</v>
+      </c>
+      <c r="I61" s="5">
+        <v>58</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K61" s="5">
+        <v>39</v>
+      </c>
+      <c r="L61" s="5">
+        <v>41</v>
+      </c>
+      <c r="M61" s="5">
+        <v>52</v>
+      </c>
+      <c r="N61" s="5">
+        <v>38</v>
+      </c>
+      <c r="O61" s="5">
+        <v>28</v>
+      </c>
+      <c r="P61" s="11">
+        <v>38</v>
+      </c>
+      <c r="Q61" s="11">
+        <v>38</v>
+      </c>
+      <c r="R61" s="11">
+        <v>45</v>
+      </c>
+      <c r="S61" s="11">
+        <v>42</v>
+      </c>
+      <c r="T61" s="11">
         <v>29</v>
       </c>
-      <c r="P5" s="5">
+      <c r="U61" s="11">
+        <v>42</v>
+      </c>
+      <c r="V61" s="11">
+        <v>39</v>
+      </c>
+      <c r="W61" s="11">
+        <v>39</v>
+      </c>
+      <c r="X61" s="11">
+        <v>29</v>
+      </c>
+      <c r="Y61" s="14"/>
+      <c r="Z61" s="12"/>
+      <c r="AA61" s="13"/>
+    </row>
+    <row r="62" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B62" s="23">
+        <v>57</v>
+      </c>
+      <c r="C62" s="23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D62" s="5">
+        <v>51</v>
+      </c>
+      <c r="E62" s="5">
+        <v>64</v>
+      </c>
+      <c r="F62" s="5">
+        <v>39</v>
+      </c>
+      <c r="G62" s="5">
+        <v>46</v>
+      </c>
+      <c r="H62" s="5">
+        <v>81</v>
+      </c>
+      <c r="I62" s="5">
+        <v>75</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K62" s="5">
+        <v>60</v>
+      </c>
+      <c r="L62" s="5">
+        <v>70</v>
+      </c>
+      <c r="M62" s="5">
+        <v>61</v>
+      </c>
+      <c r="N62" s="5">
+        <v>57</v>
+      </c>
+      <c r="O62" s="5">
+        <v>40</v>
+      </c>
+      <c r="P62" s="11">
+        <v>59</v>
+      </c>
+      <c r="Q62" s="11">
+        <v>40</v>
+      </c>
+      <c r="R62" s="11">
+        <v>57</v>
+      </c>
+      <c r="S62" s="11">
+        <v>55</v>
+      </c>
+      <c r="T62" s="11">
+        <v>45</v>
+      </c>
+      <c r="U62" s="11">
+        <v>40</v>
+      </c>
+      <c r="V62" s="11">
+        <v>36</v>
+      </c>
+      <c r="W62" s="11">
+        <v>35</v>
+      </c>
+      <c r="X62" s="11">
+        <v>37</v>
+      </c>
+      <c r="Y62" s="14"/>
+      <c r="Z62" s="12"/>
+      <c r="AA62" s="13"/>
+    </row>
+    <row r="63" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B63" s="23">
+        <v>58</v>
+      </c>
+      <c r="C63" s="23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D63" s="5">
+        <v>31</v>
+      </c>
+      <c r="E63" s="5">
+        <v>30</v>
+      </c>
+      <c r="F63" s="5">
+        <v>38</v>
+      </c>
+      <c r="G63" s="5">
+        <v>48</v>
+      </c>
+      <c r="H63" s="5">
+        <v>33</v>
+      </c>
+      <c r="I63" s="5">
+        <v>30</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="K63" s="5">
+        <v>32</v>
+      </c>
+      <c r="L63" s="5">
+        <v>18</v>
+      </c>
+      <c r="M63" s="5">
+        <v>12</v>
+      </c>
+      <c r="N63" s="5">
+        <v>17</v>
+      </c>
+      <c r="O63" s="5">
+        <v>11</v>
+      </c>
+      <c r="P63" s="11">
+        <v>12</v>
+      </c>
+      <c r="Q63" s="11">
+        <v>10</v>
+      </c>
+      <c r="R63" s="11">
+        <v>3</v>
+      </c>
+      <c r="S63" s="11">
+        <v>10</v>
+      </c>
+      <c r="T63" s="11">
+        <v>3</v>
+      </c>
+      <c r="U63" s="11">
+        <v>5</v>
+      </c>
+      <c r="V63" s="11">
+        <v>7</v>
+      </c>
+      <c r="W63" s="11">
+        <v>8</v>
+      </c>
+      <c r="X63" s="11">
+        <v>7</v>
+      </c>
+      <c r="Y63" s="14"/>
+      <c r="Z63" s="12"/>
+      <c r="AA63" s="13"/>
+    </row>
+    <row r="64" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="23">
+        <v>59</v>
+      </c>
+      <c r="C64" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="D64" s="5">
+        <v>136</v>
+      </c>
+      <c r="E64" s="5">
+        <v>150</v>
+      </c>
+      <c r="F64" s="5">
+        <v>150</v>
+      </c>
+      <c r="G64" s="5">
+        <v>142</v>
+      </c>
+      <c r="H64" s="5">
+        <v>149</v>
+      </c>
+      <c r="I64" s="5">
+        <v>152</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K64" s="5">
+        <v>131</v>
+      </c>
+      <c r="L64" s="5">
+        <v>162</v>
+      </c>
+      <c r="M64" s="5">
+        <v>148</v>
+      </c>
+      <c r="N64" s="5">
+        <v>144</v>
+      </c>
+      <c r="O64" s="5">
+        <v>133</v>
+      </c>
+      <c r="P64" s="11">
+        <v>120</v>
+      </c>
+      <c r="Q64" s="11">
+        <v>143</v>
+      </c>
+      <c r="R64" s="11">
+        <v>143</v>
+      </c>
+      <c r="S64" s="11">
+        <v>122</v>
+      </c>
+      <c r="T64" s="11">
+        <v>149</v>
+      </c>
+      <c r="U64" s="11">
+        <v>112</v>
+      </c>
+      <c r="V64" s="11">
+        <v>137</v>
+      </c>
+      <c r="W64" s="11">
+        <v>158</v>
+      </c>
+      <c r="X64" s="11">
+        <v>122</v>
+      </c>
+      <c r="Y64" s="14"/>
+      <c r="Z64" s="12"/>
+      <c r="AA64" s="13"/>
+    </row>
+    <row r="65" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B65" s="23">
+        <v>60</v>
+      </c>
+      <c r="C65" s="23" t="s">
+        <v>109</v>
+      </c>
+      <c r="D65" s="5">
+        <v>61</v>
+      </c>
+      <c r="E65" s="5">
+        <v>77</v>
+      </c>
+      <c r="F65" s="5">
+        <v>59</v>
+      </c>
+      <c r="G65" s="5">
+        <v>37</v>
+      </c>
+      <c r="H65" s="5">
+        <v>34</v>
+      </c>
+      <c r="I65" s="5">
+        <v>50</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K65" s="5">
+        <v>58</v>
+      </c>
+      <c r="L65" s="5">
+        <v>54</v>
+      </c>
+      <c r="M65" s="5">
+        <v>53</v>
+      </c>
+      <c r="N65" s="5">
+        <v>44</v>
+      </c>
+      <c r="O65" s="5">
+        <v>63</v>
+      </c>
+      <c r="P65" s="11">
+        <v>70</v>
+      </c>
+      <c r="Q65" s="11">
+        <v>61</v>
+      </c>
+      <c r="R65" s="11">
+        <v>41</v>
+      </c>
+      <c r="S65" s="11">
+        <v>51</v>
+      </c>
+      <c r="T65" s="11">
+        <v>63</v>
+      </c>
+      <c r="U65" s="11">
+        <v>42</v>
+      </c>
+      <c r="V65" s="11">
+        <v>49</v>
+      </c>
+      <c r="W65" s="11">
+        <v>62</v>
+      </c>
+      <c r="X65" s="11">
+        <v>58</v>
+      </c>
+      <c r="Y65" s="14"/>
+      <c r="Z65" s="12"/>
+      <c r="AA65" s="13"/>
+    </row>
+    <row r="66" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="23">
+        <v>61</v>
+      </c>
+      <c r="C66" s="23" t="s">
+        <v>111</v>
+      </c>
+      <c r="D66" s="5">
+        <v>9</v>
+      </c>
+      <c r="E66" s="5">
+        <v>5</v>
+      </c>
+      <c r="F66" s="5">
+        <v>12</v>
+      </c>
+      <c r="G66" s="5">
+        <v>12</v>
+      </c>
+      <c r="H66" s="5">
+        <v>16</v>
+      </c>
+      <c r="I66" s="5">
+        <v>10</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="K66" s="5">
+        <v>19</v>
+      </c>
+      <c r="L66" s="5">
+        <v>8</v>
+      </c>
+      <c r="M66" s="5">
+        <v>7</v>
+      </c>
+      <c r="N66" s="5">
+        <v>8</v>
+      </c>
+      <c r="O66" s="5">
+        <v>12</v>
+      </c>
+      <c r="P66" s="11">
+        <v>9</v>
+      </c>
+      <c r="Q66" s="11">
+        <v>5</v>
+      </c>
+      <c r="R66" s="11">
+        <v>11</v>
+      </c>
+      <c r="S66" s="11">
+        <v>9</v>
+      </c>
+      <c r="T66" s="11">
+        <v>8</v>
+      </c>
+      <c r="U66" s="11">
+        <v>9</v>
+      </c>
+      <c r="V66" s="11">
+        <v>10</v>
+      </c>
+      <c r="W66" s="11">
+        <v>10</v>
+      </c>
+      <c r="X66" s="11">
+        <v>11</v>
+      </c>
+      <c r="Y66" s="14"/>
+      <c r="Z66" s="12"/>
+      <c r="AA66" s="13"/>
+    </row>
+    <row r="67" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B67" s="23">
+        <v>62</v>
+      </c>
+      <c r="C67" s="23" t="s">
+        <v>112</v>
+      </c>
+      <c r="D67" s="5">
+        <v>75</v>
+      </c>
+      <c r="E67" s="5">
+        <v>70</v>
+      </c>
+      <c r="F67" s="5">
+        <v>90</v>
+      </c>
+      <c r="G67" s="5">
+        <v>89</v>
+      </c>
+      <c r="H67" s="5">
+        <v>108</v>
+      </c>
+      <c r="I67" s="5">
+        <v>69</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K67" s="5">
+        <v>50</v>
+      </c>
+      <c r="L67" s="5">
+        <v>47</v>
+      </c>
+      <c r="M67" s="5">
+        <v>39</v>
+      </c>
+      <c r="N67" s="5">
+        <v>36</v>
+      </c>
+      <c r="O67" s="5">
+        <v>50</v>
+      </c>
+      <c r="P67" s="11">
+        <v>60</v>
+      </c>
+      <c r="Q67" s="11">
+        <v>46</v>
+      </c>
+      <c r="R67" s="11">
+        <v>57</v>
+      </c>
+      <c r="S67" s="11">
+        <v>77</v>
+      </c>
+      <c r="T67" s="11">
+        <v>50</v>
+      </c>
+      <c r="U67" s="11">
+        <v>44</v>
+      </c>
+      <c r="V67" s="11">
+        <v>36</v>
+      </c>
+      <c r="W67" s="11">
+        <v>39</v>
+      </c>
+      <c r="X67" s="11">
+        <v>36</v>
+      </c>
+      <c r="Y67" s="14"/>
+      <c r="Z67" s="12"/>
+      <c r="AA67" s="13"/>
+    </row>
+    <row r="68" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B68" s="23">
+        <v>63</v>
+      </c>
+      <c r="C68" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="D68" s="5">
+        <v>29</v>
+      </c>
+      <c r="E68" s="5">
+        <v>31</v>
+      </c>
+      <c r="F68" s="5">
+        <v>35</v>
+      </c>
+      <c r="G68" s="5">
+        <v>41</v>
+      </c>
+      <c r="H68" s="5">
+        <v>38</v>
+      </c>
+      <c r="I68" s="5">
+        <v>47</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="K68" s="5">
+        <v>31</v>
+      </c>
+      <c r="L68" s="5">
         <v>27</v>
       </c>
-      <c r="Q5" s="5">
-[...2 lines deleted...]
-      <c r="R5" s="5">
+      <c r="M68" s="5">
+        <v>38</v>
+      </c>
+      <c r="N68" s="5">
+        <v>28</v>
+      </c>
+      <c r="O68" s="5">
+        <v>25</v>
+      </c>
+      <c r="P68" s="11">
+        <v>26</v>
+      </c>
+      <c r="Q68" s="11">
+        <v>37</v>
+      </c>
+      <c r="R68" s="11">
         <v>32</v>
       </c>
-      <c r="S5" s="5">
+      <c r="S68" s="11">
+        <v>45</v>
+      </c>
+      <c r="T68" s="11">
+        <v>40</v>
+      </c>
+      <c r="U68" s="11">
+        <v>29</v>
+      </c>
+      <c r="V68" s="11">
+        <v>40</v>
+      </c>
+      <c r="W68" s="11">
+        <v>26</v>
+      </c>
+      <c r="X68" s="11">
+        <v>37</v>
+      </c>
+      <c r="Y68" s="14"/>
+      <c r="Z68" s="12"/>
+      <c r="AA68" s="13"/>
+    </row>
+    <row r="69" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B69" s="23">
+        <v>64</v>
+      </c>
+      <c r="C69" s="23" t="s">
+        <v>116</v>
+      </c>
+      <c r="D69" s="5">
+        <v>40</v>
+      </c>
+      <c r="E69" s="5">
+        <v>40</v>
+      </c>
+      <c r="F69" s="5">
         <v>33</v>
       </c>
-      <c r="T5" s="5">
+      <c r="G69" s="5">
+        <v>20</v>
+      </c>
+      <c r="H69" s="5">
+        <v>36</v>
+      </c>
+      <c r="I69" s="5">
+        <v>22</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K69" s="5">
+        <v>22</v>
+      </c>
+      <c r="L69" s="5">
+        <v>24</v>
+      </c>
+      <c r="M69" s="5">
+        <v>17</v>
+      </c>
+      <c r="N69" s="5">
+        <v>36</v>
+      </c>
+      <c r="O69" s="5">
+        <v>43</v>
+      </c>
+      <c r="P69" s="11">
+        <v>43</v>
+      </c>
+      <c r="Q69" s="11">
+        <v>44</v>
+      </c>
+      <c r="R69" s="11">
+        <v>22</v>
+      </c>
+      <c r="S69" s="11">
+        <v>36</v>
+      </c>
+      <c r="T69" s="11">
+        <v>39</v>
+      </c>
+      <c r="U69" s="11">
+        <v>28</v>
+      </c>
+      <c r="V69" s="11">
         <v>37</v>
       </c>
-      <c r="U5" s="5">
+      <c r="W69" s="11">
+        <v>38</v>
+      </c>
+      <c r="X69" s="11">
+        <v>38</v>
+      </c>
+      <c r="Y69" s="14"/>
+      <c r="Z69" s="12"/>
+      <c r="AA69" s="13"/>
+    </row>
+    <row r="70" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="23">
+        <v>65</v>
+      </c>
+      <c r="C70" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="D70" s="5">
+        <v>9</v>
+      </c>
+      <c r="E70" s="5">
+        <v>8</v>
+      </c>
+      <c r="F70" s="5">
+        <v>7</v>
+      </c>
+      <c r="G70" s="5">
+        <v>13</v>
+      </c>
+      <c r="H70" s="5">
+        <v>11</v>
+      </c>
+      <c r="I70" s="5">
+        <v>3</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K70" s="5">
+        <v>6</v>
+      </c>
+      <c r="L70" s="5">
+        <v>6</v>
+      </c>
+      <c r="M70" s="5">
+        <v>8</v>
+      </c>
+      <c r="N70" s="5">
+        <v>7</v>
+      </c>
+      <c r="O70" s="5">
+        <v>7</v>
+      </c>
+      <c r="P70" s="11">
+        <v>1</v>
+      </c>
+      <c r="Q70" s="11">
+        <v>7</v>
+      </c>
+      <c r="R70" s="11">
+        <v>5</v>
+      </c>
+      <c r="S70" s="11">
+        <v>5</v>
+      </c>
+      <c r="T70" s="11">
+        <v>7</v>
+      </c>
+      <c r="U70" s="11">
+        <v>8</v>
+      </c>
+      <c r="V70" s="11">
+        <v>10</v>
+      </c>
+      <c r="W70" s="11">
+        <v>7</v>
+      </c>
+      <c r="X70" s="11">
+        <v>11</v>
+      </c>
+      <c r="Y70" s="14"/>
+      <c r="Z70" s="12"/>
+      <c r="AA70" s="13"/>
+    </row>
+    <row r="71" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="23">
+        <v>66</v>
+      </c>
+      <c r="C71" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="D71" s="5">
+        <v>22</v>
+      </c>
+      <c r="E71" s="5">
+        <v>32</v>
+      </c>
+      <c r="F71" s="5">
+        <v>36</v>
+      </c>
+      <c r="G71" s="5">
+        <v>47</v>
+      </c>
+      <c r="H71" s="5">
+        <v>43</v>
+      </c>
+      <c r="I71" s="5">
+        <v>60</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="K71" s="5">
+        <v>50</v>
+      </c>
+      <c r="L71" s="5">
+        <v>36</v>
+      </c>
+      <c r="M71" s="5">
+        <v>39</v>
+      </c>
+      <c r="N71" s="5">
+        <v>33</v>
+      </c>
+      <c r="O71" s="5">
+        <v>24</v>
+      </c>
+      <c r="P71" s="11">
+        <v>31</v>
+      </c>
+      <c r="Q71" s="11">
+        <v>31</v>
+      </c>
+      <c r="R71" s="11">
+        <v>44</v>
+      </c>
+      <c r="S71" s="11">
+        <v>34</v>
+      </c>
+      <c r="T71" s="11">
+        <v>27</v>
+      </c>
+      <c r="U71" s="11">
+        <v>17</v>
+      </c>
+      <c r="V71" s="11">
+        <v>21</v>
+      </c>
+      <c r="W71" s="11">
+        <v>35</v>
+      </c>
+      <c r="X71" s="11">
+        <v>27</v>
+      </c>
+      <c r="Y71" s="14"/>
+      <c r="Z71" s="12"/>
+      <c r="AA71" s="13"/>
+    </row>
+    <row r="72" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="23">
+        <v>67</v>
+      </c>
+      <c r="C72" s="23" t="s">
+        <v>120</v>
+      </c>
+      <c r="D72" s="5">
+        <v>77</v>
+      </c>
+      <c r="E72" s="5">
+        <v>59</v>
+      </c>
+      <c r="F72" s="5">
+        <v>66</v>
+      </c>
+      <c r="G72" s="5">
+        <v>75</v>
+      </c>
+      <c r="H72" s="5">
+        <v>69</v>
+      </c>
+      <c r="I72" s="5">
+        <v>94</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K72" s="5">
+        <v>93</v>
+      </c>
+      <c r="L72" s="5">
+        <v>63</v>
+      </c>
+      <c r="M72" s="5">
+        <v>62</v>
+      </c>
+      <c r="N72" s="5">
+        <v>90</v>
+      </c>
+      <c r="O72" s="5">
+        <v>88</v>
+      </c>
+      <c r="P72" s="11">
+        <v>87</v>
+      </c>
+      <c r="Q72" s="11">
+        <v>75</v>
+      </c>
+      <c r="R72" s="11">
+        <v>69</v>
+      </c>
+      <c r="S72" s="11">
+        <v>80</v>
+      </c>
+      <c r="T72" s="11">
+        <v>83</v>
+      </c>
+      <c r="U72" s="11">
+        <v>70</v>
+      </c>
+      <c r="V72" s="11">
+        <v>56</v>
+      </c>
+      <c r="W72" s="11">
+        <v>62</v>
+      </c>
+      <c r="X72" s="11">
+        <v>74</v>
+      </c>
+      <c r="Y72" s="14"/>
+      <c r="Z72" s="12"/>
+      <c r="AA72" s="13"/>
+    </row>
+    <row r="73" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="23">
+        <v>68</v>
+      </c>
+      <c r="C73" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="D73" s="5">
+        <v>51</v>
+      </c>
+      <c r="E73" s="5">
+        <v>52</v>
+      </c>
+      <c r="F73" s="5">
+        <v>42</v>
+      </c>
+      <c r="G73" s="5">
+        <v>51</v>
+      </c>
+      <c r="H73" s="5">
+        <v>47</v>
+      </c>
+      <c r="I73" s="5">
+        <v>41</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="K73" s="5">
+        <v>42</v>
+      </c>
+      <c r="L73" s="5">
+        <v>43</v>
+      </c>
+      <c r="M73" s="5">
+        <v>42</v>
+      </c>
+      <c r="N73" s="5">
+        <v>44</v>
+      </c>
+      <c r="O73" s="5">
+        <v>49</v>
+      </c>
+      <c r="P73" s="11">
+        <v>33</v>
+      </c>
+      <c r="Q73" s="11">
+        <v>21</v>
+      </c>
+      <c r="R73" s="11">
+        <v>28</v>
+      </c>
+      <c r="S73" s="11">
         <v>25</v>
       </c>
-      <c r="V5" s="5">
+      <c r="T73" s="11">
+        <v>35</v>
+      </c>
+      <c r="U73" s="11">
+        <v>36</v>
+      </c>
+      <c r="V73" s="11">
+        <v>37</v>
+      </c>
+      <c r="W73" s="11">
+        <v>50</v>
+      </c>
+      <c r="X73" s="11">
+        <v>39</v>
+      </c>
+      <c r="Y73" s="14"/>
+      <c r="Z73" s="12"/>
+      <c r="AA73" s="13"/>
+    </row>
+    <row r="74" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="23">
+        <v>69</v>
+      </c>
+      <c r="C74" s="23" t="s">
+        <v>123</v>
+      </c>
+      <c r="D74" s="5">
+        <v>133</v>
+      </c>
+      <c r="E74" s="5">
+        <v>112</v>
+      </c>
+      <c r="F74" s="5">
+        <v>162</v>
+      </c>
+      <c r="G74" s="5">
+        <v>155</v>
+      </c>
+      <c r="H74" s="5">
+        <v>193</v>
+      </c>
+      <c r="I74" s="5">
+        <v>155</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="K74" s="5">
+        <v>161</v>
+      </c>
+      <c r="L74" s="5">
+        <v>143</v>
+      </c>
+      <c r="M74" s="5">
+        <v>165</v>
+      </c>
+      <c r="N74" s="5">
+        <v>133</v>
+      </c>
+      <c r="O74" s="5">
+        <v>152</v>
+      </c>
+      <c r="P74" s="11">
+        <v>163</v>
+      </c>
+      <c r="Q74" s="11">
+        <v>183</v>
+      </c>
+      <c r="R74" s="11">
+        <v>124</v>
+      </c>
+      <c r="S74" s="11">
+        <v>189</v>
+      </c>
+      <c r="T74" s="11">
+        <v>137</v>
+      </c>
+      <c r="U74" s="11">
+        <v>157</v>
+      </c>
+      <c r="V74" s="11">
+        <v>199</v>
+      </c>
+      <c r="W74" s="11">
+        <v>168</v>
+      </c>
+      <c r="X74" s="11">
+        <v>167</v>
+      </c>
+      <c r="Y74" s="14"/>
+      <c r="Z74" s="12"/>
+      <c r="AA74" s="13"/>
+    </row>
+    <row r="75" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B75" s="23">
+        <v>70</v>
+      </c>
+      <c r="C75" s="23" t="s">
+        <v>125</v>
+      </c>
+      <c r="D75" s="5">
+        <v>9</v>
+      </c>
+      <c r="E75" s="5">
+        <v>11</v>
+      </c>
+      <c r="F75" s="5">
+        <v>9</v>
+      </c>
+      <c r="G75" s="5">
+        <v>12</v>
+      </c>
+      <c r="H75" s="5">
+        <v>20</v>
+      </c>
+      <c r="I75" s="5">
+        <v>11</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K75" s="5">
+        <v>14</v>
+      </c>
+      <c r="L75" s="5">
+        <v>21</v>
+      </c>
+      <c r="M75" s="5">
+        <v>9</v>
+      </c>
+      <c r="N75" s="5">
+        <v>17</v>
+      </c>
+      <c r="O75" s="5">
+        <v>6</v>
+      </c>
+      <c r="P75" s="11">
+        <v>8</v>
+      </c>
+      <c r="Q75" s="11">
+        <v>7</v>
+      </c>
+      <c r="R75" s="11">
+        <v>16</v>
+      </c>
+      <c r="S75" s="11">
+        <v>12</v>
+      </c>
+      <c r="T75" s="11">
+        <v>15</v>
+      </c>
+      <c r="U75" s="11">
+        <v>10</v>
+      </c>
+      <c r="V75" s="11">
+        <v>10</v>
+      </c>
+      <c r="W75" s="11">
+        <v>14</v>
+      </c>
+      <c r="X75" s="11">
+        <v>6</v>
+      </c>
+      <c r="Y75" s="14"/>
+      <c r="Z75" s="12"/>
+      <c r="AA75" s="13"/>
+    </row>
+    <row r="76" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="23">
+        <v>71</v>
+      </c>
+      <c r="C76" s="23" t="s">
+        <v>126</v>
+      </c>
+      <c r="D76" s="5">
+        <v>33</v>
+      </c>
+      <c r="E76" s="5">
+        <v>27</v>
+      </c>
+      <c r="F76" s="5">
+        <v>17</v>
+      </c>
+      <c r="G76" s="5">
+        <v>19</v>
+      </c>
+      <c r="H76" s="5">
+        <v>33</v>
+      </c>
+      <c r="I76" s="5">
+        <v>40</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K76" s="5">
+        <v>35</v>
+      </c>
+      <c r="L76" s="5">
+        <v>27</v>
+      </c>
+      <c r="M76" s="5">
+        <v>32</v>
+      </c>
+      <c r="N76" s="5">
+        <v>33</v>
+      </c>
+      <c r="O76" s="5">
+        <v>25</v>
+      </c>
+      <c r="P76" s="11">
+        <v>28</v>
+      </c>
+      <c r="Q76" s="11">
+        <v>20</v>
+      </c>
+      <c r="R76" s="11">
+        <v>27</v>
+      </c>
+      <c r="S76" s="11">
+        <v>11</v>
+      </c>
+      <c r="T76" s="11">
+        <v>16</v>
+      </c>
+      <c r="U76" s="11">
+        <v>18</v>
+      </c>
+      <c r="V76" s="11">
+        <v>14</v>
+      </c>
+      <c r="W76" s="11">
+        <v>15</v>
+      </c>
+      <c r="X76" s="11">
+        <v>25</v>
+      </c>
+      <c r="Y76" s="14"/>
+      <c r="Z76" s="12"/>
+      <c r="AA76" s="13"/>
+    </row>
+    <row r="77" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B77" s="23">
+        <v>72</v>
+      </c>
+      <c r="C77" s="23" t="s">
+        <v>127</v>
+      </c>
+      <c r="D77" s="5">
+        <v>21</v>
+      </c>
+      <c r="E77" s="5">
+        <v>36</v>
+      </c>
+      <c r="F77" s="5">
+        <v>38</v>
+      </c>
+      <c r="G77" s="5">
+        <v>24</v>
+      </c>
+      <c r="H77" s="5">
+        <v>28</v>
+      </c>
+      <c r="I77" s="5">
+        <v>27</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="K77" s="5">
+        <v>29</v>
+      </c>
+      <c r="L77" s="5">
+        <v>29</v>
+      </c>
+      <c r="M77" s="5">
+        <v>34</v>
+      </c>
+      <c r="N77" s="5">
+        <v>25</v>
+      </c>
+      <c r="O77" s="5">
+        <v>35</v>
+      </c>
+      <c r="P77" s="11">
+        <v>27</v>
+      </c>
+      <c r="Q77" s="11">
+        <v>24</v>
+      </c>
+      <c r="R77" s="11">
+        <v>42</v>
+      </c>
+      <c r="S77" s="11">
+        <v>32</v>
+      </c>
+      <c r="T77" s="11">
+        <v>21</v>
+      </c>
+      <c r="U77" s="11">
+        <v>19</v>
+      </c>
+      <c r="V77" s="11">
+        <v>24</v>
+      </c>
+      <c r="W77" s="11">
+        <v>24</v>
+      </c>
+      <c r="X77" s="11">
+        <v>23</v>
+      </c>
+      <c r="Y77" s="14"/>
+      <c r="Z77" s="12"/>
+      <c r="AA77" s="13"/>
+    </row>
+    <row r="78" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B78" s="23">
+        <v>73</v>
+      </c>
+      <c r="C78" s="23" t="s">
+        <v>128</v>
+      </c>
+      <c r="D78" s="5">
+        <v>18</v>
+      </c>
+      <c r="E78" s="5">
+        <v>23</v>
+      </c>
+      <c r="F78" s="5">
+        <v>32</v>
+      </c>
+      <c r="G78" s="5">
+        <v>23</v>
+      </c>
+      <c r="H78" s="5">
+        <v>36</v>
+      </c>
+      <c r="I78" s="5">
+        <v>23</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K78" s="5">
+        <v>22</v>
+      </c>
+      <c r="L78" s="5">
+        <v>19</v>
+      </c>
+      <c r="M78" s="5">
+        <v>25</v>
+      </c>
+      <c r="N78" s="5">
+        <v>22</v>
+      </c>
+      <c r="O78" s="5">
+        <v>17</v>
+      </c>
+      <c r="P78" s="11">
+        <v>20</v>
+      </c>
+      <c r="Q78" s="11">
+        <v>16</v>
+      </c>
+      <c r="R78" s="11">
+        <v>29</v>
+      </c>
+      <c r="S78" s="11">
+        <v>31</v>
+      </c>
+      <c r="T78" s="11">
+        <v>20</v>
+      </c>
+      <c r="U78" s="11">
+        <v>21</v>
+      </c>
+      <c r="V78" s="11">
+        <v>27</v>
+      </c>
+      <c r="W78" s="11">
+        <v>24</v>
+      </c>
+      <c r="X78" s="11">
+        <v>25</v>
+      </c>
+      <c r="Y78" s="14"/>
+      <c r="Z78" s="12"/>
+      <c r="AA78" s="13"/>
+    </row>
+    <row r="79" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B79" s="23">
+        <v>74</v>
+      </c>
+      <c r="C79" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="D79" s="5">
+        <v>45</v>
+      </c>
+      <c r="E79" s="5">
+        <v>26</v>
+      </c>
+      <c r="F79" s="5">
+        <v>57</v>
+      </c>
+      <c r="G79" s="5">
+        <v>44</v>
+      </c>
+      <c r="H79" s="5">
+        <v>59</v>
+      </c>
+      <c r="I79" s="5">
+        <v>44</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K79" s="5">
+        <v>39</v>
+      </c>
+      <c r="L79" s="5">
+        <v>53</v>
+      </c>
+      <c r="M79" s="5">
+        <v>45</v>
+      </c>
+      <c r="N79" s="5">
+        <v>34</v>
+      </c>
+      <c r="O79" s="5">
+        <v>42</v>
+      </c>
+      <c r="P79" s="11">
+        <v>33</v>
+      </c>
+      <c r="Q79" s="11">
+        <v>52</v>
+      </c>
+      <c r="R79" s="11">
+        <v>44</v>
+      </c>
+      <c r="S79" s="11">
+        <v>24</v>
+      </c>
+      <c r="T79" s="11">
+        <v>60</v>
+      </c>
+      <c r="U79" s="11">
+        <v>34</v>
+      </c>
+      <c r="V79" s="11">
+        <v>32</v>
+      </c>
+      <c r="W79" s="11">
+        <v>32</v>
+      </c>
+      <c r="X79" s="11">
+        <v>28</v>
+      </c>
+      <c r="Y79" s="14"/>
+      <c r="Z79" s="12"/>
+      <c r="AA79" s="13"/>
+    </row>
+    <row r="80" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B80" s="23">
+        <v>75</v>
+      </c>
+      <c r="C80" s="23" t="s">
+        <v>131</v>
+      </c>
+      <c r="D80" s="5">
+        <v>742</v>
+      </c>
+      <c r="E80" s="5">
+        <v>611</v>
+      </c>
+      <c r="F80" s="5">
+        <v>583</v>
+      </c>
+      <c r="G80" s="5">
+        <v>606</v>
+      </c>
+      <c r="H80" s="5">
+        <v>605</v>
+      </c>
+      <c r="I80" s="5">
+        <v>515</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="K80" s="5">
+        <v>413</v>
+      </c>
+      <c r="L80" s="5">
+        <v>430</v>
+      </c>
+      <c r="M80" s="5">
+        <v>372</v>
+      </c>
+      <c r="N80" s="5">
+        <v>365</v>
+      </c>
+      <c r="O80" s="5">
+        <v>318</v>
+      </c>
+      <c r="P80" s="11">
+        <v>342</v>
+      </c>
+      <c r="Q80" s="11">
+        <v>393</v>
+      </c>
+      <c r="R80" s="11">
+        <v>413</v>
+      </c>
+      <c r="S80" s="11">
+        <v>365</v>
+      </c>
+      <c r="T80" s="11">
+        <v>306</v>
+      </c>
+      <c r="U80" s="11">
+        <v>328</v>
+      </c>
+      <c r="V80" s="11">
+        <v>297</v>
+      </c>
+      <c r="W80" s="11">
+        <v>368</v>
+      </c>
+      <c r="X80" s="11">
+        <v>375</v>
+      </c>
+      <c r="Y80" s="14"/>
+      <c r="Z80" s="12"/>
+      <c r="AA80" s="13"/>
+    </row>
+    <row r="81" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="23">
+        <v>76</v>
+      </c>
+      <c r="C81" s="23" t="s">
+        <v>133</v>
+      </c>
+      <c r="D81" s="5">
+        <v>88</v>
+      </c>
+      <c r="E81" s="5">
+        <v>85</v>
+      </c>
+      <c r="F81" s="5">
+        <v>91</v>
+      </c>
+      <c r="G81" s="5">
+        <v>112</v>
+      </c>
+      <c r="H81" s="5">
+        <v>97</v>
+      </c>
+      <c r="I81" s="5">
+        <v>83</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="K81" s="5">
+        <v>56</v>
+      </c>
+      <c r="L81" s="5">
+        <v>90</v>
+      </c>
+      <c r="M81" s="5">
+        <v>102</v>
+      </c>
+      <c r="N81" s="5">
+        <v>92</v>
+      </c>
+      <c r="O81" s="5">
+        <v>83</v>
+      </c>
+      <c r="P81" s="11">
+        <v>71</v>
+      </c>
+      <c r="Q81" s="11">
+        <v>86</v>
+      </c>
+      <c r="R81" s="11">
+        <v>100</v>
+      </c>
+      <c r="S81" s="11">
+        <v>103</v>
+      </c>
+      <c r="T81" s="11">
+        <v>72</v>
+      </c>
+      <c r="U81" s="11">
+        <v>100</v>
+      </c>
+      <c r="V81" s="11">
+        <v>75</v>
+      </c>
+      <c r="W81" s="11">
+        <v>77</v>
+      </c>
+      <c r="X81" s="11">
+        <v>74</v>
+      </c>
+      <c r="Y81" s="14"/>
+      <c r="Z81" s="12"/>
+      <c r="AA81" s="13"/>
+    </row>
+    <row r="82" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="23">
+        <v>77</v>
+      </c>
+      <c r="C82" s="23" t="s">
+        <v>135</v>
+      </c>
+      <c r="D82" s="5">
+        <v>114</v>
+      </c>
+      <c r="E82" s="5">
+        <v>125</v>
+      </c>
+      <c r="F82" s="5">
+        <v>124</v>
+      </c>
+      <c r="G82" s="5">
+        <v>155</v>
+      </c>
+      <c r="H82" s="5">
+        <v>147</v>
+      </c>
+      <c r="I82" s="5">
+        <v>121</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="K82" s="5">
+        <v>136</v>
+      </c>
+      <c r="L82" s="5">
+        <v>114</v>
+      </c>
+      <c r="M82" s="5">
+        <v>107</v>
+      </c>
+      <c r="N82" s="5">
+        <v>111</v>
+      </c>
+      <c r="O82" s="5">
+        <v>127</v>
+      </c>
+      <c r="P82" s="11">
+        <v>119</v>
+      </c>
+      <c r="Q82" s="11">
+        <v>146</v>
+      </c>
+      <c r="R82" s="11">
+        <v>152</v>
+      </c>
+      <c r="S82" s="11">
+        <v>159</v>
+      </c>
+      <c r="T82" s="11">
+        <v>130</v>
+      </c>
+      <c r="U82" s="11">
+        <v>122</v>
+      </c>
+      <c r="V82" s="11">
+        <v>128</v>
+      </c>
+      <c r="W82" s="11">
+        <v>141</v>
+      </c>
+      <c r="X82" s="11">
+        <v>113</v>
+      </c>
+      <c r="Y82" s="14"/>
+      <c r="Z82" s="12"/>
+      <c r="AA82" s="13"/>
+    </row>
+    <row r="83" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B83" s="23">
+        <v>78</v>
+      </c>
+      <c r="C83" s="23" t="s">
+        <v>137</v>
+      </c>
+      <c r="D83" s="5">
+        <v>119</v>
+      </c>
+      <c r="E83" s="5">
+        <v>118</v>
+      </c>
+      <c r="F83" s="5">
+        <v>142</v>
+      </c>
+      <c r="G83" s="5">
+        <v>150</v>
+      </c>
+      <c r="H83" s="5">
+        <v>129</v>
+      </c>
+      <c r="I83" s="5">
+        <v>109</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="K83" s="5">
+        <v>130</v>
+      </c>
+      <c r="L83" s="5">
+        <v>105</v>
+      </c>
+      <c r="M83" s="5">
+        <v>127</v>
+      </c>
+      <c r="N83" s="5">
+        <v>136</v>
+      </c>
+      <c r="O83" s="5">
+        <v>126</v>
+      </c>
+      <c r="P83" s="11">
+        <v>166</v>
+      </c>
+      <c r="Q83" s="11">
+        <v>156</v>
+      </c>
+      <c r="R83" s="11">
+        <v>170</v>
+      </c>
+      <c r="S83" s="11">
+        <v>171</v>
+      </c>
+      <c r="T83" s="11">
+        <v>122</v>
+      </c>
+      <c r="U83" s="11">
+        <v>112</v>
+      </c>
+      <c r="V83" s="11">
+        <v>116</v>
+      </c>
+      <c r="W83" s="11">
+        <v>121</v>
+      </c>
+      <c r="X83" s="11">
+        <v>117</v>
+      </c>
+      <c r="Y83" s="14"/>
+      <c r="Z83" s="12"/>
+      <c r="AA83" s="13"/>
+    </row>
+    <row r="84" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="23">
+        <v>79</v>
+      </c>
+      <c r="C84" s="23" t="s">
+        <v>139</v>
+      </c>
+      <c r="D84" s="5">
+        <v>17</v>
+      </c>
+      <c r="E84" s="5">
+        <v>17</v>
+      </c>
+      <c r="F84" s="5">
+        <v>13</v>
+      </c>
+      <c r="G84" s="5">
+        <v>18</v>
+      </c>
+      <c r="H84" s="5">
+        <v>16</v>
+      </c>
+      <c r="I84" s="5">
+        <v>10</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K84" s="5">
+        <v>10</v>
+      </c>
+      <c r="L84" s="5">
+        <v>17</v>
+      </c>
+      <c r="M84" s="5">
+        <v>9</v>
+      </c>
+      <c r="N84" s="5">
+        <v>11</v>
+      </c>
+      <c r="O84" s="5">
+        <v>12</v>
+      </c>
+      <c r="P84" s="11">
+        <v>17</v>
+      </c>
+      <c r="Q84" s="11">
+        <v>8</v>
+      </c>
+      <c r="R84" s="11">
+        <v>11</v>
+      </c>
+      <c r="S84" s="11">
+        <v>17</v>
+      </c>
+      <c r="T84" s="11">
+        <v>12</v>
+      </c>
+      <c r="U84" s="11">
+        <v>9</v>
+      </c>
+      <c r="V84" s="11">
+        <v>14</v>
+      </c>
+      <c r="W84" s="11">
+        <v>20</v>
+      </c>
+      <c r="X84" s="11">
+        <v>16</v>
+      </c>
+      <c r="Y84" s="14"/>
+      <c r="Z84" s="12"/>
+      <c r="AA84" s="13"/>
+    </row>
+    <row r="85" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B85" s="23">
+        <v>80</v>
+      </c>
+      <c r="C85" s="23" t="s">
+        <v>140</v>
+      </c>
+      <c r="D85" s="5">
+        <v>29</v>
+      </c>
+      <c r="E85" s="5">
+        <v>37</v>
+      </c>
+      <c r="F85" s="5">
+        <v>37</v>
+      </c>
+      <c r="G85" s="5">
+        <v>35</v>
+      </c>
+      <c r="H85" s="5">
+        <v>41</v>
+      </c>
+      <c r="I85" s="5">
+        <v>43</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K85" s="5">
+        <v>41</v>
+      </c>
+      <c r="L85" s="5">
+        <v>35</v>
+      </c>
+      <c r="M85" s="5">
+        <v>32</v>
+      </c>
+      <c r="N85" s="5">
+        <v>31</v>
+      </c>
+      <c r="O85" s="5">
+        <v>17</v>
+      </c>
+      <c r="P85" s="11">
+        <v>27</v>
+      </c>
+      <c r="Q85" s="11">
+        <v>22</v>
+      </c>
+      <c r="R85" s="11">
+        <v>22</v>
+      </c>
+      <c r="S85" s="11">
         <v>30</v>
       </c>
-      <c r="W5" s="5">
+      <c r="T85" s="11">
+        <v>17</v>
+      </c>
+      <c r="U85" s="11">
+        <v>21</v>
+      </c>
+      <c r="V85" s="11">
+        <v>20</v>
+      </c>
+      <c r="W85" s="11">
+        <v>20</v>
+      </c>
+      <c r="X85" s="11">
+        <v>22</v>
+      </c>
+      <c r="Y85" s="14"/>
+      <c r="Z85" s="12"/>
+      <c r="AA85" s="13"/>
+    </row>
+    <row r="86" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="23">
+        <v>81</v>
+      </c>
+      <c r="C86" s="23" t="s">
+        <v>141</v>
+      </c>
+      <c r="D86" s="5">
+        <v>26</v>
+      </c>
+      <c r="E86" s="5">
+        <v>17</v>
+      </c>
+      <c r="F86" s="5">
+        <v>14</v>
+      </c>
+      <c r="G86" s="5">
+        <v>12</v>
+      </c>
+      <c r="H86" s="5">
+        <v>21</v>
+      </c>
+      <c r="I86" s="5">
+        <v>18</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="K86" s="5">
+        <v>13</v>
+      </c>
+      <c r="L86" s="5">
+        <v>14</v>
+      </c>
+      <c r="M86" s="5">
+        <v>12</v>
+      </c>
+      <c r="N86" s="5">
+        <v>9</v>
+      </c>
+      <c r="O86" s="5">
+        <v>19</v>
+      </c>
+      <c r="P86" s="11">
+        <v>15</v>
+      </c>
+      <c r="Q86" s="11">
+        <v>20</v>
+      </c>
+      <c r="R86" s="11">
+        <v>27</v>
+      </c>
+      <c r="S86" s="11">
+        <v>26</v>
+      </c>
+      <c r="T86" s="11">
+        <v>11</v>
+      </c>
+      <c r="U86" s="11">
+        <v>16</v>
+      </c>
+      <c r="V86" s="11">
+        <v>12</v>
+      </c>
+      <c r="W86" s="11">
+        <v>12</v>
+      </c>
+      <c r="X86" s="11">
+        <v>12</v>
+      </c>
+      <c r="Y86" s="14"/>
+      <c r="Z86" s="12"/>
+      <c r="AA86" s="13"/>
+    </row>
+    <row r="87" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="23">
+        <v>82</v>
+      </c>
+      <c r="C87" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="D87" s="5">
+        <v>14</v>
+      </c>
+      <c r="E87" s="5">
+        <v>14</v>
+      </c>
+      <c r="F87" s="5">
+        <v>21</v>
+      </c>
+      <c r="G87" s="5">
+        <v>14</v>
+      </c>
+      <c r="H87" s="5">
+        <v>21</v>
+      </c>
+      <c r="I87" s="5">
+        <v>22</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K87" s="5">
+        <v>12</v>
+      </c>
+      <c r="L87" s="5">
+        <v>15</v>
+      </c>
+      <c r="M87" s="5">
+        <v>10</v>
+      </c>
+      <c r="N87" s="5">
+        <v>26</v>
+      </c>
+      <c r="O87" s="5">
+        <v>16</v>
+      </c>
+      <c r="P87" s="11">
+        <v>21</v>
+      </c>
+      <c r="Q87" s="11">
+        <v>20</v>
+      </c>
+      <c r="R87" s="11">
+        <v>20</v>
+      </c>
+      <c r="S87" s="11">
+        <v>16</v>
+      </c>
+      <c r="T87" s="11">
+        <v>17</v>
+      </c>
+      <c r="U87" s="11">
+        <v>13</v>
+      </c>
+      <c r="V87" s="11">
+        <v>6</v>
+      </c>
+      <c r="W87" s="11">
+        <v>16</v>
+      </c>
+      <c r="X87" s="11">
+        <v>13</v>
+      </c>
+      <c r="Y87" s="14"/>
+      <c r="Z87" s="12"/>
+      <c r="AA87" s="13"/>
+    </row>
+    <row r="88" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B88" s="23">
+        <v>83</v>
+      </c>
+      <c r="C88" s="23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D88" s="5">
+        <v>60</v>
+      </c>
+      <c r="E88" s="5">
+        <v>55</v>
+      </c>
+      <c r="F88" s="5">
+        <v>65</v>
+      </c>
+      <c r="G88" s="5">
+        <v>59</v>
+      </c>
+      <c r="H88" s="5">
+        <v>54</v>
+      </c>
+      <c r="I88" s="5">
+        <v>47</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="K88" s="5">
+        <v>30</v>
+      </c>
+      <c r="L88" s="5">
+        <v>36</v>
+      </c>
+      <c r="M88" s="5">
+        <v>36</v>
+      </c>
+      <c r="N88" s="5">
+        <v>41</v>
+      </c>
+      <c r="O88" s="5">
+        <v>45</v>
+      </c>
+      <c r="P88" s="11">
+        <v>43</v>
+      </c>
+      <c r="Q88" s="11">
+        <v>45</v>
+      </c>
+      <c r="R88" s="11">
+        <v>23</v>
+      </c>
+      <c r="S88" s="11">
+        <v>35</v>
+      </c>
+      <c r="T88" s="11">
+        <v>41</v>
+      </c>
+      <c r="U88" s="11">
+        <v>30</v>
+      </c>
+      <c r="V88" s="11">
+        <v>29</v>
+      </c>
+      <c r="W88" s="11">
+        <v>39</v>
+      </c>
+      <c r="X88" s="11">
+        <v>41</v>
+      </c>
+      <c r="Y88" s="14"/>
+      <c r="Z88" s="12"/>
+      <c r="AA88" s="13"/>
+    </row>
+    <row r="89" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="23">
+        <v>84</v>
+      </c>
+      <c r="C89" s="23" t="s">
+        <v>144</v>
+      </c>
+      <c r="D89" s="5">
+        <v>36</v>
+      </c>
+      <c r="E89" s="5">
+        <v>27</v>
+      </c>
+      <c r="F89" s="5">
+        <v>42</v>
+      </c>
+      <c r="G89" s="5">
+        <v>32</v>
+      </c>
+      <c r="H89" s="5">
+        <v>43</v>
+      </c>
+      <c r="I89" s="5">
+        <v>43</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K89" s="5">
+        <v>39</v>
+      </c>
+      <c r="L89" s="5">
+        <v>39</v>
+      </c>
+      <c r="M89" s="5">
+        <v>31</v>
+      </c>
+      <c r="N89" s="5">
+        <v>33</v>
+      </c>
+      <c r="O89" s="5">
+        <v>29</v>
+      </c>
+      <c r="P89" s="11">
+        <v>33</v>
+      </c>
+      <c r="Q89" s="11">
+        <v>30</v>
+      </c>
+      <c r="R89" s="11">
+        <v>28</v>
+      </c>
+      <c r="S89" s="11">
+        <v>34</v>
+      </c>
+      <c r="T89" s="11">
+        <v>28</v>
+      </c>
+      <c r="U89" s="11">
+        <v>16</v>
+      </c>
+      <c r="V89" s="11">
+        <v>24</v>
+      </c>
+      <c r="W89" s="11">
         <v>37</v>
       </c>
-      <c r="X5" s="17"/>
-[...5 lines deleted...]
-      <c r="C6" s="16" t="s">
+      <c r="X89" s="11">
+        <v>34</v>
+      </c>
+      <c r="Y89" s="14"/>
+      <c r="Z89" s="12"/>
+      <c r="AA89" s="13"/>
+    </row>
+    <row r="90" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B90" s="23">
+        <v>85</v>
+      </c>
+      <c r="C90" s="23" t="s">
+        <v>145</v>
+      </c>
+      <c r="D90" s="5">
+        <v>36</v>
+      </c>
+      <c r="E90" s="5">
+        <v>21</v>
+      </c>
+      <c r="F90" s="5">
+        <v>20</v>
+      </c>
+      <c r="G90" s="5">
+        <v>30</v>
+      </c>
+      <c r="H90" s="5">
+        <v>23</v>
+      </c>
+      <c r="I90" s="5">
+        <v>21</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K90" s="5">
+        <v>25</v>
+      </c>
+      <c r="L90" s="5">
+        <v>35</v>
+      </c>
+      <c r="M90" s="5">
+        <v>23</v>
+      </c>
+      <c r="N90" s="5">
+        <v>38</v>
+      </c>
+      <c r="O90" s="5">
+        <v>30</v>
+      </c>
+      <c r="P90" s="11">
+        <v>29</v>
+      </c>
+      <c r="Q90" s="11">
+        <v>19</v>
+      </c>
+      <c r="R90" s="11">
+        <v>27</v>
+      </c>
+      <c r="S90" s="11">
+        <v>20</v>
+      </c>
+      <c r="T90" s="11">
+        <v>25</v>
+      </c>
+      <c r="U90" s="11">
+        <v>16</v>
+      </c>
+      <c r="V90" s="11">
+        <v>13</v>
+      </c>
+      <c r="W90" s="11">
+        <v>21</v>
+      </c>
+      <c r="X90" s="11">
+        <v>25</v>
+      </c>
+      <c r="Y90" s="14"/>
+      <c r="Z90" s="12"/>
+      <c r="AA90" s="13"/>
+    </row>
+    <row r="91" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="23">
+        <v>86</v>
+      </c>
+      <c r="C91" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="D91" s="5">
+        <v>14</v>
+      </c>
+      <c r="E91" s="5">
+        <v>21</v>
+      </c>
+      <c r="F91" s="5">
+        <v>18</v>
+      </c>
+      <c r="G91" s="5">
+        <v>25</v>
+      </c>
+      <c r="H91" s="5">
+        <v>19</v>
+      </c>
+      <c r="I91" s="5">
+        <v>18</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="K91" s="5">
+        <v>21</v>
+      </c>
+      <c r="L91" s="5">
+        <v>17</v>
+      </c>
+      <c r="M91" s="5">
+        <v>16</v>
+      </c>
+      <c r="N91" s="5">
+        <v>22</v>
+      </c>
+      <c r="O91" s="5">
+        <v>25</v>
+      </c>
+      <c r="P91" s="11">
+        <v>15</v>
+      </c>
+      <c r="Q91" s="11">
+        <v>38</v>
+      </c>
+      <c r="R91" s="11">
+        <v>28</v>
+      </c>
+      <c r="S91" s="11">
+        <v>19</v>
+      </c>
+      <c r="T91" s="11">
+        <v>16</v>
+      </c>
+      <c r="U91" s="11">
+        <v>19</v>
+      </c>
+      <c r="V91" s="11">
+        <v>18</v>
+      </c>
+      <c r="W91" s="11">
+        <v>23</v>
+      </c>
+      <c r="X91" s="11">
+        <v>35</v>
+      </c>
+      <c r="Y91" s="14"/>
+      <c r="Z91" s="12"/>
+      <c r="AA91" s="13"/>
+    </row>
+    <row r="92" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B92" s="23">
+        <v>87</v>
+      </c>
+      <c r="C92" s="23" t="s">
+        <v>148</v>
+      </c>
+      <c r="D92" s="5">
+        <v>22</v>
+      </c>
+      <c r="E92" s="5">
+        <v>16</v>
+      </c>
+      <c r="F92" s="5">
+        <v>15</v>
+      </c>
+      <c r="G92" s="5">
+        <v>32</v>
+      </c>
+      <c r="H92" s="5">
+        <v>35</v>
+      </c>
+      <c r="I92" s="5">
+        <v>20</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K92" s="5">
+        <v>23</v>
+      </c>
+      <c r="L92" s="5">
+        <v>18</v>
+      </c>
+      <c r="M92" s="5">
+        <v>25</v>
+      </c>
+      <c r="N92" s="5">
+        <v>16</v>
+      </c>
+      <c r="O92" s="5">
+        <v>18</v>
+      </c>
+      <c r="P92" s="11">
+        <v>12</v>
+      </c>
+      <c r="Q92" s="11">
+        <v>11</v>
+      </c>
+      <c r="R92" s="11">
+        <v>32</v>
+      </c>
+      <c r="S92" s="11">
+        <v>22</v>
+      </c>
+      <c r="T92" s="11">
+        <v>21</v>
+      </c>
+      <c r="U92" s="11">
+        <v>24</v>
+      </c>
+      <c r="V92" s="11">
+        <v>16</v>
+      </c>
+      <c r="W92" s="11">
+        <v>32</v>
+      </c>
+      <c r="X92" s="11">
+        <v>23</v>
+      </c>
+      <c r="Y92" s="14"/>
+      <c r="Z92" s="12"/>
+      <c r="AA92" s="13"/>
+    </row>
+    <row r="93" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B93" s="23">
+        <v>88</v>
+      </c>
+      <c r="C93" s="23" t="s">
+        <v>149</v>
+      </c>
+      <c r="D93" s="5">
+        <v>23</v>
+      </c>
+      <c r="E93" s="5">
+        <v>15</v>
+      </c>
+      <c r="F93" s="5">
+        <v>24</v>
+      </c>
+      <c r="G93" s="5">
+        <v>35</v>
+      </c>
+      <c r="H93" s="5">
+        <v>28</v>
+      </c>
+      <c r="I93" s="5">
+        <v>28</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K93" s="5">
+        <v>18</v>
+      </c>
+      <c r="L93" s="5">
+        <v>33</v>
+      </c>
+      <c r="M93" s="5">
+        <v>26</v>
+      </c>
+      <c r="N93" s="5">
+        <v>12</v>
+      </c>
+      <c r="O93" s="5">
+        <v>11</v>
+      </c>
+      <c r="P93" s="11">
+        <v>13</v>
+      </c>
+      <c r="Q93" s="11">
+        <v>9</v>
+      </c>
+      <c r="R93" s="11">
+        <v>17</v>
+      </c>
+      <c r="S93" s="11">
+        <v>25</v>
+      </c>
+      <c r="T93" s="11">
         <v>10</v>
       </c>
-      <c r="D6" s="4">
-[...5 lines deleted...]
-      <c r="F6" s="4">
+      <c r="U93" s="11">
+        <v>9</v>
+      </c>
+      <c r="V93" s="11">
+        <v>9</v>
+      </c>
+      <c r="W93" s="11">
+        <v>13</v>
+      </c>
+      <c r="X93" s="11">
+        <v>19</v>
+      </c>
+      <c r="Y93" s="14"/>
+      <c r="Z93" s="12"/>
+      <c r="AA93" s="13"/>
+    </row>
+    <row r="94" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="23">
+        <v>89</v>
+      </c>
+      <c r="C94" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="D94" s="5">
         <v>22</v>
       </c>
-      <c r="G6" s="4">
-[...2 lines deleted...]
-      <c r="H6" s="4">
+      <c r="E94" s="5">
+        <v>30</v>
+      </c>
+      <c r="F94" s="5">
+        <v>50</v>
+      </c>
+      <c r="G94" s="5">
+        <v>34</v>
+      </c>
+      <c r="H94" s="5">
+        <v>30</v>
+      </c>
+      <c r="I94" s="5">
+        <v>44</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="K94" s="5">
         <v>23</v>
       </c>
-      <c r="I6" s="4">
+      <c r="L94" s="5">
+        <v>23</v>
+      </c>
+      <c r="M94" s="5">
+        <v>26</v>
+      </c>
+      <c r="N94" s="5">
+        <v>9</v>
+      </c>
+      <c r="O94" s="5">
+        <v>15</v>
+      </c>
+      <c r="P94" s="11">
+        <v>17</v>
+      </c>
+      <c r="Q94" s="11">
         <v>25</v>
       </c>
-      <c r="J6" s="6" t="s">
+      <c r="R94" s="11">
+        <v>23</v>
+      </c>
+      <c r="S94" s="11">
+        <v>16</v>
+      </c>
+      <c r="T94" s="11">
+        <v>12</v>
+      </c>
+      <c r="U94" s="11">
+        <v>17</v>
+      </c>
+      <c r="V94" s="11">
+        <v>17</v>
+      </c>
+      <c r="W94" s="11">
+        <v>17</v>
+      </c>
+      <c r="X94" s="11">
+        <v>17</v>
+      </c>
+      <c r="Y94" s="14"/>
+      <c r="Z94" s="12"/>
+      <c r="AA94" s="13"/>
+    </row>
+    <row r="95" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="23">
+        <v>90</v>
+      </c>
+      <c r="C95" s="23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D95" s="5">
+        <v>15</v>
+      </c>
+      <c r="E95" s="5">
+        <v>13</v>
+      </c>
+      <c r="F95" s="5">
+        <v>16</v>
+      </c>
+      <c r="G95" s="5">
+        <v>13</v>
+      </c>
+      <c r="H95" s="5">
         <v>11</v>
       </c>
-      <c r="K6" s="4">
-[...11 lines deleted...]
-      <c r="O6" s="4">
+      <c r="I95" s="5">
+        <v>10</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="K95" s="5">
+        <v>8</v>
+      </c>
+      <c r="L95" s="5">
+        <v>13</v>
+      </c>
+      <c r="M95" s="5">
+        <v>8</v>
+      </c>
+      <c r="N95" s="5">
+        <v>4</v>
+      </c>
+      <c r="O95" s="5">
+        <v>7</v>
+      </c>
+      <c r="P95" s="11">
+        <v>13</v>
+      </c>
+      <c r="Q95" s="11">
+        <v>7</v>
+      </c>
+      <c r="R95" s="11">
+        <v>13</v>
+      </c>
+      <c r="S95" s="11">
+        <v>8</v>
+      </c>
+      <c r="T95" s="11">
         <v>14</v>
       </c>
-      <c r="P6" s="5">
-[...26 lines deleted...]
-      <c r="B7" s="15">
+      <c r="U95" s="11">
+        <v>5</v>
+      </c>
+      <c r="V95" s="11">
+        <v>6</v>
+      </c>
+      <c r="W95" s="11">
         <v>3</v>
       </c>
-      <c r="C7" s="16" t="s">
-[...80 lines deleted...]
-      <c r="G8" s="4">
+      <c r="X95" s="11">
         <v>6</v>
       </c>
-      <c r="H8" s="4">
-[...608 lines deleted...]
-      <c r="D17" s="4">
+      <c r="Y95" s="14"/>
+      <c r="Z95" s="12"/>
+      <c r="AA95" s="13"/>
+    </row>
+    <row r="96" spans="2:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="23">
+        <v>91</v>
+      </c>
+      <c r="C96" s="23" t="s">
+        <v>152</v>
+      </c>
+      <c r="D96" s="5">
+        <v>157</v>
+      </c>
+      <c r="E96" s="5">
+        <v>156</v>
+      </c>
+      <c r="F96" s="5">
+        <v>110</v>
+      </c>
+      <c r="G96" s="5">
+        <v>164</v>
+      </c>
+      <c r="H96" s="5">
+        <v>165</v>
+      </c>
+      <c r="I96" s="5">
+        <v>136</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="K96" s="5">
+        <v>159</v>
+      </c>
+      <c r="L96" s="5">
+        <v>143</v>
+      </c>
+      <c r="M96" s="5">
+        <v>174</v>
+      </c>
+      <c r="N96" s="5">
+        <v>147</v>
+      </c>
+      <c r="O96" s="5">
+        <v>181</v>
+      </c>
+      <c r="P96" s="11">
+        <v>161</v>
+      </c>
+      <c r="Q96" s="11">
+        <v>197</v>
+      </c>
+      <c r="R96" s="11">
+        <v>171</v>
+      </c>
+      <c r="S96" s="11">
+        <v>208</v>
+      </c>
+      <c r="T96" s="11">
+        <v>157</v>
+      </c>
+      <c r="U96" s="11">
+        <v>142</v>
+      </c>
+      <c r="V96" s="11">
+        <v>149</v>
+      </c>
+      <c r="W96" s="11">
+        <v>184</v>
+      </c>
+      <c r="X96" s="11">
+        <v>194</v>
+      </c>
+      <c r="Y96" s="14"/>
+      <c r="Z96" s="12"/>
+      <c r="AA96" s="13"/>
+    </row>
+    <row r="97" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="23">
+        <v>92</v>
+      </c>
+      <c r="C97" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="D97" s="5">
+        <v>265</v>
+      </c>
+      <c r="E97" s="5">
+        <v>241</v>
+      </c>
+      <c r="F97" s="5">
+        <v>178</v>
+      </c>
+      <c r="G97" s="5">
+        <v>196</v>
+      </c>
+      <c r="H97" s="5">
+        <v>185</v>
+      </c>
+      <c r="I97" s="5">
+        <v>173</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K97" s="5">
+        <v>180</v>
+      </c>
+      <c r="L97" s="5">
+        <v>154</v>
+      </c>
+      <c r="M97" s="5">
+        <v>199</v>
+      </c>
+      <c r="N97" s="5">
+        <v>211</v>
+      </c>
+      <c r="O97" s="5">
+        <v>204</v>
+      </c>
+      <c r="P97" s="11">
+        <v>231</v>
+      </c>
+      <c r="Q97" s="11">
+        <v>206</v>
+      </c>
+      <c r="R97" s="11">
+        <v>205</v>
+      </c>
+      <c r="S97" s="11">
+        <v>214</v>
+      </c>
+      <c r="T97" s="11">
+        <v>206</v>
+      </c>
+      <c r="U97" s="11">
+        <v>181</v>
+      </c>
+      <c r="V97" s="11">
+        <v>147</v>
+      </c>
+      <c r="W97" s="11">
+        <v>170</v>
+      </c>
+      <c r="X97" s="11">
+        <v>162</v>
+      </c>
+      <c r="Y97" s="14"/>
+      <c r="Z97" s="12"/>
+      <c r="AA97" s="13"/>
+    </row>
+    <row r="98" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="23">
+        <v>93</v>
+      </c>
+      <c r="C98" s="23" t="s">
+        <v>156</v>
+      </c>
+      <c r="D98" s="5">
+        <v>462</v>
+      </c>
+      <c r="E98" s="5">
+        <v>451</v>
+      </c>
+      <c r="F98" s="5">
+        <v>475</v>
+      </c>
+      <c r="G98" s="5">
+        <v>456</v>
+      </c>
+      <c r="H98" s="5">
+        <v>459</v>
+      </c>
+      <c r="I98" s="5">
+        <v>460</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K98" s="5">
+        <v>415</v>
+      </c>
+      <c r="L98" s="5">
+        <v>413</v>
+      </c>
+      <c r="M98" s="5">
+        <v>358</v>
+      </c>
+      <c r="N98" s="5">
+        <v>440</v>
+      </c>
+      <c r="O98" s="5">
+        <v>394</v>
+      </c>
+      <c r="P98" s="11">
+        <v>392</v>
+      </c>
+      <c r="Q98" s="11">
+        <v>422</v>
+      </c>
+      <c r="R98" s="11">
+        <v>386</v>
+      </c>
+      <c r="S98" s="11">
+        <v>437</v>
+      </c>
+      <c r="T98" s="11">
+        <v>395</v>
+      </c>
+      <c r="U98" s="11">
+        <v>405</v>
+      </c>
+      <c r="V98" s="11">
+        <v>312</v>
+      </c>
+      <c r="W98" s="11">
+        <v>414</v>
+      </c>
+      <c r="X98" s="11">
+        <v>255</v>
+      </c>
+      <c r="Y98" s="14"/>
+      <c r="Z98" s="12"/>
+      <c r="AA98" s="13"/>
+    </row>
+    <row r="99" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="23">
+        <v>94</v>
+      </c>
+      <c r="C99" s="23" t="s">
+        <v>158</v>
+      </c>
+      <c r="D99" s="5">
+        <v>245</v>
+      </c>
+      <c r="E99" s="5">
+        <v>271</v>
+      </c>
+      <c r="F99" s="5">
+        <v>164</v>
+      </c>
+      <c r="G99" s="5">
+        <v>174</v>
+      </c>
+      <c r="H99" s="5">
+        <v>175</v>
+      </c>
+      <c r="I99" s="5">
+        <v>152</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K99" s="5">
+        <v>186</v>
+      </c>
+      <c r="L99" s="5">
+        <v>206</v>
+      </c>
+      <c r="M99" s="5">
+        <v>231</v>
+      </c>
+      <c r="N99" s="5">
+        <v>215</v>
+      </c>
+      <c r="O99" s="5">
+        <v>254</v>
+      </c>
+      <c r="P99" s="11">
+        <v>238</v>
+      </c>
+      <c r="Q99" s="11">
+        <v>237</v>
+      </c>
+      <c r="R99" s="11">
+        <v>260</v>
+      </c>
+      <c r="S99" s="11">
+        <v>270</v>
+      </c>
+      <c r="T99" s="11">
+        <v>260</v>
+      </c>
+      <c r="U99" s="11">
+        <v>193</v>
+      </c>
+      <c r="V99" s="11">
+        <v>163</v>
+      </c>
+      <c r="W99" s="11">
+        <v>218</v>
+      </c>
+      <c r="X99" s="11">
+        <v>177</v>
+      </c>
+      <c r="Y99" s="14"/>
+      <c r="Z99" s="12"/>
+      <c r="AA99" s="13"/>
+    </row>
+    <row r="100" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B100" s="23">
+        <v>95</v>
+      </c>
+      <c r="C100" s="23" t="s">
+        <v>160</v>
+      </c>
+      <c r="D100" s="5">
+        <v>244</v>
+      </c>
+      <c r="E100" s="5">
+        <v>181</v>
+      </c>
+      <c r="F100" s="5">
+        <v>194</v>
+      </c>
+      <c r="G100" s="5">
         <v>209</v>
       </c>
-      <c r="E17" s="4">
-[...2 lines deleted...]
-      <c r="F17" s="4">
+      <c r="H100" s="5">
+        <v>221</v>
+      </c>
+      <c r="I100" s="5">
+        <v>182</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="K100" s="5">
+        <v>149</v>
+      </c>
+      <c r="L100" s="5">
+        <v>182</v>
+      </c>
+      <c r="M100" s="5">
+        <v>195</v>
+      </c>
+      <c r="N100" s="5">
+        <v>161</v>
+      </c>
+      <c r="O100" s="5">
+        <v>154</v>
+      </c>
+      <c r="P100" s="11">
+        <v>160</v>
+      </c>
+      <c r="Q100" s="11">
+        <v>170</v>
+      </c>
+      <c r="R100" s="11">
+        <v>199</v>
+      </c>
+      <c r="S100" s="11">
+        <v>184</v>
+      </c>
+      <c r="T100" s="11">
+        <v>181</v>
+      </c>
+      <c r="U100" s="11">
+        <v>151</v>
+      </c>
+      <c r="V100" s="11">
+        <v>147</v>
+      </c>
+      <c r="W100" s="11">
         <v>153</v>
       </c>
-      <c r="G17" s="4">
-[...3257 lines deleted...]
-      <c r="L64" s="4">
+      <c r="X100" s="11">
+        <v>130</v>
+      </c>
+      <c r="Y100" s="14"/>
+      <c r="Z100" s="12"/>
+      <c r="AA100" s="13"/>
+    </row>
+    <row r="101" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="24" t="s">
         <v>162</v>
       </c>
-      <c r="M64" s="4">
-[...2522 lines deleted...]
-      <c r="C101" s="18"/>
+      <c r="C101" s="24"/>
       <c r="D101" s="19">
         <v>5429</v>
       </c>
       <c r="E101" s="19">
         <v>5189</v>
       </c>
       <c r="F101" s="19">
         <v>5179</v>
       </c>
       <c r="G101" s="19">
         <v>5425</v>
       </c>
       <c r="H101" s="19">
         <v>5589</v>
       </c>
       <c r="I101" s="19">
         <v>5146</v>
       </c>
-      <c r="J101" s="20" t="s">
-        <v>166</v>
+      <c r="J101" s="19" t="s">
+        <v>163</v>
       </c>
       <c r="K101" s="19">
         <v>4787</v>
       </c>
       <c r="L101" s="19">
         <v>4789</v>
       </c>
       <c r="M101" s="19">
         <v>4745</v>
       </c>
       <c r="N101" s="19">
         <v>4638</v>
       </c>
       <c r="O101" s="19">
         <v>4536</v>
       </c>
       <c r="P101" s="19">
         <v>4589</v>
       </c>
       <c r="Q101" s="19">
         <v>4786</v>
       </c>
       <c r="R101" s="19">
         <v>4919</v>
       </c>
       <c r="S101" s="19">
         <f>SUM(S5:S100)</f>
         <v>4945</v>
       </c>
       <c r="T101" s="19">
         <f>SUM(T5:T100)</f>
         <v>4441</v>
       </c>
       <c r="U101" s="19">
         <v>4142</v>
       </c>
       <c r="V101" s="19">
         <v>4009</v>
       </c>
       <c r="W101" s="19">
         <f>SUM(W5:W100)</f>
         <v>4700</v>
       </c>
-      <c r="X101" s="17"/>
-[...2 lines deleted...]
-      <c r="B102" s="15">
+      <c r="X101" s="19">
+        <v>4341</v>
+      </c>
+      <c r="Y101" s="14"/>
+      <c r="Z101" s="15"/>
+      <c r="AA101" s="15"/>
+    </row>
+    <row r="102" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B102" s="23">
         <v>971</v>
       </c>
-      <c r="C102" s="16" t="s">
+      <c r="C102" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="D102" s="5">
+        <v>30</v>
+      </c>
+      <c r="E102" s="5">
+        <v>34</v>
+      </c>
+      <c r="F102" s="5">
+        <v>26</v>
+      </c>
+      <c r="G102" s="5">
+        <v>20</v>
+      </c>
+      <c r="H102" s="5">
+        <v>28</v>
+      </c>
+      <c r="I102" s="5">
+        <v>18</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="K102" s="5">
+        <v>32</v>
+      </c>
+      <c r="L102" s="5">
+        <v>25</v>
+      </c>
+      <c r="M102" s="5">
+        <v>20</v>
+      </c>
+      <c r="N102" s="5">
+        <v>32</v>
+      </c>
+      <c r="O102" s="5">
+        <v>19</v>
+      </c>
+      <c r="P102" s="11">
+        <v>25</v>
+      </c>
+      <c r="Q102" s="11">
+        <v>16</v>
+      </c>
+      <c r="R102" s="11">
+        <v>18</v>
+      </c>
+      <c r="S102" s="11">
+        <v>17</v>
+      </c>
+      <c r="T102" s="11">
+        <v>9</v>
+      </c>
+      <c r="U102" s="11">
+        <v>16</v>
+      </c>
+      <c r="V102" s="11">
+        <v>21</v>
+      </c>
+      <c r="W102" s="11">
+        <v>9</v>
+      </c>
+      <c r="X102" s="11">
+        <v>8</v>
+      </c>
+      <c r="Y102" s="14"/>
+      <c r="Z102" s="12"/>
+      <c r="AA102" s="13"/>
+    </row>
+    <row r="103" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="23">
+        <v>972</v>
+      </c>
+      <c r="C103" s="23" t="s">
+        <v>2</v>
+      </c>
+      <c r="D103" s="5">
+        <v>17</v>
+      </c>
+      <c r="E103" s="5">
+        <v>24</v>
+      </c>
+      <c r="F103" s="5">
+        <v>15</v>
+      </c>
+      <c r="G103" s="5">
+        <v>20</v>
+      </c>
+      <c r="H103" s="5">
+        <v>17</v>
+      </c>
+      <c r="I103" s="5">
+        <v>11</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="K103" s="5">
+        <v>9</v>
+      </c>
+      <c r="L103" s="5">
+        <v>13</v>
+      </c>
+      <c r="M103" s="5">
+        <v>11</v>
+      </c>
+      <c r="N103" s="5">
+        <v>10</v>
+      </c>
+      <c r="O103" s="5">
+        <v>12</v>
+      </c>
+      <c r="P103" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q103" s="11">
+        <v>14</v>
+      </c>
+      <c r="R103" s="11">
+        <v>8</v>
+      </c>
+      <c r="S103" s="11">
+        <v>5</v>
+      </c>
+      <c r="T103" s="11">
+        <v>2</v>
+      </c>
+      <c r="U103" s="11">
+        <v>0</v>
+      </c>
+      <c r="V103" s="11">
+        <v>4</v>
+      </c>
+      <c r="W103" s="11">
+        <v>8</v>
+      </c>
+      <c r="X103" s="11">
+        <v>7</v>
+      </c>
+      <c r="Y103" s="14"/>
+      <c r="Z103" s="12"/>
+      <c r="AA103" s="13"/>
+    </row>
+    <row r="104" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B104" s="23">
+        <v>973</v>
+      </c>
+      <c r="C104" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="D102" s="4">
+      <c r="D104" s="5">
+        <v>51</v>
+      </c>
+      <c r="E104" s="5">
+        <v>69</v>
+      </c>
+      <c r="F104" s="5">
+        <v>54</v>
+      </c>
+      <c r="G104" s="5">
+        <v>47</v>
+      </c>
+      <c r="H104" s="5">
+        <v>50</v>
+      </c>
+      <c r="I104" s="5">
+        <v>53</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K104" s="5">
+        <v>53</v>
+      </c>
+      <c r="L104" s="5">
+        <v>58</v>
+      </c>
+      <c r="M104" s="5">
+        <v>70</v>
+      </c>
+      <c r="N104" s="5">
+        <v>60</v>
+      </c>
+      <c r="O104" s="5">
+        <v>48</v>
+      </c>
+      <c r="P104" s="11">
+        <v>86</v>
+      </c>
+      <c r="Q104" s="11">
+        <v>89</v>
+      </c>
+      <c r="R104" s="11">
+        <v>74</v>
+      </c>
+      <c r="S104" s="11">
+        <v>73</v>
+      </c>
+      <c r="T104" s="11">
+        <v>64</v>
+      </c>
+      <c r="U104" s="11">
+        <v>75</v>
+      </c>
+      <c r="V104" s="11">
+        <v>57</v>
+      </c>
+      <c r="W104" s="11">
+        <v>71</v>
+      </c>
+      <c r="X104" s="11">
+        <v>74</v>
+      </c>
+      <c r="Y104" s="14"/>
+      <c r="Z104" s="12"/>
+      <c r="AA104" s="13"/>
+    </row>
+    <row r="105" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="23">
+        <v>974</v>
+      </c>
+      <c r="C105" s="23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D105" s="5">
+        <v>51</v>
+      </c>
+      <c r="E105" s="5">
+        <v>52</v>
+      </c>
+      <c r="F105" s="5">
+        <v>49</v>
+      </c>
+      <c r="G105" s="5">
+        <v>62</v>
+      </c>
+      <c r="H105" s="5">
+        <v>74</v>
+      </c>
+      <c r="I105" s="5">
+        <v>48</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K105" s="5">
+        <v>72</v>
+      </c>
+      <c r="L105" s="5">
+        <v>54</v>
+      </c>
+      <c r="M105" s="5">
+        <v>59</v>
+      </c>
+      <c r="N105" s="5">
+        <v>58</v>
+      </c>
+      <c r="O105" s="5">
+        <v>65</v>
+      </c>
+      <c r="P105" s="11">
+        <v>56</v>
+      </c>
+      <c r="Q105" s="11">
+        <v>65</v>
+      </c>
+      <c r="R105" s="11">
+        <v>43</v>
+      </c>
+      <c r="S105" s="11">
+        <v>47</v>
+      </c>
+      <c r="T105" s="11">
+        <v>48</v>
+      </c>
+      <c r="U105" s="11">
+        <v>37</v>
+      </c>
+      <c r="V105" s="11">
+        <v>39</v>
+      </c>
+      <c r="W105" s="11">
+        <v>37</v>
+      </c>
+      <c r="X105" s="11">
+        <v>46</v>
+      </c>
+      <c r="Y105" s="14"/>
+      <c r="Z105" s="12"/>
+      <c r="AA105" s="13"/>
+    </row>
+    <row r="106" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="23">
+        <v>976</v>
+      </c>
+      <c r="C106" s="23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="K106" s="5">
+        <v>38</v>
+      </c>
+      <c r="L106" s="5">
+        <v>36</v>
+      </c>
+      <c r="M106" s="5">
+        <v>29</v>
+      </c>
+      <c r="N106" s="5">
+        <v>29</v>
+      </c>
+      <c r="O106" s="5">
+        <v>61</v>
+      </c>
+      <c r="P106" s="11">
+        <v>34</v>
+      </c>
+      <c r="Q106" s="11">
+        <v>35</v>
+      </c>
+      <c r="R106" s="11">
         <v>30</v>
       </c>
-      <c r="E102" s="4">
-[...71 lines deleted...]
-      <c r="F103" s="4">
+      <c r="S106" s="11">
+        <v>27</v>
+      </c>
+      <c r="T106" s="11">
+        <v>42</v>
+      </c>
+      <c r="U106" s="11">
+        <v>36</v>
+      </c>
+      <c r="V106" s="11">
+        <v>41</v>
+      </c>
+      <c r="W106" s="11">
+        <v>41</v>
+      </c>
+      <c r="X106" s="11">
         <v>15</v>
       </c>
-      <c r="G103" s="4">
-[...146 lines deleted...]
-      <c r="J105" s="6" t="s">
+      <c r="Y106" s="14"/>
+      <c r="Z106" s="12"/>
+      <c r="AA106" s="13"/>
+    </row>
+    <row r="107" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="K105" s="4">
-[...114 lines deleted...]
-      <c r="D107" s="22">
+      <c r="C107" s="25"/>
+      <c r="D107" s="20">
         <v>149</v>
       </c>
-      <c r="E107" s="22">
+      <c r="E107" s="20">
         <v>179</v>
       </c>
-      <c r="F107" s="22">
+      <c r="F107" s="20">
         <v>144</v>
       </c>
-      <c r="G107" s="22">
+      <c r="G107" s="20">
         <v>149</v>
       </c>
-      <c r="H107" s="22">
+      <c r="H107" s="20">
         <v>169</v>
       </c>
       <c r="I107" s="19">
         <v>130</v>
       </c>
-      <c r="J107" s="20" t="s">
-        <v>173</v>
+      <c r="J107" s="19" t="s">
+        <v>170</v>
       </c>
       <c r="K107" s="19">
         <v>204</v>
       </c>
       <c r="L107" s="19">
         <v>186</v>
       </c>
       <c r="M107" s="19">
         <v>189</v>
       </c>
       <c r="N107" s="19">
         <v>189</v>
       </c>
       <c r="O107" s="19">
         <v>205</v>
       </c>
       <c r="P107" s="19">
         <v>205</v>
       </c>
       <c r="Q107" s="19">
         <v>219</v>
       </c>
       <c r="R107" s="19">
         <v>173</v>
       </c>
       <c r="S107" s="19">
         <f t="shared" ref="S107" si="0">SUM(S102:S106)</f>
         <v>169</v>
       </c>
-      <c r="T107" s="23">
+      <c r="T107" s="19">
         <f>SUM(T102:T106)</f>
         <v>165</v>
       </c>
-      <c r="U107" s="23">
+      <c r="U107" s="19">
         <v>164</v>
       </c>
-      <c r="V107" s="23">
+      <c r="V107" s="19">
         <v>162</v>
       </c>
-      <c r="W107" s="23">
+      <c r="W107" s="19">
         <f>SUM(W102:W106)</f>
         <v>166</v>
       </c>
-      <c r="X107" s="17"/>
-[...6 lines deleted...]
-      <c r="D108" s="25">
+      <c r="X107" s="19">
+        <v>150</v>
+      </c>
+      <c r="Y107" s="14"/>
+      <c r="Z107" s="16"/>
+      <c r="AA107" s="16"/>
+    </row>
+    <row r="108" spans="1:27" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B108" s="26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C108" s="26"/>
+      <c r="D108" s="21">
         <v>5578</v>
       </c>
-      <c r="E108" s="25">
+      <c r="E108" s="21">
         <v>5368</v>
       </c>
-      <c r="F108" s="25">
+      <c r="F108" s="21">
         <v>5323</v>
       </c>
-      <c r="G108" s="25">
+      <c r="G108" s="21">
         <v>5574</v>
       </c>
-      <c r="H108" s="25">
+      <c r="H108" s="21">
         <v>5758</v>
       </c>
-      <c r="I108" s="25">
+      <c r="I108" s="21">
         <v>5276</v>
       </c>
-      <c r="J108" s="26" t="s">
-[...2 lines deleted...]
-      <c r="K108" s="25">
+      <c r="J108" s="21" t="s">
+        <v>172</v>
+      </c>
+      <c r="K108" s="21">
         <v>4991</v>
       </c>
-      <c r="L108" s="25">
+      <c r="L108" s="21">
         <v>4975</v>
       </c>
-      <c r="M108" s="25">
+      <c r="M108" s="21">
         <v>4934</v>
       </c>
-      <c r="N108" s="25">
+      <c r="N108" s="21">
         <v>4827</v>
       </c>
-      <c r="O108" s="25">
+      <c r="O108" s="21">
         <v>4741</v>
       </c>
-      <c r="P108" s="25">
+      <c r="P108" s="21">
         <v>4794</v>
       </c>
-      <c r="Q108" s="25">
+      <c r="Q108" s="21">
         <v>5005</v>
       </c>
-      <c r="R108" s="25">
+      <c r="R108" s="21">
         <v>5092</v>
       </c>
-      <c r="S108" s="25">
+      <c r="S108" s="21">
         <f t="shared" ref="S108:T108" si="1">S101+S107</f>
         <v>5114</v>
       </c>
-      <c r="T108" s="25">
+      <c r="T108" s="21">
         <f t="shared" si="1"/>
         <v>4606</v>
       </c>
-      <c r="U108" s="25">
+      <c r="U108" s="21">
         <v>4306</v>
       </c>
-      <c r="V108" s="25">
+      <c r="V108" s="21">
         <v>4171</v>
       </c>
-      <c r="W108" s="25">
+      <c r="W108" s="21">
         <v>4866</v>
       </c>
-      <c r="X108" s="17"/>
-[...1 lines deleted...]
-    <row r="110" spans="2:24" x14ac:dyDescent="0.25">
+      <c r="X108" s="21">
+        <v>4491</v>
+      </c>
+      <c r="Y108" s="14"/>
+      <c r="Z108" s="17"/>
+      <c r="AA108" s="17"/>
+    </row>
+    <row r="110" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A110" s="27"/>
       <c r="B110" s="7" t="s">
         <v>176</v>
       </c>
-    </row>
-    <row r="112" spans="2:24" x14ac:dyDescent="0.25">
+      <c r="C110" s="28"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="7"/>
+      <c r="F110" s="7"/>
+      <c r="G110" s="7"/>
+      <c r="H110" s="7"/>
+      <c r="I110" s="7"/>
+      <c r="J110" s="7"/>
+      <c r="K110" s="7"/>
+      <c r="L110" s="7"/>
+      <c r="M110" s="7"/>
+      <c r="N110" s="7"/>
+    </row>
+    <row r="111" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A111" s="8"/>
+      <c r="B111" s="28"/>
+      <c r="C111" s="28"/>
+      <c r="D111" s="7"/>
+      <c r="E111" s="7"/>
+      <c r="F111" s="7"/>
+      <c r="G111" s="7"/>
+      <c r="H111" s="7"/>
+      <c r="I111" s="7"/>
+      <c r="J111" s="7"/>
+      <c r="K111" s="7"/>
+      <c r="L111" s="7"/>
+      <c r="M111" s="7"/>
+      <c r="N111" s="7"/>
+    </row>
+    <row r="112" spans="1:27" x14ac:dyDescent="0.3">
+      <c r="A112" s="8"/>
       <c r="B112" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C112" s="28"/>
+      <c r="D112" s="7"/>
+      <c r="E112" s="7"/>
+      <c r="F112" s="7"/>
+      <c r="G112" s="7"/>
+      <c r="H112" s="7"/>
+      <c r="I112" s="7"/>
+      <c r="J112" s="7"/>
+      <c r="K112" s="7"/>
+      <c r="L112" s="7"/>
+      <c r="M112" s="7"/>
+      <c r="N112" s="7"/>
+    </row>
+    <row r="113" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A113" s="8"/>
+      <c r="B113" s="28"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="7"/>
+      <c r="E113" s="7"/>
+      <c r="F113" s="7"/>
+      <c r="G113" s="7"/>
+      <c r="H113" s="7"/>
+      <c r="I113" s="7"/>
+      <c r="J113" s="7"/>
+      <c r="K113" s="7"/>
+      <c r="L113" s="7"/>
+      <c r="M113" s="7"/>
+      <c r="N113" s="7"/>
+    </row>
+    <row r="114" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A114" s="8"/>
+      <c r="B114" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C114" s="28"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
+      <c r="F114" s="7"/>
+      <c r="G114" s="7"/>
+      <c r="H114" s="7"/>
+      <c r="I114" s="7"/>
+      <c r="J114" s="7"/>
+      <c r="K114" s="7"/>
+      <c r="L114" s="7"/>
+      <c r="M114" s="7"/>
+      <c r="N114" s="7"/>
+    </row>
+    <row r="115" spans="1:14" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A115" s="8"/>
+      <c r="B115" s="33"/>
+      <c r="C115" s="29"/>
+      <c r="D115" s="29"/>
+      <c r="E115" s="29"/>
+      <c r="F115" s="29"/>
+      <c r="G115" s="29"/>
+      <c r="H115" s="29"/>
+      <c r="I115" s="29"/>
+      <c r="J115" s="29"/>
+      <c r="K115" s="29"/>
+      <c r="L115" s="29"/>
+      <c r="M115" s="29"/>
+      <c r="N115" s="29"/>
+    </row>
+    <row r="116" spans="1:14" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A116" s="8"/>
+      <c r="B116" s="30" t="s">
+        <v>175</v>
+      </c>
+      <c r="C116" s="28"/>
+      <c r="D116" s="7"/>
+      <c r="E116" s="7"/>
+      <c r="F116" s="7"/>
+      <c r="G116" s="7"/>
+      <c r="H116" s="7"/>
+      <c r="I116" s="7"/>
+      <c r="J116" s="7"/>
+      <c r="K116" s="7"/>
+      <c r="L116" s="7"/>
+      <c r="M116" s="7"/>
+      <c r="N116" s="7"/>
+    </row>
+    <row r="117" spans="1:14" ht="48.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="8"/>
+      <c r="B117" s="31" t="s">
         <v>177</v>
       </c>
-    </row>
-[...42 lines deleted...]
-    </row>
+      <c r="C117" s="32"/>
+      <c r="D117" s="32"/>
+      <c r="E117" s="32"/>
+      <c r="F117" s="32"/>
+      <c r="G117" s="32"/>
+      <c r="H117" s="32"/>
+      <c r="I117" s="32"/>
+      <c r="J117" s="32"/>
+      <c r="K117" s="32"/>
+      <c r="L117" s="32"/>
+      <c r="M117" s="7"/>
+      <c r="N117" s="7"/>
+    </row>
+    <row r="118" spans="1:14" ht="24.75" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
-  <mergeCells count="7">
+  <mergeCells count="10">
+    <mergeCell ref="Z101:AA101"/>
+    <mergeCell ref="Z107:AA107"/>
+    <mergeCell ref="Z108:AA108"/>
+    <mergeCell ref="B117:L117"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B101:C101"/>
     <mergeCell ref="B107:C107"/>
     <mergeCell ref="B108:C108"/>
     <mergeCell ref="B115:N115"/>
-    <mergeCell ref="B117:L117"/>
-[...2 lines deleted...]
-    <mergeCell ref="B101:C101"/>
+    <mergeCell ref="B2:V2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="31" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Cas départ-24-ok</vt:lpstr>
+      <vt:lpstr>'Cas départ-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>