--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,1382 +1,1615 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AE22E4B-16AF-4394-8B9A-27E668304D45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Cas région-24-ok" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Cas région-24-ok'!$A$2:$K$30</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I24" i="1" l="1"/>
+  <c r="I25" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
-    <t>Nombre de cas de tuberculose maladie déclarés par nouvelles régions, France , 2015-2023</t>
+    <t>Auvergne-Rhône-Alpes</t>
+  </si>
+  <si>
+    <t>Bourgogne-Franche-Comté</t>
+  </si>
+  <si>
+    <t>Bretagne</t>
+  </si>
+  <si>
+    <t>Centre-Val de Loire</t>
+  </si>
+  <si>
+    <t>Corse</t>
+  </si>
+  <si>
+    <t>Grand Est</t>
+  </si>
+  <si>
+    <t>Guadeloupe</t>
+  </si>
+  <si>
+    <t>Guyane</t>
+  </si>
+  <si>
+    <t>Hauts-de-France</t>
+  </si>
+  <si>
+    <t>Ile-de-France</t>
+  </si>
+  <si>
+    <t>La Réunion</t>
+  </si>
+  <si>
+    <t>Martinique</t>
+  </si>
+  <si>
+    <t>Mayotte</t>
+  </si>
+  <si>
+    <t>Normandie</t>
+  </si>
+  <si>
+    <t>Nouvelle Aquitaine</t>
+  </si>
+  <si>
+    <t>Occitanie</t>
+  </si>
+  <si>
+    <t>Pays de la Loire</t>
+  </si>
+  <si>
+    <t>Provence-Alpes-Côte d’Azur</t>
+  </si>
+  <si>
+    <t>Total DOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total France </t>
   </si>
   <si>
     <t>Région de déclaration</t>
   </si>
   <si>
-    <t>Auvergne-Rhône-Alpes</t>
-[...62 lines deleted...]
-    <t>N.B. La région correspond à la région de déclaration de la tuberculose jusqu'en 2018 et à la région de domicile à partir de 2019. Des écarts peuvent exister entre les données de ce tableau et les données disponibles localement. Ces écarts s'expliquent principalement par des saisies en retard de fiches de DO tuberculose après la réalisation des analyses nationales.</t>
+    <t>N.B. La région correspond à la région de déclaration de la tuberculose jusqu'en 2018 et à la région de domicile à partir de 2019. Des écarts peuvent exister entre les données de ce tableau et les données disponibles localement. Ces écarts peuvent s'expliquer par des saisies de fiches de DO après la réalisation des analyses nationales, ou bien au contraire par la non saisie de certaines fiches en région, etc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Source : Santé publique France (déclaration obligatoire de tuberculose, mise à jour le 17 septembre 2025). </t>
+  </si>
+  <si>
+    <t>Nombre de cas de tuberculose maladie déclarés par nouvelles régions, France , 2015-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...16 lines deleted...]
-      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <i/>
       <sz val="11"/>
+      <color theme="0" tint="-0.499984740745262"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="hair">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...7 lines deleted...]
-    <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>133350</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>34925</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>139700</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>13</xdr:col>
-      <xdr:colOff>174971</xdr:colOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>733425</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>359335</xdr:rowOff>
+      <xdr:rowOff>324056</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Image 2"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="10229850" y="314325"/>
-          <a:ext cx="1060796" cy="597460"/>
+          <a:off x="9855200" y="139700"/>
+          <a:ext cx="1498600" cy="803481"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:N30"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="C3:N31"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="L31" sqref="L31"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="P23" sqref="P23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.5546875" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="3.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="1"/>
+    <col min="3" max="3" width="34.26953125" style="1" customWidth="1"/>
+    <col min="4" max="8" width="11.453125" style="7"/>
+    <col min="9" max="10" width="11.453125" style="8"/>
+    <col min="11" max="13" width="11.453125" style="7"/>
+    <col min="14" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="B2" s="2" t="s">
+    <row r="3" spans="3:13" ht="20" x14ac:dyDescent="0.4">
+      <c r="C3" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" s="27"/>
+      <c r="E3" s="27"/>
+      <c r="F3" s="27"/>
+      <c r="G3" s="27"/>
+      <c r="H3" s="27"/>
+      <c r="I3" s="27"/>
+      <c r="J3" s="27"/>
+      <c r="K3" s="27"/>
+    </row>
+    <row r="4" spans="3:13" ht="33.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="16">
+        <v>2015</v>
+      </c>
+      <c r="E5" s="16">
+        <v>2016</v>
+      </c>
+      <c r="F5" s="16">
+        <v>2017</v>
+      </c>
+      <c r="G5" s="16">
+        <v>2018</v>
+      </c>
+      <c r="H5" s="16">
+        <v>2019</v>
+      </c>
+      <c r="I5" s="17">
+        <v>2020</v>
+      </c>
+      <c r="J5" s="17">
+        <v>2021</v>
+      </c>
+      <c r="K5" s="17">
+        <v>2022</v>
+      </c>
+      <c r="L5" s="17">
+        <v>2023</v>
+      </c>
+      <c r="M5" s="17">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="6" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="18" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C4" s="4" t="s">
+      <c r="D6" s="5">
+        <v>428</v>
+      </c>
+      <c r="E6" s="19">
+        <v>443</v>
+      </c>
+      <c r="F6" s="19">
+        <v>528</v>
+      </c>
+      <c r="G6" s="19">
+        <v>455</v>
+      </c>
+      <c r="H6" s="5">
+        <v>480</v>
+      </c>
+      <c r="I6" s="5">
+        <v>442</v>
+      </c>
+      <c r="J6" s="5">
+        <v>393</v>
+      </c>
+      <c r="K6" s="5">
+        <v>492</v>
+      </c>
+      <c r="L6" s="5">
+        <v>502</v>
+      </c>
+      <c r="M6" s="5">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="7" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C7" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="4">
-[...28 lines deleted...]
-      <c r="C5" s="6" t="s">
+      <c r="D7" s="5">
+        <v>137</v>
+      </c>
+      <c r="E7" s="19">
+        <v>132</v>
+      </c>
+      <c r="F7" s="19">
+        <v>136</v>
+      </c>
+      <c r="G7" s="19">
+        <v>147</v>
+      </c>
+      <c r="H7" s="19">
+        <v>110</v>
+      </c>
+      <c r="I7" s="5">
+        <v>98</v>
+      </c>
+      <c r="J7" s="5">
+        <v>96</v>
+      </c>
+      <c r="K7" s="5">
+        <v>111</v>
+      </c>
+      <c r="L7" s="5">
+        <v>137</v>
+      </c>
+      <c r="M7" s="5">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="8" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="6">
-[...28 lines deleted...]
-      <c r="C6" s="6" t="s">
+      <c r="D8" s="5">
+        <v>191</v>
+      </c>
+      <c r="E8" s="19">
+        <v>200</v>
+      </c>
+      <c r="F8" s="19">
+        <v>180</v>
+      </c>
+      <c r="G8" s="19">
+        <v>204</v>
+      </c>
+      <c r="H8" s="19">
+        <v>179</v>
+      </c>
+      <c r="I8" s="5">
+        <v>191</v>
+      </c>
+      <c r="J8" s="5">
+        <v>198</v>
+      </c>
+      <c r="K8" s="5">
+        <v>185</v>
+      </c>
+      <c r="L8" s="5">
+        <v>199</v>
+      </c>
+      <c r="M8" s="5">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="9" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="D6" s="6">
-[...28 lines deleted...]
-      <c r="C7" s="6" t="s">
+      <c r="D9" s="5">
+        <v>180</v>
+      </c>
+      <c r="E9" s="19">
+        <v>161</v>
+      </c>
+      <c r="F9" s="19">
+        <v>169</v>
+      </c>
+      <c r="G9" s="19">
+        <v>170</v>
+      </c>
+      <c r="H9" s="19">
+        <v>184</v>
+      </c>
+      <c r="I9" s="5">
+        <v>159</v>
+      </c>
+      <c r="J9" s="5">
+        <v>145</v>
+      </c>
+      <c r="K9" s="5">
+        <v>123</v>
+      </c>
+      <c r="L9" s="5">
+        <v>171</v>
+      </c>
+      <c r="M9" s="5">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="10" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C10" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="D7" s="6">
-[...8 lines deleted...]
-      <c r="G7" s="8">
+      <c r="D10" s="5">
+        <v>17</v>
+      </c>
+      <c r="E10" s="19">
+        <v>14</v>
+      </c>
+      <c r="F10" s="19">
+        <v>10</v>
+      </c>
+      <c r="G10" s="19">
+        <v>12</v>
+      </c>
+      <c r="H10" s="19">
+        <v>16</v>
+      </c>
+      <c r="I10" s="5">
+        <v>14</v>
+      </c>
+      <c r="J10" s="5">
+        <v>13</v>
+      </c>
+      <c r="K10" s="5">
+        <v>18</v>
+      </c>
+      <c r="L10" s="5">
+        <v>13</v>
+      </c>
+      <c r="M10" s="5">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="D11" s="5">
+        <v>284</v>
+      </c>
+      <c r="E11" s="19">
+        <v>330</v>
+      </c>
+      <c r="F11" s="19">
+        <v>282</v>
+      </c>
+      <c r="G11" s="19">
+        <v>298</v>
+      </c>
+      <c r="H11" s="19">
+        <v>314</v>
+      </c>
+      <c r="I11" s="5">
+        <v>278</v>
+      </c>
+      <c r="J11" s="5">
+        <v>267</v>
+      </c>
+      <c r="K11" s="5">
+        <v>238</v>
+      </c>
+      <c r="L11" s="5">
+        <v>245</v>
+      </c>
+      <c r="M11" s="5">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="12" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="5">
+        <v>19</v>
+      </c>
+      <c r="E12" s="19">
+        <v>25</v>
+      </c>
+      <c r="F12" s="19">
+        <v>16</v>
+      </c>
+      <c r="G12" s="19">
+        <v>18</v>
+      </c>
+      <c r="H12" s="19">
+        <v>17</v>
+      </c>
+      <c r="I12" s="5">
+        <v>9</v>
+      </c>
+      <c r="J12" s="5">
+        <v>16</v>
+      </c>
+      <c r="K12" s="5">
+        <v>21</v>
+      </c>
+      <c r="L12" s="5">
+        <v>9</v>
+      </c>
+      <c r="M12" s="5">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="13" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C13" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="5">
+        <v>48</v>
+      </c>
+      <c r="E13" s="19">
+        <v>86</v>
+      </c>
+      <c r="F13" s="19">
+        <v>89</v>
+      </c>
+      <c r="G13" s="19">
+        <v>74</v>
+      </c>
+      <c r="H13" s="19">
+        <v>73</v>
+      </c>
+      <c r="I13" s="5">
+        <v>64</v>
+      </c>
+      <c r="J13" s="5">
+        <v>75</v>
+      </c>
+      <c r="K13" s="5">
+        <v>57</v>
+      </c>
+      <c r="L13" s="5">
+        <v>71</v>
+      </c>
+      <c r="M13" s="5">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="5">
+        <v>277</v>
+      </c>
+      <c r="E14" s="19">
+        <v>301</v>
+      </c>
+      <c r="F14" s="19">
+        <v>299</v>
+      </c>
+      <c r="G14" s="19">
+        <v>286</v>
+      </c>
+      <c r="H14" s="19">
+        <v>295</v>
+      </c>
+      <c r="I14" s="5">
+        <v>291</v>
+      </c>
+      <c r="J14" s="5">
+        <v>242</v>
+      </c>
+      <c r="K14" s="5">
+        <v>265</v>
+      </c>
+      <c r="L14" s="5">
+        <v>292</v>
+      </c>
+      <c r="M14" s="5">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="15" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C15" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="5">
+        <v>1758</v>
+      </c>
+      <c r="E15" s="19">
+        <v>1809</v>
+      </c>
+      <c r="F15" s="19">
+        <v>1927</v>
+      </c>
+      <c r="G15" s="19">
+        <v>1956</v>
+      </c>
+      <c r="H15" s="19">
+        <v>2008</v>
+      </c>
+      <c r="I15" s="5">
+        <v>1757</v>
+      </c>
+      <c r="J15" s="5">
+        <v>1634</v>
+      </c>
+      <c r="K15" s="5">
+        <v>1459</v>
+      </c>
+      <c r="L15" s="5">
+        <v>1769</v>
+      </c>
+      <c r="M15" s="5">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="16" spans="3:13" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="5">
+        <v>65</v>
+      </c>
+      <c r="E16" s="19">
+        <v>56</v>
+      </c>
+      <c r="F16" s="19">
+        <v>65</v>
+      </c>
+      <c r="G16" s="19">
+        <v>43</v>
+      </c>
+      <c r="H16" s="19">
+        <v>47</v>
+      </c>
+      <c r="I16" s="5">
+        <v>48</v>
+      </c>
+      <c r="J16" s="5">
+        <v>37</v>
+      </c>
+      <c r="K16" s="5">
+        <v>39</v>
+      </c>
+      <c r="L16" s="5">
+        <v>37</v>
+      </c>
+      <c r="M16" s="5">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="17" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="5">
+        <v>12</v>
+      </c>
+      <c r="E17" s="19">
+        <v>4</v>
+      </c>
+      <c r="F17" s="19">
+        <v>14</v>
+      </c>
+      <c r="G17" s="19">
+        <v>8</v>
+      </c>
+      <c r="H17" s="19">
+        <v>5</v>
+      </c>
+      <c r="I17" s="5">
+        <v>2</v>
+      </c>
+      <c r="J17" s="5">
+        <v>0</v>
+      </c>
+      <c r="K17" s="5">
+        <v>4</v>
+      </c>
+      <c r="L17" s="5">
+        <v>8</v>
+      </c>
+      <c r="M17" s="5">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="18" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" s="5">
+        <v>61</v>
+      </c>
+      <c r="E18" s="19">
+        <v>34</v>
+      </c>
+      <c r="F18" s="19">
+        <v>35</v>
+      </c>
+      <c r="G18" s="19">
+        <v>30</v>
+      </c>
+      <c r="H18" s="19">
+        <v>27</v>
+      </c>
+      <c r="I18" s="5">
+        <v>42</v>
+      </c>
+      <c r="J18" s="5">
+        <v>36</v>
+      </c>
+      <c r="K18" s="5">
+        <v>41</v>
+      </c>
+      <c r="L18" s="5">
+        <v>41</v>
+      </c>
+      <c r="M18" s="5">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C19" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="5">
+        <v>168</v>
+      </c>
+      <c r="E19" s="19">
+        <v>162</v>
+      </c>
+      <c r="F19" s="19">
+        <v>206</v>
+      </c>
+      <c r="G19" s="19">
+        <v>209</v>
+      </c>
+      <c r="H19" s="19">
         <v>204</v>
       </c>
-      <c r="H7" s="8">
-[...11 lines deleted...]
-      <c r="L7" s="6">
+      <c r="I19" s="5">
+        <v>155</v>
+      </c>
+      <c r="J19" s="5">
+        <v>170</v>
+      </c>
+      <c r="K19" s="5">
+        <v>156</v>
+      </c>
+      <c r="L19" s="5">
+        <v>154</v>
+      </c>
+      <c r="M19" s="5">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="20" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C20" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" s="5">
+        <v>286</v>
+      </c>
+      <c r="E20" s="19">
+        <v>248</v>
+      </c>
+      <c r="F20" s="19">
+        <v>246</v>
+      </c>
+      <c r="G20" s="19">
+        <v>201</v>
+      </c>
+      <c r="H20" s="19">
+        <v>266</v>
+      </c>
+      <c r="I20" s="5">
+        <v>240</v>
+      </c>
+      <c r="J20" s="5">
+        <v>242</v>
+      </c>
+      <c r="K20" s="5">
+        <v>253</v>
+      </c>
+      <c r="L20" s="5">
+        <v>297</v>
+      </c>
+      <c r="M20" s="5">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="21" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C21" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="5">
+        <v>310</v>
+      </c>
+      <c r="E21" s="19">
+        <v>314</v>
+      </c>
+      <c r="F21" s="19">
+        <v>316</v>
+      </c>
+      <c r="G21" s="19">
+        <v>408</v>
+      </c>
+      <c r="H21" s="19">
+        <v>364</v>
+      </c>
+      <c r="I21" s="5">
+        <v>342</v>
+      </c>
+      <c r="J21" s="5">
+        <v>292</v>
+      </c>
+      <c r="K21" s="5">
+        <v>272</v>
+      </c>
+      <c r="L21" s="5">
+        <v>368</v>
+      </c>
+      <c r="M21" s="5">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="22" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C22" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="5">
+        <v>210</v>
+      </c>
+      <c r="E22" s="19">
+        <v>209</v>
+      </c>
+      <c r="F22" s="19">
+        <v>214</v>
+      </c>
+      <c r="G22" s="19">
+        <v>263</v>
+      </c>
+      <c r="H22" s="19">
+        <v>241</v>
+      </c>
+      <c r="I22" s="5">
+        <v>202</v>
+      </c>
+      <c r="J22" s="5">
+        <v>193</v>
+      </c>
+      <c r="K22" s="5">
         <v>199</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="F8" s="8">
+      <c r="L22" s="5">
+        <v>247</v>
+      </c>
+      <c r="M22" s="5">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="23" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C23" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="5">
+        <v>290</v>
+      </c>
+      <c r="E23" s="19">
+        <v>266</v>
+      </c>
+      <c r="F23" s="19">
+        <v>273</v>
+      </c>
+      <c r="G23" s="19">
+        <v>310</v>
+      </c>
+      <c r="H23" s="19">
+        <v>284</v>
+      </c>
+      <c r="I23" s="5">
+        <v>272</v>
+      </c>
+      <c r="J23" s="5">
+        <v>257</v>
+      </c>
+      <c r="K23" s="5">
+        <v>238</v>
+      </c>
+      <c r="L23" s="5">
+        <v>306</v>
+      </c>
+      <c r="M23" s="5">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="24" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C24" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" s="6">
+        <v>205</v>
+      </c>
+      <c r="E24" s="21">
+        <v>205</v>
+      </c>
+      <c r="F24" s="21">
+        <v>219</v>
+      </c>
+      <c r="G24" s="21">
+        <v>173</v>
+      </c>
+      <c r="H24" s="21">
         <v>169</v>
       </c>
-      <c r="G8" s="8">
-[...86 lines deleted...]
-      <c r="D11" s="6">
+      <c r="I24" s="22">
+        <v>165</v>
+      </c>
+      <c r="J24" s="22">
+        <v>164</v>
+      </c>
+      <c r="K24" s="22">
+        <v>162</v>
+      </c>
+      <c r="L24" s="22">
+        <v>166</v>
+      </c>
+      <c r="M24" s="22">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="3:14" s="4" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="E11" s="7">
-[...17 lines deleted...]
-      <c r="K11" s="6">
+      <c r="D25" s="24">
+        <v>4741</v>
+      </c>
+      <c r="E25" s="25">
+        <v>4794</v>
+      </c>
+      <c r="F25" s="25">
+        <v>5005</v>
+      </c>
+      <c r="G25" s="25">
+        <v>5092</v>
+      </c>
+      <c r="H25" s="25">
+        <v>5114</v>
+      </c>
+      <c r="I25" s="25">
+        <f>SUM(I6:I23)</f>
+        <v>4606</v>
+      </c>
+      <c r="J25" s="25">
+        <v>4306</v>
+      </c>
+      <c r="K25" s="25">
+        <v>4171</v>
+      </c>
+      <c r="L25" s="25">
+        <v>4866</v>
+      </c>
+      <c r="M25" s="25">
+        <v>4491</v>
+      </c>
+    </row>
+    <row r="27" spans="3:14" x14ac:dyDescent="0.3">
+      <c r="C27" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+    </row>
+    <row r="28" spans="3:14" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="C28" s="14"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="2"/>
+      <c r="L28" s="2"/>
+      <c r="M28" s="2"/>
+      <c r="N28" s="1"/>
+    </row>
+    <row r="29" spans="3:14" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C29" s="26" t="s">
         <v>21</v>
       </c>
-      <c r="L11" s="6">
-[...444 lines deleted...]
-      <c r="J30" s="21"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="26"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+    </row>
+    <row r="30" spans="3:14" x14ac:dyDescent="0.3">
+      <c r="J30" s="10"/>
+    </row>
+    <row r="31" spans="3:14" x14ac:dyDescent="0.3">
+      <c r="J31" s="11"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="C28:G28"/>
+  <mergeCells count="2">
+    <mergeCell ref="C29:G29"/>
+    <mergeCell ref="C3:K3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="58" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Cas région-24-ok</vt:lpstr>
+      <vt:lpstr>'Cas région-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>