--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,11495 +1,11533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88DE693D-D48D-4FBD-ABAD-9F6BA130BA4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Incidence par pays-24-ok" sheetId="13" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="228">
+  <si>
+    <t>Pays</t>
+  </si>
+  <si>
+    <t>Afghanistan</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Angola</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Brunei Darussalam</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Congo</t>
+  </si>
+  <si>
+    <t>Democratic People's Republic of Korea</t>
+  </si>
+  <si>
+    <t>Democratic Republic of the Congo</t>
+  </si>
+  <si>
+    <t>Djibouti</t>
+  </si>
+  <si>
+    <t>Dominica</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea</t>
+  </si>
+  <si>
+    <t>Eritrea</t>
+  </si>
+  <si>
+    <t>Eswatini</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Fiji</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>Gambia</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Greenland</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Haiti</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Kiribati</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>Lao People's Democratic Republic</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>Marshall Islands</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>Micronesia (Federated States of)</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>Myanmar</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Nauru</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Niue</t>
+  </si>
+  <si>
+    <t>Northern Mariana Islands</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Palau</t>
+  </si>
+  <si>
+    <t>Papua New Guinea</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>Republic of Moldova</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>Russian Federation</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>Sao Tome and Principe</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>Sierra Leone</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Somalia</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>South Sudan</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Sudan</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Tokelau</t>
+  </si>
+  <si>
+    <t>Turkmenistan</t>
+  </si>
+  <si>
+    <t>Tuvalu</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>United Republic of Tanzania</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t>Venezuela (Bolivarian Republic of)</t>
+  </si>
+  <si>
+    <t>Viet Nam</t>
+  </si>
+  <si>
+    <t>Yemen</t>
+  </si>
+  <si>
+    <t>Zambia</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>American Samoa</t>
+  </si>
+  <si>
+    <t>Andorra</t>
+  </si>
+  <si>
+    <t>Anguilla</t>
+  </si>
+  <si>
+    <t>Antigua and Barbuda</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Armenia</t>
+  </si>
+  <si>
+    <t>Aruba</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>Bahamas</t>
+  </si>
+  <si>
+    <t>Bahrain</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>Belize</t>
+  </si>
+  <si>
+    <t>Bermuda</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>British Virgin Islands</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>Cabo Verde</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Cayman Islands</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>China- Hong Kong</t>
+  </si>
+  <si>
+    <t>China-Macao</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>Cook Islands</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Cuba</t>
+  </si>
+  <si>
+    <t>Curaçao</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>French Polynesia</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>5.8</t>
+  </si>
+  <si>
+    <t>5.7</t>
+  </si>
+  <si>
+    <t>5.9</t>
+  </si>
+  <si>
+    <t>6.1</t>
+  </si>
+  <si>
+    <t>7.4</t>
+  </si>
+  <si>
+    <t>7.3</t>
+  </si>
+  <si>
+    <t>6.4</t>
+  </si>
+  <si>
+    <t>5.5</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>Grenada</t>
+  </si>
+  <si>
+    <t>Guam</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>Iran (Islamic Republic of)</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Jamaica</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Kuwait</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>Maldives</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Monaco</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>Montserrat</t>
+  </si>
+  <si>
+    <t>Netherlands Antilles</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>New Caledonia</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>North Macedonia</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>occupied Palestinian territory</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>Puerto Rico</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Saint Kitts and Nevis</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>Saint Vincent and the Grenadines</t>
+  </si>
+  <si>
+    <t>Samoa</t>
+  </si>
+  <si>
+    <t>San Marino</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>Sint Maarten (Dutch part)</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>Suriname</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Syrian Arab Republic</t>
+  </si>
+  <si>
+    <t>Togo</t>
+  </si>
+  <si>
+    <t>Tonga</t>
+  </si>
+  <si>
+    <t>Trinidad and Tobago</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Turks and Caicos Islands</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>United Kingdom of Great Britain and Northern Ireland</t>
+  </si>
+  <si>
+    <t>United States of America</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>Wallis and Futuna Islands</t>
+  </si>
+  <si>
+    <t>Malasya</t>
+  </si>
   <si>
     <t>Source: OMS (https://www.who.int/teams/global-tuberculosis-programme/data, traitement Santé publique France)</t>
   </si>
   <si>
-    <t>Pays</t>
-[...313 lines deleted...]
-  <si>
     <t>Taux d’incidence de tuberculose/100.000 habitants par pays, 2010-2023</t>
   </si>
   <si>
-    <t>Albania</t>
-[...356 lines deleted...]
-    <t>Wallis and Futuna Islands</t>
+    <t>Mise à jour: 19/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="6" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-      <name val="Arial"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="hair">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top/>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>43</xdr:col>
-      <xdr:colOff>116682</xdr:colOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>79375</xdr:rowOff>
+      <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>44</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>183896</xdr:rowOff>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>561975</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Image 10"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="26891457" y="79375"/>
-[...44 lines deleted...]
-          <a:ext cx="1094984" cy="539003"/>
+          <a:off x="10839450" y="171450"/>
+          <a:ext cx="942975" cy="542925"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:P221"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="B2:P222"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="T11" sqref="T11"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.5546875" style="1"/>
-[...2 lines deleted...]
-    <col min="17" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="1" width="11.453125" style="1"/>
+    <col min="2" max="2" width="35.7265625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="16" width="8.7265625" style="7" customWidth="1"/>
+    <col min="17" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:16" s="1" customFormat="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="2" spans="2:16" ht="20" x14ac:dyDescent="0.4">
+      <c r="B2" s="4" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="3" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="B3" s="3" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="4" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="B4" s="3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="5" spans="2:16" x14ac:dyDescent="0.3">
+      <c r="B5" s="1"/>
+    </row>
+    <row r="6" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="11" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D6" s="6">
+        <v>2011</v>
+      </c>
+      <c r="E6" s="6">
+        <v>2012</v>
+      </c>
+      <c r="F6" s="6">
+        <v>2013</v>
+      </c>
+      <c r="G6" s="6">
+        <v>2014</v>
+      </c>
+      <c r="H6" s="6">
+        <v>2015</v>
+      </c>
+      <c r="I6" s="6">
+        <v>2016</v>
+      </c>
+      <c r="J6" s="6">
+        <v>2017</v>
+      </c>
+      <c r="K6" s="6">
+        <v>2018</v>
+      </c>
+      <c r="L6" s="6">
+        <v>2019</v>
+      </c>
+      <c r="M6" s="6">
+        <v>2020</v>
+      </c>
+      <c r="N6" s="6">
+        <v>2021</v>
+      </c>
+      <c r="O6" s="6">
+        <v>2022</v>
+      </c>
+      <c r="P6" s="6">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="7" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="9">
+        <v>189</v>
+      </c>
+      <c r="D7" s="9">
+        <v>189</v>
+      </c>
+      <c r="E7" s="9">
+        <v>189</v>
+      </c>
+      <c r="F7" s="9">
+        <v>189</v>
+      </c>
+      <c r="G7" s="9">
+        <v>189</v>
+      </c>
+      <c r="H7" s="9">
+        <v>189</v>
+      </c>
+      <c r="I7" s="9">
+        <v>189</v>
+      </c>
+      <c r="J7" s="9">
+        <v>189</v>
+      </c>
+      <c r="K7" s="9">
+        <v>189</v>
+      </c>
+      <c r="L7" s="9">
+        <v>189</v>
+      </c>
+      <c r="M7" s="9">
+        <v>193</v>
+      </c>
+      <c r="N7" s="16">
+        <v>189</v>
+      </c>
+      <c r="O7" s="16">
+        <v>185</v>
+      </c>
+      <c r="P7" s="17">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="8" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C8" s="9">
+        <v>17</v>
+      </c>
+      <c r="D8" s="9">
+        <v>17</v>
+      </c>
+      <c r="E8" s="9">
+        <v>16</v>
+      </c>
+      <c r="F8" s="9">
+        <v>19</v>
+      </c>
+      <c r="G8" s="9">
+        <v>16</v>
+      </c>
+      <c r="H8" s="9">
+        <v>17</v>
+      </c>
+      <c r="I8" s="9">
+        <v>17</v>
+      </c>
+      <c r="J8" s="9">
+        <v>20</v>
+      </c>
+      <c r="K8" s="9">
+        <v>18</v>
+      </c>
+      <c r="L8" s="9">
+        <v>16</v>
+      </c>
+      <c r="M8" s="9">
+        <v>15</v>
+      </c>
+      <c r="N8" s="16">
+        <v>17</v>
+      </c>
+      <c r="O8" s="16">
+        <v>15</v>
+      </c>
+      <c r="P8" s="17">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C9" s="9">
+        <v>78</v>
+      </c>
+      <c r="D9" s="9">
+        <v>73</v>
+      </c>
+      <c r="E9" s="9">
+        <v>73</v>
+      </c>
+      <c r="F9" s="9">
+        <v>68</v>
+      </c>
+      <c r="G9" s="9">
+        <v>72</v>
+      </c>
+      <c r="H9" s="9">
+        <v>75</v>
+      </c>
+      <c r="I9" s="9">
+        <v>70</v>
+      </c>
+      <c r="J9" s="9">
+        <v>70</v>
+      </c>
+      <c r="K9" s="9">
+        <v>69</v>
+      </c>
+      <c r="L9" s="9">
+        <v>61</v>
+      </c>
+      <c r="M9" s="9">
+        <v>59</v>
+      </c>
+      <c r="N9" s="16">
+        <v>54</v>
+      </c>
+      <c r="O9" s="16">
+        <v>51</v>
+      </c>
+      <c r="P9" s="17">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C10" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="D10" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="E10" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="F10" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="G10" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="H10" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="I10" s="9">
+        <v>5.7</v>
+      </c>
+      <c r="J10" s="9">
+        <v>10</v>
+      </c>
+      <c r="K10" s="9">
+        <v>0</v>
+      </c>
+      <c r="L10" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="M10" s="9">
+        <v>0.22</v>
+      </c>
+      <c r="N10" s="16">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="O10" s="16">
+        <v>5.3</v>
+      </c>
+      <c r="P10" s="17">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="11" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="12" t="s">
         <v>106</v>
       </c>
-      <c r="H2" s="4"/>
-[...10 lines deleted...]
-      <c r="B3" s="7" t="s">
+      <c r="C11" s="9">
+        <v>9.5</v>
+      </c>
+      <c r="D11" s="9">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E11" s="9">
+        <v>13</v>
+      </c>
+      <c r="F11" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="G11" s="9">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="H11" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="I11" s="9">
+        <v>6</v>
+      </c>
+      <c r="J11" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="K11" s="9">
+        <v>3</v>
+      </c>
+      <c r="L11" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="M11" s="9">
+        <v>3</v>
+      </c>
+      <c r="N11" s="16">
+        <v>2.9</v>
+      </c>
+      <c r="O11" s="16">
+        <v>5.8</v>
+      </c>
+      <c r="P11" s="17">
+        <v>5.7</v>
+      </c>
+    </row>
+    <row r="12" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="9">
+        <v>384</v>
+      </c>
+      <c r="D12" s="9">
+        <v>383</v>
+      </c>
+      <c r="E12" s="9">
+        <v>380</v>
+      </c>
+      <c r="F12" s="9">
+        <v>376</v>
+      </c>
+      <c r="G12" s="9">
+        <v>370</v>
+      </c>
+      <c r="H12" s="9">
+        <v>366</v>
+      </c>
+      <c r="I12" s="9">
+        <v>362</v>
+      </c>
+      <c r="J12" s="9">
+        <v>359</v>
+      </c>
+      <c r="K12" s="9">
+        <v>355</v>
+      </c>
+      <c r="L12" s="9">
+        <v>351</v>
+      </c>
+      <c r="M12" s="9">
+        <v>350</v>
+      </c>
+      <c r="N12" s="16">
+        <v>325</v>
+      </c>
+      <c r="O12" s="16">
+        <v>333</v>
+      </c>
+      <c r="P12" s="17">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="13" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" s="9">
+        <v>21</v>
+      </c>
+      <c r="D13" s="9">
+        <v>21</v>
+      </c>
+      <c r="E13" s="9">
+        <v>21</v>
+      </c>
+      <c r="F13" s="9">
+        <v>21</v>
+      </c>
+      <c r="G13" s="9">
+        <v>23</v>
+      </c>
+      <c r="H13" s="9">
+        <v>21</v>
+      </c>
+      <c r="I13" s="9">
+        <v>22</v>
+      </c>
+      <c r="J13" s="9">
+        <v>22</v>
+      </c>
+      <c r="K13" s="9">
+        <v>22</v>
+      </c>
+      <c r="L13" s="9">
+        <v>22</v>
+      </c>
+      <c r="M13" s="9">
+        <v>22</v>
+      </c>
+      <c r="N13" s="16">
+        <v>22</v>
+      </c>
+      <c r="O13" s="16">
+        <v>22</v>
+      </c>
+      <c r="P13" s="17">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="D14" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="E14" s="9">
+        <v>3.8</v>
+      </c>
+      <c r="F14" s="9">
+        <v>13</v>
+      </c>
+      <c r="G14" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="H14" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="I14" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="J14" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="K14" s="9">
+        <v>6</v>
+      </c>
+      <c r="L14" s="9">
         <v>0</v>
       </c>
-      <c r="H3" s="4"/>
-[...21 lines deleted...]
-      <c r="B5" s="8" t="s">
+      <c r="M14" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="N14" s="16">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="O14" s="16">
+        <v>1.2</v>
+      </c>
+      <c r="P14" s="17">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" s="9">
+        <v>21</v>
+      </c>
+      <c r="D15" s="9">
+        <v>27</v>
+      </c>
+      <c r="E15" s="9">
+        <v>24</v>
+      </c>
+      <c r="F15" s="9">
+        <v>24</v>
+      </c>
+      <c r="G15" s="9">
+        <v>25</v>
+      </c>
+      <c r="H15" s="9">
+        <v>26</v>
+      </c>
+      <c r="I15" s="9">
+        <v>27</v>
+      </c>
+      <c r="J15" s="9">
+        <v>27</v>
+      </c>
+      <c r="K15" s="9">
+        <v>27</v>
+      </c>
+      <c r="L15" s="9">
+        <v>29</v>
+      </c>
+      <c r="M15" s="9">
+        <v>31</v>
+      </c>
+      <c r="N15" s="16">
+        <v>30</v>
+      </c>
+      <c r="O15" s="16">
+        <v>29</v>
+      </c>
+      <c r="P15" s="17">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" s="9">
+        <v>61</v>
+      </c>
+      <c r="D16" s="9">
+        <v>55</v>
+      </c>
+      <c r="E16" s="9">
+        <v>53</v>
+      </c>
+      <c r="F16" s="9">
+        <v>60</v>
+      </c>
+      <c r="G16" s="9">
+        <v>57</v>
+      </c>
+      <c r="H16" s="9">
+        <v>50</v>
+      </c>
+      <c r="I16" s="9">
+        <v>44</v>
+      </c>
+      <c r="J16" s="9">
+        <v>36</v>
+      </c>
+      <c r="K16" s="9">
+        <v>31</v>
+      </c>
+      <c r="L16" s="9">
+        <v>26</v>
+      </c>
+      <c r="M16" s="9">
+        <v>23</v>
+      </c>
+      <c r="N16" s="16">
+        <v>27</v>
+      </c>
+      <c r="O16" s="16">
+        <v>25</v>
+      </c>
+      <c r="P16" s="17">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" s="9">
+        <v>6.8</v>
+      </c>
+      <c r="D17" s="9">
+        <v>9</v>
+      </c>
+      <c r="E17" s="9">
+        <v>31</v>
+      </c>
+      <c r="F17" s="9">
+        <v>12</v>
+      </c>
+      <c r="G17" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="H17" s="9">
+        <v>9.9</v>
+      </c>
+      <c r="I17" s="9">
+        <v>15</v>
+      </c>
+      <c r="J17" s="9">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="K17" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="L17" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="M17" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="N17" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="O17" s="16">
+        <v>5.4</v>
+      </c>
+      <c r="P17" s="17">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="18" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="D18" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="E18" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="F18" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="G18" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="H18" s="9">
+        <v>6</v>
+      </c>
+      <c r="I18" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="J18" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="K18" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="L18" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="M18" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="N18" s="16">
+        <v>6.5</v>
+      </c>
+      <c r="O18" s="16">
+        <v>5.6</v>
+      </c>
+      <c r="P18" s="17">
+        <v>6.2</v>
+      </c>
+    </row>
+    <row r="19" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="12" t="s">
+        <v>113</v>
+      </c>
+      <c r="C19" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="D19" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="E19" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="F19" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="G19" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="H19" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="I19" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="J19" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="K19" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="L19" s="9">
+        <v>6</v>
+      </c>
+      <c r="M19" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N19" s="16">
+        <v>5</v>
+      </c>
+      <c r="O19" s="16">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="P19" s="17">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="20" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C20" s="9">
+        <v>104</v>
+      </c>
+      <c r="D20" s="9">
+        <v>125</v>
+      </c>
+      <c r="E20" s="9">
+        <v>86</v>
+      </c>
+      <c r="F20" s="9">
+        <v>78</v>
+      </c>
+      <c r="G20" s="9">
+        <v>76</v>
+      </c>
+      <c r="H20" s="9">
+        <v>71</v>
+      </c>
+      <c r="I20" s="9">
+        <v>66</v>
+      </c>
+      <c r="J20" s="9">
+        <v>66</v>
+      </c>
+      <c r="K20" s="9">
+        <v>63</v>
+      </c>
+      <c r="L20" s="9">
+        <v>60</v>
+      </c>
+      <c r="M20" s="9">
+        <v>58</v>
+      </c>
+      <c r="N20" s="16">
+        <v>63</v>
+      </c>
+      <c r="O20" s="16">
+        <v>68</v>
+      </c>
+      <c r="P20" s="17">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="21" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" s="9">
+        <v>10</v>
+      </c>
+      <c r="D21" s="9">
+        <v>13</v>
+      </c>
+      <c r="E21" s="9">
+        <v>10</v>
+      </c>
+      <c r="F21" s="9">
+        <v>10</v>
+      </c>
+      <c r="G21" s="9">
+        <v>16</v>
+      </c>
+      <c r="H21" s="9">
+        <v>19</v>
+      </c>
+      <c r="I21" s="9">
+        <v>27</v>
+      </c>
+      <c r="J21" s="9">
+        <v>15</v>
+      </c>
+      <c r="K21" s="9">
+        <v>14</v>
+      </c>
+      <c r="L21" s="9">
+        <v>15</v>
+      </c>
+      <c r="M21" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="N21" s="16">
+        <v>12</v>
+      </c>
+      <c r="O21" s="16">
+        <v>13</v>
+      </c>
+      <c r="P21" s="17">
+        <v>7.8</v>
+      </c>
+    </row>
+    <row r="22" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="12" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="9">
+        <v>23</v>
+      </c>
+      <c r="D22" s="9">
+        <v>20</v>
+      </c>
+      <c r="E22" s="9">
+        <v>20</v>
+      </c>
+      <c r="F22" s="9">
+        <v>18</v>
+      </c>
+      <c r="G22" s="9">
+        <v>16</v>
+      </c>
+      <c r="H22" s="9">
+        <v>15</v>
+      </c>
+      <c r="I22" s="9">
+        <v>12</v>
+      </c>
+      <c r="J22" s="9">
+        <v>12</v>
+      </c>
+      <c r="K22" s="9">
+        <v>11</v>
+      </c>
+      <c r="L22" s="9">
+        <v>12</v>
+      </c>
+      <c r="M22" s="9">
+        <v>13</v>
+      </c>
+      <c r="N22" s="16">
+        <v>15</v>
+      </c>
+      <c r="O22" s="16">
+        <v>15</v>
+      </c>
+      <c r="P22" s="17">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C23" s="9">
+        <v>221</v>
+      </c>
+      <c r="D23" s="9">
+        <v>221</v>
+      </c>
+      <c r="E23" s="9">
+        <v>221</v>
+      </c>
+      <c r="F23" s="9">
+        <v>221</v>
+      </c>
+      <c r="G23" s="9">
+        <v>221</v>
+      </c>
+      <c r="H23" s="9">
+        <v>221</v>
+      </c>
+      <c r="I23" s="9">
+        <v>221</v>
+      </c>
+      <c r="J23" s="9">
+        <v>221</v>
+      </c>
+      <c r="K23" s="9">
+        <v>221</v>
+      </c>
+      <c r="L23" s="9">
+        <v>221</v>
+      </c>
+      <c r="M23" s="9">
+        <v>218</v>
+      </c>
+      <c r="N23" s="16">
+        <v>221</v>
+      </c>
+      <c r="O23" s="16">
+        <v>221</v>
+      </c>
+      <c r="P23" s="17">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="24" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="D24" s="9">
+        <v>0</v>
+      </c>
+      <c r="E24" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="F24" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="G24" s="9">
+        <v>2</v>
+      </c>
+      <c r="H24" s="9">
+        <v>0</v>
+      </c>
+      <c r="I24" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="J24" s="9">
+        <v>0</v>
+      </c>
+      <c r="K24" s="9">
+        <v>0.4</v>
+      </c>
+      <c r="L24" s="9">
+        <v>0</v>
+      </c>
+      <c r="M24" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="N24" s="16">
+        <v>0.41</v>
+      </c>
+      <c r="O24" s="16">
+        <v>0.88</v>
+      </c>
+      <c r="P24" s="17">
+        <v>0.81</v>
+      </c>
+    </row>
+    <row r="25" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="9">
+        <v>68</v>
+      </c>
+      <c r="D25" s="9">
+        <v>62</v>
+      </c>
+      <c r="E25" s="9">
+        <v>63</v>
+      </c>
+      <c r="F25" s="9">
+        <v>59</v>
+      </c>
+      <c r="G25" s="9">
+        <v>51</v>
+      </c>
+      <c r="H25" s="9">
+        <v>50</v>
+      </c>
+      <c r="I25" s="9">
+        <v>42</v>
+      </c>
+      <c r="J25" s="9">
+        <v>37</v>
+      </c>
+      <c r="K25" s="9">
+        <v>31</v>
+      </c>
+      <c r="L25" s="9">
+        <v>29</v>
+      </c>
+      <c r="M25" s="9">
+        <v>26</v>
+      </c>
+      <c r="N25" s="16">
+        <v>30</v>
+      </c>
+      <c r="O25" s="16">
+        <v>28</v>
+      </c>
+      <c r="P25" s="17">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="26" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="12" t="s">
+        <v>118</v>
+      </c>
+      <c r="C26" s="9">
+        <v>11</v>
+      </c>
+      <c r="D26" s="9">
+        <v>10</v>
+      </c>
+      <c r="E26" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="F26" s="9">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G26" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="H26" s="9">
+        <v>9.5</v>
+      </c>
+      <c r="I26" s="9">
+        <v>10</v>
+      </c>
+      <c r="J26" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K26" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="L26" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="M26" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="N26" s="16">
+        <v>8.1</v>
+      </c>
+      <c r="O26" s="16">
+        <v>7.8</v>
+      </c>
+      <c r="P26" s="17">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="27" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="12" t="s">
+        <v>119</v>
+      </c>
+      <c r="C27" s="9">
+        <v>52</v>
+      </c>
+      <c r="D27" s="9">
+        <v>26</v>
+      </c>
+      <c r="E27" s="9">
+        <v>29</v>
+      </c>
+      <c r="F27" s="9">
+        <v>40</v>
+      </c>
+      <c r="G27" s="9">
+        <v>23</v>
+      </c>
+      <c r="H27" s="9">
+        <v>25</v>
+      </c>
+      <c r="I27" s="9">
+        <v>37</v>
+      </c>
+      <c r="J27" s="9">
+        <v>36</v>
+      </c>
+      <c r="K27" s="9">
+        <v>30</v>
+      </c>
+      <c r="L27" s="9">
+        <v>27</v>
+      </c>
+      <c r="M27" s="9">
+        <v>23</v>
+      </c>
+      <c r="N27" s="16">
+        <v>28</v>
+      </c>
+      <c r="O27" s="16">
+        <v>27</v>
+      </c>
+      <c r="P27" s="17">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="28" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="9">
+        <v>68</v>
+      </c>
+      <c r="D28" s="9">
+        <v>67</v>
+      </c>
+      <c r="E28" s="9">
+        <v>66</v>
+      </c>
+      <c r="F28" s="9">
+        <v>64</v>
+      </c>
+      <c r="G28" s="9">
+        <v>61</v>
+      </c>
+      <c r="H28" s="9">
+        <v>60</v>
+      </c>
+      <c r="I28" s="9">
+        <v>59</v>
+      </c>
+      <c r="J28" s="9">
+        <v>58</v>
+      </c>
+      <c r="K28" s="9">
+        <v>56</v>
+      </c>
+      <c r="L28" s="9">
+        <v>55</v>
+      </c>
+      <c r="M28" s="9">
+        <v>55</v>
+      </c>
+      <c r="N28" s="16">
+        <v>53</v>
+      </c>
+      <c r="O28" s="16">
+        <v>52</v>
+      </c>
+      <c r="P28" s="17">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="D29" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="E29" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="F29" s="9">
+        <v>0</v>
+      </c>
+      <c r="G29" s="9">
+        <v>0</v>
+      </c>
+      <c r="H29" s="9">
+        <v>0</v>
+      </c>
+      <c r="I29" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="J29" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="K29" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="L29" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="M29" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="N29" s="16">
+        <v>3.6</v>
+      </c>
+      <c r="O29" s="16">
+        <v>1.8</v>
+      </c>
+      <c r="P29" s="17">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="30" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" s="9">
+        <v>239</v>
+      </c>
+      <c r="D30" s="9">
+        <v>223</v>
+      </c>
+      <c r="E30" s="9">
+        <v>201</v>
+      </c>
+      <c r="F30" s="9">
+        <v>190</v>
+      </c>
+      <c r="G30" s="9">
+        <v>185</v>
+      </c>
+      <c r="H30" s="9">
+        <v>165</v>
+      </c>
+      <c r="I30" s="9">
+        <v>193</v>
+      </c>
+      <c r="J30" s="9">
+        <v>145</v>
+      </c>
+      <c r="K30" s="9">
+        <v>149</v>
+      </c>
+      <c r="L30" s="9">
+        <v>165</v>
+      </c>
+      <c r="M30" s="9">
+        <v>165</v>
+      </c>
+      <c r="N30" s="16">
+        <v>164</v>
+      </c>
+      <c r="O30" s="16">
+        <v>164</v>
+      </c>
+      <c r="P30" s="17">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="31" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="C31" s="9">
+        <v>135</v>
+      </c>
+      <c r="D31" s="9">
+        <v>131</v>
+      </c>
+      <c r="E31" s="9">
+        <v>127</v>
+      </c>
+      <c r="F31" s="9">
+        <v>123</v>
+      </c>
+      <c r="G31" s="9">
+        <v>120</v>
+      </c>
+      <c r="H31" s="9">
+        <v>117</v>
+      </c>
+      <c r="I31" s="9">
+        <v>114</v>
+      </c>
+      <c r="J31" s="9">
+        <v>111</v>
+      </c>
+      <c r="K31" s="9">
+        <v>108</v>
+      </c>
+      <c r="L31" s="9">
+        <v>106</v>
+      </c>
+      <c r="M31" s="9">
+        <v>105</v>
+      </c>
+      <c r="N31" s="16">
+        <v>109</v>
+      </c>
+      <c r="O31" s="16">
+        <v>108</v>
+      </c>
+      <c r="P31" s="17">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="32" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="C32" s="9">
+        <v>45</v>
+      </c>
+      <c r="D32" s="9">
+        <v>46</v>
+      </c>
+      <c r="E32" s="9">
+        <v>49</v>
+      </c>
+      <c r="F32" s="9">
+        <v>44</v>
+      </c>
+      <c r="G32" s="9">
+        <v>43</v>
+      </c>
+      <c r="H32" s="9">
+        <v>40</v>
+      </c>
+      <c r="I32" s="9">
+        <v>33</v>
+      </c>
+      <c r="J32" s="9">
+        <v>29</v>
+      </c>
+      <c r="K32" s="9">
+        <v>25</v>
+      </c>
+      <c r="L32" s="9">
+        <v>27</v>
+      </c>
+      <c r="M32" s="9">
+        <v>26</v>
+      </c>
+      <c r="N32" s="16">
+        <v>25</v>
+      </c>
+      <c r="O32" s="16">
+        <v>24</v>
+      </c>
+      <c r="P32" s="17">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="33" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C33" s="9">
+        <v>518</v>
+      </c>
+      <c r="D33" s="9">
+        <v>480</v>
+      </c>
+      <c r="E33" s="9">
+        <v>445</v>
+      </c>
+      <c r="F33" s="9">
+        <v>414</v>
+      </c>
+      <c r="G33" s="9">
+        <v>385</v>
+      </c>
+      <c r="H33" s="9">
+        <v>356</v>
+      </c>
+      <c r="I33" s="9">
+        <v>326</v>
+      </c>
+      <c r="J33" s="9">
+        <v>300</v>
+      </c>
+      <c r="K33" s="9">
+        <v>275</v>
+      </c>
+      <c r="L33" s="9">
+        <v>253</v>
+      </c>
+      <c r="M33" s="9">
+        <v>236</v>
+      </c>
+      <c r="N33" s="16">
+        <v>235</v>
+      </c>
+      <c r="O33" s="16">
+        <v>229</v>
+      </c>
+      <c r="P33" s="17">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="34" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="9">
+        <v>44</v>
+      </c>
+      <c r="D34" s="9">
+        <v>44</v>
+      </c>
+      <c r="E34" s="9">
+        <v>44</v>
+      </c>
+      <c r="F34" s="9">
+        <v>44</v>
+      </c>
+      <c r="G34" s="9">
+        <v>43</v>
+      </c>
+      <c r="H34" s="9">
+        <v>43</v>
+      </c>
+      <c r="I34" s="9">
+        <v>43</v>
+      </c>
+      <c r="J34" s="9">
+        <v>44</v>
+      </c>
+      <c r="K34" s="9">
+        <v>46</v>
+      </c>
+      <c r="L34" s="9">
+        <v>46</v>
+      </c>
+      <c r="M34" s="9">
+        <v>45</v>
+      </c>
+      <c r="N34" s="16">
+        <v>48</v>
+      </c>
+      <c r="O34" s="16">
+        <v>49</v>
+      </c>
+      <c r="P34" s="17">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="35" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C35" s="9">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="D35" s="9">
+        <v>0</v>
+      </c>
+      <c r="E35" s="9">
+        <v>0</v>
+      </c>
+      <c r="F35" s="9">
+        <v>4</v>
+      </c>
+      <c r="G35" s="9">
+        <v>0</v>
+      </c>
+      <c r="H35" s="9">
+        <v>0</v>
+      </c>
+      <c r="I35" s="9">
+        <v>0</v>
+      </c>
+      <c r="J35" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="K35" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="L35" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="M35" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="N35" s="16">
+        <v>3.8</v>
+      </c>
+      <c r="O35" s="16">
+        <v>3.8</v>
+      </c>
+      <c r="P35" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C36" s="9">
+        <v>70</v>
+      </c>
+      <c r="D36" s="9">
+        <v>67</v>
+      </c>
+      <c r="E36" s="9">
+        <v>70</v>
+      </c>
+      <c r="F36" s="9">
+        <v>60</v>
+      </c>
+      <c r="G36" s="9">
+        <v>56</v>
+      </c>
+      <c r="H36" s="9">
+        <v>59</v>
+      </c>
+      <c r="I36" s="9">
+        <v>66</v>
+      </c>
+      <c r="J36" s="9">
+        <v>64</v>
+      </c>
+      <c r="K36" s="9">
+        <v>68</v>
+      </c>
+      <c r="L36" s="9">
+        <v>64</v>
+      </c>
+      <c r="M36" s="9">
+        <v>83</v>
+      </c>
+      <c r="N36" s="16">
+        <v>61</v>
+      </c>
+      <c r="O36" s="16">
+        <v>57</v>
+      </c>
+      <c r="P36" s="17">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="37" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="C37" s="9">
+        <v>41</v>
+      </c>
+      <c r="D37" s="9">
+        <v>37</v>
+      </c>
+      <c r="E37" s="9">
+        <v>35</v>
+      </c>
+      <c r="F37" s="9">
+        <v>33</v>
+      </c>
+      <c r="G37" s="9">
+        <v>31</v>
+      </c>
+      <c r="H37" s="9">
+        <v>28</v>
+      </c>
+      <c r="I37" s="9">
+        <v>27</v>
+      </c>
+      <c r="J37" s="9">
+        <v>25</v>
+      </c>
+      <c r="K37" s="9">
+        <v>23</v>
+      </c>
+      <c r="L37" s="9">
+        <v>21</v>
+      </c>
+      <c r="M37" s="9">
+        <v>19</v>
+      </c>
+      <c r="N37" s="16">
+        <v>17</v>
+      </c>
+      <c r="O37" s="16">
+        <v>16</v>
+      </c>
+      <c r="P37" s="17">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C38" s="9">
+        <v>58</v>
+      </c>
+      <c r="D38" s="9">
+        <v>57</v>
+      </c>
+      <c r="E38" s="9">
+        <v>55</v>
+      </c>
+      <c r="F38" s="9">
+        <v>54</v>
+      </c>
+      <c r="G38" s="9">
+        <v>54</v>
+      </c>
+      <c r="H38" s="9">
+        <v>52</v>
+      </c>
+      <c r="I38" s="9">
+        <v>51</v>
+      </c>
+      <c r="J38" s="9">
+        <v>49</v>
+      </c>
+      <c r="K38" s="9">
+        <v>48</v>
+      </c>
+      <c r="L38" s="9">
+        <v>47</v>
+      </c>
+      <c r="M38" s="9">
+        <v>46</v>
+      </c>
+      <c r="N38" s="16">
+        <v>45</v>
+      </c>
+      <c r="O38" s="16">
+        <v>44</v>
+      </c>
+      <c r="P38" s="17">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="39" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C39" s="9">
+        <v>144</v>
+      </c>
+      <c r="D39" s="9">
+        <v>138</v>
+      </c>
+      <c r="E39" s="9">
+        <v>133</v>
+      </c>
+      <c r="F39" s="9">
+        <v>128</v>
+      </c>
+      <c r="G39" s="9">
+        <v>126</v>
+      </c>
+      <c r="H39" s="9">
+        <v>122</v>
+      </c>
+      <c r="I39" s="9">
+        <v>118</v>
+      </c>
+      <c r="J39" s="9">
+        <v>114</v>
+      </c>
+      <c r="K39" s="9">
+        <v>111</v>
+      </c>
+      <c r="L39" s="9">
+        <v>107</v>
+      </c>
+      <c r="M39" s="9">
+        <v>103</v>
+      </c>
+      <c r="N39" s="16">
+        <v>100</v>
+      </c>
+      <c r="O39" s="16">
+        <v>97</v>
+      </c>
+      <c r="P39" s="17">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="12" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" s="9">
+        <v>90</v>
+      </c>
+      <c r="D40" s="9">
+        <v>95</v>
+      </c>
+      <c r="E40" s="9">
+        <v>104</v>
+      </c>
+      <c r="F40" s="9">
+        <v>74</v>
+      </c>
+      <c r="G40" s="9">
+        <v>66</v>
+      </c>
+      <c r="H40" s="9">
+        <v>64</v>
+      </c>
+      <c r="I40" s="9">
+        <v>58</v>
+      </c>
+      <c r="J40" s="9">
+        <v>58</v>
+      </c>
+      <c r="K40" s="9">
+        <v>46</v>
+      </c>
+      <c r="L40" s="9">
+        <v>46</v>
+      </c>
+      <c r="M40" s="9">
+        <v>39</v>
+      </c>
+      <c r="N40" s="16">
+        <v>35</v>
+      </c>
+      <c r="O40" s="16">
+        <v>31</v>
+      </c>
+      <c r="P40" s="17">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="41" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="9">
+        <v>438</v>
+      </c>
+      <c r="D41" s="9">
+        <v>425</v>
+      </c>
+      <c r="E41" s="9">
+        <v>412</v>
+      </c>
+      <c r="F41" s="9">
+        <v>398</v>
+      </c>
+      <c r="G41" s="9">
+        <v>383</v>
+      </c>
+      <c r="H41" s="9">
+        <v>366</v>
+      </c>
+      <c r="I41" s="9">
+        <v>348</v>
+      </c>
+      <c r="J41" s="9">
+        <v>329</v>
+      </c>
+      <c r="K41" s="9">
+        <v>308</v>
+      </c>
+      <c r="L41" s="9">
+        <v>287</v>
+      </c>
+      <c r="M41" s="9">
+        <v>274</v>
+      </c>
+      <c r="N41" s="16">
+        <v>288</v>
+      </c>
+      <c r="O41" s="16">
+        <v>320</v>
+      </c>
+      <c r="P41" s="17">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="42" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="9">
+        <v>260</v>
+      </c>
+      <c r="D42" s="9">
+        <v>251</v>
+      </c>
+      <c r="E42" s="9">
+        <v>242</v>
+      </c>
+      <c r="F42" s="9">
+        <v>235</v>
+      </c>
+      <c r="G42" s="9">
+        <v>220</v>
+      </c>
+      <c r="H42" s="9">
+        <v>212</v>
+      </c>
+      <c r="I42" s="9">
+        <v>203</v>
+      </c>
+      <c r="J42" s="9">
+        <v>194</v>
+      </c>
+      <c r="K42" s="9">
+        <v>186</v>
+      </c>
+      <c r="L42" s="9">
+        <v>179</v>
+      </c>
+      <c r="M42" s="9">
+        <v>174</v>
+      </c>
+      <c r="N42" s="16">
+        <v>164</v>
+      </c>
+      <c r="O42" s="16">
+        <v>157</v>
+      </c>
+      <c r="P42" s="17">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="43" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="D43" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="E43" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="F43" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="G43" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="H43" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="I43" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="J43" s="9">
+        <v>5.6</v>
+      </c>
+      <c r="K43" s="9">
+        <v>5.6</v>
+      </c>
+      <c r="L43" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="M43" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="N43" s="16">
+        <v>5.3</v>
+      </c>
+      <c r="O43" s="16">
+        <v>5.7</v>
+      </c>
+      <c r="P43" s="17">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="44" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="C44" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="D44" s="9">
+        <v>4</v>
+      </c>
+      <c r="E44" s="9">
+        <v>12</v>
+      </c>
+      <c r="F44" s="9">
+        <v>9.6</v>
+      </c>
+      <c r="G44" s="9">
+        <v>0</v>
+      </c>
+      <c r="H44" s="9">
+        <v>13</v>
+      </c>
+      <c r="I44" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="J44" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="K44" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="L44" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="M44" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="N44" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="O44" s="16">
+        <v>10</v>
+      </c>
+      <c r="P44" s="17">
+        <v>4.7</v>
+      </c>
+    </row>
+    <row r="45" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C45" s="9">
+        <v>540</v>
+      </c>
+      <c r="D45" s="9">
+        <v>540</v>
+      </c>
+      <c r="E45" s="9">
+        <v>540</v>
+      </c>
+      <c r="F45" s="9">
+        <v>540</v>
+      </c>
+      <c r="G45" s="9">
+        <v>540</v>
+      </c>
+      <c r="H45" s="9">
+        <v>540</v>
+      </c>
+      <c r="I45" s="9">
+        <v>540</v>
+      </c>
+      <c r="J45" s="9">
+        <v>540</v>
+      </c>
+      <c r="K45" s="9">
+        <v>540</v>
+      </c>
+      <c r="L45" s="9">
+        <v>540</v>
+      </c>
+      <c r="M45" s="9">
+        <v>540</v>
+      </c>
+      <c r="N45" s="16">
+        <v>540</v>
+      </c>
+      <c r="O45" s="16">
+        <v>540</v>
+      </c>
+      <c r="P45" s="17">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="46" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C46" s="9">
+        <v>147</v>
+      </c>
+      <c r="D46" s="9">
+        <v>147</v>
+      </c>
+      <c r="E46" s="9">
+        <v>146</v>
+      </c>
+      <c r="F46" s="9">
+        <v>146</v>
+      </c>
+      <c r="G46" s="9">
+        <v>145</v>
+      </c>
+      <c r="H46" s="9">
+        <v>144</v>
+      </c>
+      <c r="I46" s="9">
+        <v>144</v>
+      </c>
+      <c r="J46" s="9">
+        <v>143</v>
+      </c>
+      <c r="K46" s="9">
+        <v>142</v>
+      </c>
+      <c r="L46" s="9">
+        <v>142</v>
+      </c>
+      <c r="M46" s="9">
+        <v>144</v>
+      </c>
+      <c r="N46" s="16">
+        <v>140</v>
+      </c>
+      <c r="O46" s="16">
+        <v>140</v>
+      </c>
+      <c r="P46" s="17">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="47" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" s="9">
+        <v>16</v>
+      </c>
+      <c r="D47" s="9">
+        <v>16</v>
+      </c>
+      <c r="E47" s="9">
+        <v>16</v>
+      </c>
+      <c r="F47" s="9">
+        <v>16</v>
+      </c>
+      <c r="G47" s="9">
+        <v>15</v>
+      </c>
+      <c r="H47" s="9">
+        <v>16</v>
+      </c>
+      <c r="I47" s="9">
+        <v>16</v>
+      </c>
+      <c r="J47" s="9">
+        <v>17</v>
+      </c>
+      <c r="K47" s="9">
+        <v>18</v>
+      </c>
+      <c r="L47" s="9">
+        <v>18</v>
+      </c>
+      <c r="M47" s="9">
+        <v>15</v>
+      </c>
+      <c r="N47" s="16">
+        <v>16</v>
+      </c>
+      <c r="O47" s="16">
+        <v>17</v>
+      </c>
+      <c r="P47" s="17">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="9">
+        <v>76</v>
+      </c>
+      <c r="D48" s="9">
+        <v>75</v>
+      </c>
+      <c r="E48" s="9">
+        <v>73</v>
+      </c>
+      <c r="F48" s="9">
+        <v>70</v>
+      </c>
+      <c r="G48" s="9">
+        <v>67</v>
+      </c>
+      <c r="H48" s="9">
+        <v>65</v>
+      </c>
+      <c r="I48" s="9">
+        <v>63</v>
+      </c>
+      <c r="J48" s="9">
+        <v>62</v>
+      </c>
+      <c r="K48" s="9">
+        <v>61</v>
+      </c>
+      <c r="L48" s="9">
+        <v>58</v>
+      </c>
+      <c r="M48" s="9">
+        <v>59</v>
+      </c>
+      <c r="N48" s="16">
+        <v>55</v>
+      </c>
+      <c r="O48" s="16">
+        <v>52</v>
+      </c>
+      <c r="P48" s="17">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="49" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="C49" s="9">
+        <v>81</v>
+      </c>
+      <c r="D49" s="9">
+        <v>78</v>
+      </c>
+      <c r="E49" s="9">
+        <v>78</v>
+      </c>
+      <c r="F49" s="9">
+        <v>77</v>
+      </c>
+      <c r="G49" s="9">
+        <v>77</v>
+      </c>
+      <c r="H49" s="9">
+        <v>72</v>
+      </c>
+      <c r="I49" s="9">
+        <v>70</v>
+      </c>
+      <c r="J49" s="9">
+        <v>68</v>
+      </c>
+      <c r="K49" s="9">
+        <v>67</v>
+      </c>
+      <c r="L49" s="9">
+        <v>63</v>
+      </c>
+      <c r="M49" s="9">
+        <v>56</v>
+      </c>
+      <c r="N49" s="16"/>
+      <c r="O49" s="8"/>
+      <c r="P49" s="8"/>
+    </row>
+    <row r="50" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="C50" s="9">
+        <v>84</v>
+      </c>
+      <c r="D50" s="9">
+        <v>79</v>
+      </c>
+      <c r="E50" s="9">
+        <v>82</v>
+      </c>
+      <c r="F50" s="9">
+        <v>86</v>
+      </c>
+      <c r="G50" s="9">
+        <v>77</v>
+      </c>
+      <c r="H50" s="9">
+        <v>71</v>
+      </c>
+      <c r="I50" s="9">
+        <v>67</v>
+      </c>
+      <c r="J50" s="9">
+        <v>70</v>
+      </c>
+      <c r="K50" s="9">
+        <v>60</v>
+      </c>
+      <c r="L50" s="9">
+        <v>65</v>
+      </c>
+      <c r="M50" s="9">
+        <v>64</v>
+      </c>
+      <c r="N50" s="16"/>
+      <c r="O50" s="8"/>
+      <c r="P50" s="8"/>
+    </row>
+    <row r="51" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="12" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" s="9">
+        <v>32</v>
+      </c>
+      <c r="D51" s="9">
+        <v>33</v>
+      </c>
+      <c r="E51" s="9">
+        <v>33</v>
+      </c>
+      <c r="F51" s="9">
+        <v>32</v>
+      </c>
+      <c r="G51" s="9">
+        <v>31</v>
+      </c>
+      <c r="H51" s="9">
+        <v>31</v>
+      </c>
+      <c r="I51" s="9">
+        <v>33</v>
+      </c>
+      <c r="J51" s="9">
+        <v>33</v>
+      </c>
+      <c r="K51" s="9">
+        <v>33</v>
+      </c>
+      <c r="L51" s="9">
+        <v>35</v>
+      </c>
+      <c r="M51" s="9">
+        <v>37</v>
+      </c>
+      <c r="N51" s="16">
+        <v>41</v>
+      </c>
+      <c r="O51" s="16">
+        <v>47</v>
+      </c>
+      <c r="P51" s="17">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="52" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="C52" s="9">
+        <v>33</v>
+      </c>
+      <c r="D52" s="9">
+        <v>34</v>
+      </c>
+      <c r="E52" s="9">
+        <v>34</v>
+      </c>
+      <c r="F52" s="9">
+        <v>34</v>
+      </c>
+      <c r="G52" s="9">
+        <v>35</v>
+      </c>
+      <c r="H52" s="9">
+        <v>35</v>
+      </c>
+      <c r="I52" s="9">
+        <v>35</v>
+      </c>
+      <c r="J52" s="9">
+        <v>35</v>
+      </c>
+      <c r="K52" s="9">
+        <v>35</v>
+      </c>
+      <c r="L52" s="9">
+        <v>35</v>
+      </c>
+      <c r="M52" s="9">
+        <v>35</v>
+      </c>
+      <c r="N52" s="16">
+        <v>35</v>
+      </c>
+      <c r="O52" s="16">
+        <v>35</v>
+      </c>
+      <c r="P52" s="17">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C53" s="9">
+        <v>386</v>
+      </c>
+      <c r="D53" s="9">
+        <v>383</v>
+      </c>
+      <c r="E53" s="9">
+        <v>382</v>
+      </c>
+      <c r="F53" s="9">
+        <v>382</v>
+      </c>
+      <c r="G53" s="9">
+        <v>381</v>
+      </c>
+      <c r="H53" s="9">
+        <v>379</v>
+      </c>
+      <c r="I53" s="9">
+        <v>378</v>
+      </c>
+      <c r="J53" s="9">
+        <v>376</v>
+      </c>
+      <c r="K53" s="9">
+        <v>375</v>
+      </c>
+      <c r="L53" s="9">
+        <v>373</v>
+      </c>
+      <c r="M53" s="9">
+        <v>379</v>
+      </c>
+      <c r="N53" s="16">
+        <v>370</v>
+      </c>
+      <c r="O53" s="16">
+        <v>369</v>
+      </c>
+      <c r="P53" s="17">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="54" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="12" t="s">
+        <v>133</v>
+      </c>
+      <c r="C54" s="9">
+        <v>0</v>
+      </c>
+      <c r="D54" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="E54" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="F54" s="9">
+        <v>13</v>
+      </c>
+      <c r="G54" s="9">
+        <v>13</v>
+      </c>
+      <c r="H54" s="9">
+        <v>0</v>
+      </c>
+      <c r="I54" s="9">
+        <v>13</v>
+      </c>
+      <c r="J54" s="9">
+        <v>0</v>
+      </c>
+      <c r="K54" s="9">
+        <v>0</v>
+      </c>
+      <c r="L54" s="9">
+        <v>13</v>
+      </c>
+      <c r="M54" s="9">
+        <v>13</v>
+      </c>
+      <c r="N54" s="16">
+        <v>13</v>
+      </c>
+      <c r="O54" s="16">
+        <v>13</v>
+      </c>
+      <c r="P54" s="17">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="55" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="9">
+        <v>13</v>
+      </c>
+      <c r="D55" s="9">
+        <v>14</v>
+      </c>
+      <c r="E55" s="9">
+        <v>13</v>
+      </c>
+      <c r="F55" s="9">
+        <v>11</v>
+      </c>
+      <c r="G55" s="9">
+        <v>12</v>
+      </c>
+      <c r="H55" s="9">
+        <v>11</v>
+      </c>
+      <c r="I55" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="J55" s="9">
+        <v>9.6</v>
+      </c>
+      <c r="K55" s="9">
+        <v>10</v>
+      </c>
+      <c r="L55" s="9">
+        <v>10</v>
+      </c>
+      <c r="M55" s="9">
+        <v>10</v>
+      </c>
+      <c r="N55" s="16">
+        <v>11</v>
+      </c>
+      <c r="O55" s="16">
+        <v>10</v>
+      </c>
+      <c r="P55" s="17">
+        <v>9.9</v>
+      </c>
+    </row>
+    <row r="56" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="C56" s="9">
+        <v>196</v>
+      </c>
+      <c r="D56" s="9">
+        <v>186</v>
+      </c>
+      <c r="E56" s="9">
+        <v>178</v>
+      </c>
+      <c r="F56" s="9">
+        <v>170</v>
+      </c>
+      <c r="G56" s="9">
+        <v>165</v>
+      </c>
+      <c r="H56" s="9">
+        <v>159</v>
+      </c>
+      <c r="I56" s="9">
+        <v>153</v>
+      </c>
+      <c r="J56" s="9">
+        <v>148</v>
+      </c>
+      <c r="K56" s="9">
+        <v>142</v>
+      </c>
+      <c r="L56" s="9">
+        <v>137</v>
+      </c>
+      <c r="M56" s="9">
+        <v>135</v>
+      </c>
+      <c r="N56" s="16">
+        <v>128</v>
+      </c>
+      <c r="O56" s="16">
+        <v>123</v>
+      </c>
+      <c r="P56" s="17">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="57" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="C57" s="9">
+        <v>18</v>
+      </c>
+      <c r="D57" s="9">
+        <v>17</v>
+      </c>
+      <c r="E57" s="9">
+        <v>14</v>
+      </c>
+      <c r="F57" s="9">
+        <v>14</v>
+      </c>
+      <c r="G57" s="9">
+        <v>13</v>
+      </c>
+      <c r="H57" s="9">
+        <v>13</v>
+      </c>
+      <c r="I57" s="9">
+        <v>12</v>
+      </c>
+      <c r="J57" s="9">
+        <v>10</v>
+      </c>
+      <c r="K57" s="9">
+        <v>10</v>
+      </c>
+      <c r="L57" s="9">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="M57" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="N57" s="16">
+        <v>4</v>
+      </c>
+      <c r="O57" s="16">
+        <v>2.7</v>
+      </c>
+      <c r="P57" s="17">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="58" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="12" t="s">
+        <v>137</v>
+      </c>
+      <c r="C58" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="D58" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="E58" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="F58" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="G58" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="H58" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="I58" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="J58" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="K58" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="L58" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="M58" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="N58" s="16">
+        <v>6.8</v>
+      </c>
+      <c r="O58" s="16">
+        <v>6.6</v>
+      </c>
+      <c r="P58" s="17">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="59" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B59" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="C59" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="D59" s="9">
+        <v>0.76</v>
+      </c>
+      <c r="E59" s="9">
+        <v>0.74</v>
+      </c>
+      <c r="F59" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="G59" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="H59" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="I59" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="J59" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="K59" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="L59" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="M59" s="9">
+        <v>8</v>
+      </c>
+      <c r="N59" s="16">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="O59" s="16">
+        <v>3</v>
+      </c>
+      <c r="P59" s="17">
+        <v>3.3</v>
+      </c>
+    </row>
+    <row r="60" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C60" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="D60" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="E60" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="F60" s="9">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G60" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="H60" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="I60" s="9">
+        <v>5.6</v>
+      </c>
+      <c r="J60" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K60" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="L60" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="M60" s="9">
+        <v>5.7</v>
+      </c>
+      <c r="N60" s="16">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="O60" s="16">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="P60" s="17">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="61" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="C61" s="9">
+        <v>6.8</v>
+      </c>
+      <c r="D61" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="E61" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="F61" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G61" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="H61" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="I61" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="J61" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="K61" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="L61" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="M61" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="N61" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="O61" s="16">
+        <v>4.2</v>
+      </c>
+      <c r="P61" s="17">
+        <v>4.8</v>
+      </c>
+    </row>
+    <row r="62" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B62" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="9">
+        <v>513</v>
+      </c>
+      <c r="D62" s="9">
+        <v>513</v>
+      </c>
+      <c r="E62" s="9">
+        <v>513</v>
+      </c>
+      <c r="F62" s="9">
+        <v>513</v>
+      </c>
+      <c r="G62" s="9">
+        <v>513</v>
+      </c>
+      <c r="H62" s="9">
+        <v>513</v>
+      </c>
+      <c r="I62" s="9">
+        <v>513</v>
+      </c>
+      <c r="J62" s="9">
+        <v>513</v>
+      </c>
+      <c r="K62" s="9">
+        <v>513</v>
+      </c>
+      <c r="L62" s="9">
+        <v>513</v>
+      </c>
+      <c r="M62" s="9">
+        <v>523</v>
+      </c>
+      <c r="N62" s="16">
+        <v>513</v>
+      </c>
+      <c r="O62" s="16">
+        <v>513</v>
+      </c>
+      <c r="P62" s="17">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="63" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B63" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="C63" s="9">
+        <v>327</v>
+      </c>
+      <c r="D63" s="9">
+        <v>327</v>
+      </c>
+      <c r="E63" s="9">
+        <v>327</v>
+      </c>
+      <c r="F63" s="9">
+        <v>326</v>
+      </c>
+      <c r="G63" s="9">
+        <v>325</v>
+      </c>
+      <c r="H63" s="9">
+        <v>324</v>
+      </c>
+      <c r="I63" s="9">
+        <v>323</v>
+      </c>
+      <c r="J63" s="9">
+        <v>322</v>
+      </c>
+      <c r="K63" s="9">
+        <v>321</v>
+      </c>
+      <c r="L63" s="9">
+        <v>320</v>
+      </c>
+      <c r="M63" s="9">
+        <v>319</v>
+      </c>
+      <c r="N63" s="16">
+        <v>318</v>
+      </c>
+      <c r="O63" s="16">
+        <v>317</v>
+      </c>
+      <c r="P63" s="17">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="64" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="14" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="D64" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="E64" s="9">
+        <v>7</v>
+      </c>
+      <c r="F64" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="G64" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="H64" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="I64" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="J64" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K64" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="L64" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="M64" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="N64" s="16">
+        <v>3.8</v>
+      </c>
+      <c r="O64" s="16">
+        <v>4</v>
+      </c>
+      <c r="P64" s="17">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="65" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B65" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C65" s="9">
+        <v>621</v>
+      </c>
+      <c r="D65" s="9">
+        <v>540</v>
+      </c>
+      <c r="E65" s="9">
+        <v>500</v>
+      </c>
+      <c r="F65" s="9">
+        <v>447</v>
+      </c>
+      <c r="G65" s="9">
+        <v>337</v>
+      </c>
+      <c r="H65" s="9">
+        <v>367</v>
+      </c>
+      <c r="I65" s="9">
+        <v>339</v>
+      </c>
+      <c r="J65" s="9">
+        <v>272</v>
+      </c>
+      <c r="K65" s="9">
+        <v>260</v>
+      </c>
+      <c r="L65" s="9">
+        <v>234</v>
+      </c>
+      <c r="M65" s="9">
+        <v>224</v>
+      </c>
+      <c r="N65" s="16">
+        <v>204</v>
+      </c>
+      <c r="O65" s="16">
+        <v>240</v>
+      </c>
+      <c r="P65" s="17">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="66" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C66" s="9">
+        <v>13</v>
+      </c>
+      <c r="D66" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="E66" s="9">
+        <v>11</v>
+      </c>
+      <c r="F66" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="G66" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="H66" s="9">
+        <v>11</v>
+      </c>
+      <c r="I66" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="J66" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="K66" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="L66" s="9">
+        <v>16</v>
+      </c>
+      <c r="M66" s="9">
+        <v>47</v>
+      </c>
+      <c r="N66" s="16">
+        <v>16</v>
+      </c>
+      <c r="O66" s="16">
+        <v>16</v>
+      </c>
+      <c r="P66" s="17">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B67" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C67" s="9">
+        <v>51</v>
+      </c>
+      <c r="D67" s="9">
+        <v>55</v>
+      </c>
+      <c r="E67" s="9">
+        <v>54</v>
+      </c>
+      <c r="F67" s="9">
+        <v>55</v>
+      </c>
+      <c r="G67" s="9">
+        <v>54</v>
+      </c>
+      <c r="H67" s="9">
+        <v>55</v>
+      </c>
+      <c r="I67" s="9">
+        <v>51</v>
+      </c>
+      <c r="J67" s="9">
+        <v>46</v>
+      </c>
+      <c r="K67" s="9">
+        <v>45</v>
+      </c>
+      <c r="L67" s="9">
+        <v>42</v>
+      </c>
+      <c r="M67" s="9">
+        <v>41</v>
+      </c>
+      <c r="N67" s="16">
+        <v>45</v>
+      </c>
+      <c r="O67" s="16">
+        <v>43</v>
+      </c>
+      <c r="P67" s="17">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="68" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B68" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" s="9">
+        <v>40</v>
+      </c>
+      <c r="D68" s="9">
+        <v>42</v>
+      </c>
+      <c r="E68" s="9">
+        <v>44</v>
+      </c>
+      <c r="F68" s="9">
+        <v>42</v>
+      </c>
+      <c r="G68" s="9">
+        <v>40</v>
+      </c>
+      <c r="H68" s="9">
+        <v>39</v>
+      </c>
+      <c r="I68" s="9">
+        <v>40</v>
+      </c>
+      <c r="J68" s="9">
+        <v>43</v>
+      </c>
+      <c r="K68" s="9">
+        <v>44</v>
+      </c>
+      <c r="L68" s="9">
+        <v>46</v>
+      </c>
+      <c r="M68" s="9">
+        <v>48</v>
+      </c>
+      <c r="N68" s="16">
+        <v>48</v>
+      </c>
+      <c r="O68" s="16">
+        <v>45</v>
+      </c>
+      <c r="P68" s="17">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="69" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B69" s="14" t="s">
+        <v>142</v>
+      </c>
+      <c r="C69" s="9">
+        <v>18</v>
+      </c>
+      <c r="D69" s="9">
+        <v>17</v>
+      </c>
+      <c r="E69" s="9">
+        <v>17</v>
+      </c>
+      <c r="F69" s="9">
+        <v>16</v>
+      </c>
+      <c r="G69" s="9">
+        <v>15</v>
+      </c>
+      <c r="H69" s="9">
+        <v>15</v>
+      </c>
+      <c r="I69" s="9">
+        <v>14</v>
+      </c>
+      <c r="J69" s="9">
+        <v>13</v>
+      </c>
+      <c r="K69" s="9">
+        <v>12</v>
+      </c>
+      <c r="L69" s="9">
+        <v>12</v>
+      </c>
+      <c r="M69" s="9">
+        <v>11</v>
+      </c>
+      <c r="N69" s="16">
+        <v>10</v>
+      </c>
+      <c r="O69" s="16">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="P69" s="17">
+        <v>9.1999999999999993</v>
+      </c>
+    </row>
+    <row r="70" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C70" s="9">
+        <v>34</v>
+      </c>
+      <c r="D70" s="9">
+        <v>38</v>
+      </c>
+      <c r="E70" s="9">
+        <v>41</v>
+      </c>
+      <c r="F70" s="9">
+        <v>43</v>
+      </c>
+      <c r="G70" s="9">
+        <v>44</v>
+      </c>
+      <c r="H70" s="9">
+        <v>48</v>
+      </c>
+      <c r="I70" s="9">
+        <v>60</v>
+      </c>
+      <c r="J70" s="9">
+        <v>72</v>
+      </c>
+      <c r="K70" s="9">
+        <v>70</v>
+      </c>
+      <c r="L70" s="9">
+        <v>58</v>
+      </c>
+      <c r="M70" s="9">
+        <v>55</v>
+      </c>
+      <c r="N70" s="16">
+        <v>49</v>
+      </c>
+      <c r="O70" s="16">
+        <v>50</v>
+      </c>
+      <c r="P70" s="17">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="71" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C71" s="9">
+        <v>217</v>
+      </c>
+      <c r="D71" s="9">
+        <v>224</v>
+      </c>
+      <c r="E71" s="9">
+        <v>236</v>
+      </c>
+      <c r="F71" s="9">
+        <v>248</v>
+      </c>
+      <c r="G71" s="9">
+        <v>260</v>
+      </c>
+      <c r="H71" s="9">
+        <v>274</v>
+      </c>
+      <c r="I71" s="9">
+        <v>294</v>
+      </c>
+      <c r="J71" s="9">
+        <v>286</v>
+      </c>
+      <c r="K71" s="9">
+        <v>254</v>
+      </c>
+      <c r="L71" s="9">
+        <v>286</v>
+      </c>
+      <c r="M71" s="9">
+        <v>280</v>
+      </c>
+      <c r="N71" s="16">
+        <v>275</v>
+      </c>
+      <c r="O71" s="16">
+        <v>275</v>
+      </c>
+      <c r="P71" s="17">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="72" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C72" s="9">
+        <v>149</v>
+      </c>
+      <c r="D72" s="9">
+        <v>157</v>
+      </c>
+      <c r="E72" s="9">
+        <v>160</v>
+      </c>
+      <c r="F72" s="9">
+        <v>144</v>
+      </c>
+      <c r="G72" s="9">
+        <v>119</v>
+      </c>
+      <c r="H72" s="9">
+        <v>102</v>
+      </c>
+      <c r="I72" s="9">
+        <v>108</v>
+      </c>
+      <c r="J72" s="9">
+        <v>99</v>
+      </c>
+      <c r="K72" s="9">
+        <v>89</v>
+      </c>
+      <c r="L72" s="9">
+        <v>86</v>
+      </c>
+      <c r="M72" s="9">
+        <v>81</v>
+      </c>
+      <c r="N72" s="16">
+        <v>74</v>
+      </c>
+      <c r="O72" s="16">
+        <v>69</v>
+      </c>
+      <c r="P72" s="17">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="73" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="C73" s="9">
+        <v>25</v>
+      </c>
+      <c r="D73" s="9">
+        <v>25</v>
+      </c>
+      <c r="E73" s="9">
+        <v>23</v>
+      </c>
+      <c r="F73" s="9">
+        <v>23</v>
+      </c>
+      <c r="G73" s="9">
+        <v>21</v>
+      </c>
+      <c r="H73" s="9">
+        <v>18</v>
+      </c>
+      <c r="I73" s="9">
+        <v>16</v>
+      </c>
+      <c r="J73" s="9">
+        <v>15</v>
+      </c>
+      <c r="K73" s="9">
+        <v>13</v>
+      </c>
+      <c r="L73" s="9">
+        <v>13</v>
+      </c>
+      <c r="M73" s="9">
+        <v>10</v>
+      </c>
+      <c r="N73" s="16">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="O73" s="16">
+        <v>11</v>
+      </c>
+      <c r="P73" s="17">
+        <v>8.1999999999999993</v>
+      </c>
+    </row>
+    <row r="74" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C74" s="9">
+        <v>1590</v>
+      </c>
+      <c r="D74" s="9">
+        <v>1300</v>
+      </c>
+      <c r="E74" s="9">
+        <v>1110</v>
+      </c>
+      <c r="F74" s="9">
+        <v>1030</v>
+      </c>
+      <c r="G74" s="9">
+        <v>855</v>
+      </c>
+      <c r="H74" s="9">
+        <v>648</v>
+      </c>
+      <c r="I74" s="9">
+        <v>537</v>
+      </c>
+      <c r="J74" s="9">
+        <v>502</v>
+      </c>
+      <c r="K74" s="9">
+        <v>441</v>
+      </c>
+      <c r="L74" s="9">
+        <v>363</v>
+      </c>
+      <c r="M74" s="9">
+        <v>319</v>
+      </c>
+      <c r="N74" s="16">
+        <v>348</v>
+      </c>
+      <c r="O74" s="16">
+        <v>325</v>
+      </c>
+      <c r="P74" s="17">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="75" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B75" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C75" s="9">
+        <v>268</v>
+      </c>
+      <c r="D75" s="9">
+        <v>253</v>
+      </c>
+      <c r="E75" s="9">
+        <v>239</v>
+      </c>
+      <c r="F75" s="9">
+        <v>224</v>
+      </c>
+      <c r="G75" s="9">
+        <v>207</v>
+      </c>
+      <c r="H75" s="9">
+        <v>192</v>
+      </c>
+      <c r="I75" s="9">
+        <v>177</v>
+      </c>
+      <c r="J75" s="9">
+        <v>164</v>
+      </c>
+      <c r="K75" s="9">
+        <v>151</v>
+      </c>
+      <c r="L75" s="9">
+        <v>140</v>
+      </c>
+      <c r="M75" s="9">
+        <v>132</v>
+      </c>
+      <c r="N75" s="16">
+        <v>119</v>
+      </c>
+      <c r="O75" s="16">
+        <v>126</v>
+      </c>
+      <c r="P75" s="17">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="76" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C76" s="9">
+        <v>27</v>
+      </c>
+      <c r="D76" s="9">
+        <v>31</v>
+      </c>
+      <c r="E76" s="9">
+        <v>30</v>
+      </c>
+      <c r="F76" s="9">
+        <v>37</v>
+      </c>
+      <c r="G76" s="9">
+        <v>55</v>
+      </c>
+      <c r="H76" s="9">
+        <v>52</v>
+      </c>
+      <c r="I76" s="9">
+        <v>45</v>
+      </c>
+      <c r="J76" s="9">
+        <v>51</v>
+      </c>
+      <c r="K76" s="9">
+        <v>54</v>
+      </c>
+      <c r="L76" s="9">
+        <v>66</v>
+      </c>
+      <c r="M76" s="9">
+        <v>66</v>
+      </c>
+      <c r="N76" s="16">
+        <v>66</v>
+      </c>
+      <c r="O76" s="16">
+        <v>66</v>
+      </c>
+      <c r="P76" s="17">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="77" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B77" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="C77" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="D77" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="E77" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="F77" s="9">
+        <v>5.6</v>
+      </c>
+      <c r="G77" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="H77" s="9">
+        <v>5.6</v>
+      </c>
+      <c r="I77" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="J77" s="9">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="K77" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="L77" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="M77" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="N77" s="16">
+        <v>3.5</v>
+      </c>
+      <c r="O77" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="P77" s="17">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="78" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B78" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="C78" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D78" s="9">
+        <v>9</v>
+      </c>
+      <c r="E78" s="9">
+        <v>9</v>
+      </c>
+      <c r="F78" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="G78" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="H78" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="I78" s="9">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="J78" s="9">
+        <v>9</v>
+      </c>
+      <c r="K78" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="L78" s="9">
+        <v>9</v>
+      </c>
+      <c r="M78" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="N78" s="16">
+        <v>7.7</v>
+      </c>
+      <c r="O78" s="16">
+        <v>7.2</v>
+      </c>
+      <c r="P78" s="17">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="79" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B79" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="C79" s="9">
+        <v>18</v>
+      </c>
+      <c r="D79" s="9">
+        <v>27</v>
+      </c>
+      <c r="E79" s="9">
+        <v>21</v>
+      </c>
+      <c r="F79" s="9">
+        <v>22</v>
+      </c>
+      <c r="G79" s="9">
+        <v>24</v>
+      </c>
+      <c r="H79" s="9">
+        <v>19</v>
+      </c>
+      <c r="I79" s="9">
+        <v>23</v>
+      </c>
+      <c r="J79" s="9">
+        <v>22</v>
+      </c>
+      <c r="K79" s="9">
+        <v>22</v>
+      </c>
+      <c r="L79" s="9">
+        <v>22</v>
+      </c>
+      <c r="M79" s="9">
+        <v>26</v>
+      </c>
+      <c r="N79" s="16">
+        <v>13</v>
+      </c>
+      <c r="O79" s="16">
+        <v>21</v>
+      </c>
+      <c r="P79" s="17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="80" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B80" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C80" s="9">
+        <v>559</v>
+      </c>
+      <c r="D80" s="9">
+        <v>554</v>
+      </c>
+      <c r="E80" s="9">
+        <v>550</v>
+      </c>
+      <c r="F80" s="9">
+        <v>546</v>
+      </c>
+      <c r="G80" s="9">
+        <v>541</v>
+      </c>
+      <c r="H80" s="9">
+        <v>537</v>
+      </c>
+      <c r="I80" s="9">
+        <v>533</v>
+      </c>
+      <c r="J80" s="9">
+        <v>529</v>
+      </c>
+      <c r="K80" s="9">
+        <v>525</v>
+      </c>
+      <c r="L80" s="9">
+        <v>521</v>
+      </c>
+      <c r="M80" s="9">
+        <v>527</v>
+      </c>
+      <c r="N80" s="16">
+        <v>513</v>
+      </c>
+      <c r="O80" s="16">
+        <v>509</v>
+      </c>
+      <c r="P80" s="17">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="81" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C81" s="9">
+        <v>179</v>
+      </c>
+      <c r="D81" s="9">
+        <v>178</v>
+      </c>
+      <c r="E81" s="9">
+        <v>177</v>
+      </c>
+      <c r="F81" s="9">
+        <v>176</v>
+      </c>
+      <c r="G81" s="9">
+        <v>175</v>
+      </c>
+      <c r="H81" s="9">
+        <v>173</v>
+      </c>
+      <c r="I81" s="9">
+        <v>170</v>
+      </c>
+      <c r="J81" s="9">
+        <v>166</v>
+      </c>
+      <c r="K81" s="9">
+        <v>162</v>
+      </c>
+      <c r="L81" s="9">
+        <v>158</v>
+      </c>
+      <c r="M81" s="9">
+        <v>157</v>
+      </c>
+      <c r="N81" s="16">
+        <v>149</v>
+      </c>
+      <c r="O81" s="16">
+        <v>145</v>
+      </c>
+      <c r="P81" s="17">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="82" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C82" s="9">
+        <v>127</v>
+      </c>
+      <c r="D82" s="9">
+        <v>122</v>
+      </c>
+      <c r="E82" s="9">
+        <v>119</v>
+      </c>
+      <c r="F82" s="9">
+        <v>116</v>
+      </c>
+      <c r="G82" s="9">
+        <v>106</v>
+      </c>
+      <c r="H82" s="9">
+        <v>99</v>
+      </c>
+      <c r="I82" s="9">
+        <v>92</v>
+      </c>
+      <c r="J82" s="9">
+        <v>86</v>
+      </c>
+      <c r="K82" s="9">
+        <v>80</v>
+      </c>
+      <c r="L82" s="9">
+        <v>74</v>
+      </c>
+      <c r="M82" s="9">
+        <v>70</v>
+      </c>
+      <c r="N82" s="16">
+        <v>64</v>
+      </c>
+      <c r="O82" s="16">
+        <v>60</v>
+      </c>
+      <c r="P82" s="17">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="83" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B83" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="C83" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="G83" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="H83" s="9">
+        <v>8</v>
+      </c>
+      <c r="I83" s="9">
+        <v>8</v>
+      </c>
+      <c r="J83" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="K83" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="L83" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="M83" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="N83" s="16">
+        <v>5</v>
+      </c>
+      <c r="O83" s="16">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="P83" s="17">
+        <v>4.8</v>
+      </c>
+    </row>
+    <row r="84" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C84" s="9">
+        <v>183</v>
+      </c>
+      <c r="D84" s="9">
+        <v>178</v>
+      </c>
+      <c r="E84" s="9">
+        <v>173</v>
+      </c>
+      <c r="F84" s="9">
+        <v>168</v>
+      </c>
+      <c r="G84" s="9">
+        <v>165</v>
+      </c>
+      <c r="H84" s="9">
+        <v>160</v>
+      </c>
+      <c r="I84" s="9">
+        <v>156</v>
+      </c>
+      <c r="J84" s="9">
+        <v>152</v>
+      </c>
+      <c r="K84" s="9">
+        <v>148</v>
+      </c>
+      <c r="L84" s="9">
+        <v>144</v>
+      </c>
+      <c r="M84" s="9">
+        <v>143</v>
+      </c>
+      <c r="N84" s="16">
+        <v>136</v>
+      </c>
+      <c r="O84" s="16">
+        <v>133</v>
+      </c>
+      <c r="P84" s="17">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="85" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B85" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C85" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="D85" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="E85" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="F85" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="G85" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="H85" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="I85" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J85" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="K85" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="L85" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="M85" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="N85" s="16">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="O85" s="16">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="P85" s="17">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="86" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C86" s="9">
+        <v>231</v>
+      </c>
+      <c r="D86" s="9">
+        <v>234</v>
+      </c>
+      <c r="E86" s="9">
+        <v>171</v>
+      </c>
+      <c r="F86" s="9">
+        <v>196</v>
+      </c>
+      <c r="G86" s="9">
+        <v>177</v>
+      </c>
+      <c r="H86" s="9">
+        <v>165</v>
+      </c>
+      <c r="I86" s="9">
+        <v>118</v>
+      </c>
+      <c r="J86" s="9">
+        <v>116</v>
+      </c>
+      <c r="K86" s="9">
+        <v>100</v>
+      </c>
+      <c r="L86" s="9">
+        <v>128</v>
+      </c>
+      <c r="M86" s="9">
+        <v>150</v>
+      </c>
+      <c r="N86" s="16">
+        <v>70</v>
+      </c>
+      <c r="O86" s="16">
+        <v>118</v>
+      </c>
+      <c r="P86" s="17">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="87" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="C87" s="9">
+        <v>4.3</v>
+      </c>
+      <c r="D87" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E87" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F87" s="9">
+        <v>0.54</v>
+      </c>
+      <c r="G87" s="9">
+        <v>0</v>
+      </c>
+      <c r="H87" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="I87" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="J87" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="K87" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="L87" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="M87" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="N87" s="16">
+        <v>3.2</v>
+      </c>
+      <c r="O87" s="16">
+        <v>3.1</v>
+      </c>
+      <c r="P87" s="17">
+        <v>4.9000000000000004</v>
+      </c>
+    </row>
+    <row r="88" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B88" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C88" s="9">
+        <v>73</v>
+      </c>
+      <c r="D88" s="9">
+        <v>59</v>
+      </c>
+      <c r="E88" s="9">
+        <v>49</v>
+      </c>
+      <c r="F88" s="9">
+        <v>34</v>
+      </c>
+      <c r="G88" s="9">
+        <v>40</v>
+      </c>
+      <c r="H88" s="9">
+        <v>54</v>
+      </c>
+      <c r="I88" s="9">
+        <v>53</v>
+      </c>
+      <c r="J88" s="9">
+        <v>59</v>
+      </c>
+      <c r="K88" s="9">
+        <v>49</v>
+      </c>
+      <c r="L88" s="9">
+        <v>54</v>
+      </c>
+      <c r="M88" s="9">
+        <v>39</v>
+      </c>
+      <c r="N88" s="16">
+        <v>39</v>
+      </c>
+      <c r="O88" s="16">
+        <v>39</v>
+      </c>
+      <c r="P88" s="17">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="89" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="C89" s="9">
+        <v>28</v>
+      </c>
+      <c r="D89" s="9">
+        <v>25</v>
+      </c>
+      <c r="E89" s="9">
+        <v>28</v>
+      </c>
+      <c r="F89" s="9">
+        <v>27</v>
+      </c>
+      <c r="G89" s="9">
+        <v>25</v>
+      </c>
+      <c r="H89" s="9">
+        <v>26</v>
+      </c>
+      <c r="I89" s="9">
+        <v>24</v>
+      </c>
+      <c r="J89" s="9">
+        <v>25</v>
+      </c>
+      <c r="K89" s="9">
+        <v>26</v>
+      </c>
+      <c r="L89" s="9">
+        <v>26</v>
+      </c>
+      <c r="M89" s="9">
+        <v>27</v>
+      </c>
+      <c r="N89" s="16">
+        <v>27</v>
+      </c>
+      <c r="O89" s="16">
+        <v>26</v>
+      </c>
+      <c r="P89" s="17">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="90" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B90" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C90" s="9">
+        <v>186</v>
+      </c>
+      <c r="D90" s="9">
+        <v>183</v>
+      </c>
+      <c r="E90" s="9">
+        <v>180</v>
+      </c>
+      <c r="F90" s="9">
+        <v>177</v>
+      </c>
+      <c r="G90" s="9">
+        <v>177</v>
+      </c>
+      <c r="H90" s="9">
+        <v>177</v>
+      </c>
+      <c r="I90" s="9">
+        <v>176</v>
+      </c>
+      <c r="J90" s="9">
+        <v>176</v>
+      </c>
+      <c r="K90" s="9">
+        <v>176</v>
+      </c>
+      <c r="L90" s="9">
+        <v>176</v>
+      </c>
+      <c r="M90" s="9">
+        <v>179</v>
+      </c>
+      <c r="N90" s="16">
+        <v>175</v>
+      </c>
+      <c r="O90" s="16">
+        <v>175</v>
+      </c>
+      <c r="P90" s="17">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="91" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C91" s="9">
+        <v>361</v>
+      </c>
+      <c r="D91" s="9">
+        <v>361</v>
+      </c>
+      <c r="E91" s="9">
+        <v>361</v>
+      </c>
+      <c r="F91" s="9">
+        <v>361</v>
+      </c>
+      <c r="G91" s="9">
+        <v>361</v>
+      </c>
+      <c r="H91" s="9">
+        <v>361</v>
+      </c>
+      <c r="I91" s="9">
+        <v>361</v>
+      </c>
+      <c r="J91" s="9">
+        <v>361</v>
+      </c>
+      <c r="K91" s="9">
+        <v>361</v>
+      </c>
+      <c r="L91" s="9">
+        <v>361</v>
+      </c>
+      <c r="M91" s="9">
+        <v>361</v>
+      </c>
+      <c r="N91" s="16">
+        <v>361</v>
+      </c>
+      <c r="O91" s="16">
+        <v>361</v>
+      </c>
+      <c r="P91" s="17">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="92" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B92" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C92" s="9">
+        <v>119</v>
+      </c>
+      <c r="D92" s="9">
+        <v>118</v>
+      </c>
+      <c r="E92" s="9">
+        <v>124</v>
+      </c>
+      <c r="F92" s="9">
+        <v>112</v>
+      </c>
+      <c r="G92" s="9">
+        <v>89</v>
+      </c>
+      <c r="H92" s="9">
+        <v>93</v>
+      </c>
+      <c r="I92" s="9">
+        <v>94</v>
+      </c>
+      <c r="J92" s="9">
+        <v>84</v>
+      </c>
+      <c r="K92" s="9">
+        <v>83</v>
+      </c>
+      <c r="L92" s="9">
+        <v>79</v>
+      </c>
+      <c r="M92" s="9">
+        <v>79</v>
+      </c>
+      <c r="N92" s="16">
+        <v>83</v>
+      </c>
+      <c r="O92" s="16">
+        <v>60</v>
+      </c>
+      <c r="P92" s="17">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="93" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B93" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="C93" s="9">
+        <v>229</v>
+      </c>
+      <c r="D93" s="9">
+        <v>220</v>
+      </c>
+      <c r="E93" s="9">
+        <v>213</v>
+      </c>
+      <c r="F93" s="9">
+        <v>206</v>
+      </c>
+      <c r="G93" s="9">
+        <v>200</v>
+      </c>
+      <c r="H93" s="9">
+        <v>194</v>
+      </c>
+      <c r="I93" s="9">
+        <v>188</v>
+      </c>
+      <c r="J93" s="9">
+        <v>181</v>
+      </c>
+      <c r="K93" s="9">
+        <v>176</v>
+      </c>
+      <c r="L93" s="9">
+        <v>170</v>
+      </c>
+      <c r="M93" s="9">
+        <v>168</v>
+      </c>
+      <c r="N93" s="16">
+        <v>159</v>
+      </c>
+      <c r="O93" s="16">
+        <v>154</v>
+      </c>
+      <c r="P93" s="17">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="94" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="C94" s="9">
+        <v>43</v>
+      </c>
+      <c r="D94" s="9">
+        <v>48</v>
+      </c>
+      <c r="E94" s="9">
+        <v>44</v>
+      </c>
+      <c r="F94" s="9">
+        <v>42</v>
+      </c>
+      <c r="G94" s="9">
+        <v>39</v>
+      </c>
+      <c r="H94" s="9">
+        <v>40</v>
+      </c>
+      <c r="I94" s="9">
+        <v>39</v>
+      </c>
+      <c r="J94" s="9">
+        <v>37</v>
+      </c>
+      <c r="K94" s="9">
+        <v>37</v>
+      </c>
+      <c r="L94" s="9">
+        <v>31</v>
+      </c>
+      <c r="M94" s="9">
+        <v>30</v>
+      </c>
+      <c r="N94" s="16">
+        <v>33</v>
+      </c>
+      <c r="O94" s="16">
+        <v>31</v>
+      </c>
+      <c r="P94" s="17">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="95" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="C95" s="9">
+        <v>18</v>
+      </c>
+      <c r="D95" s="9">
+        <v>15</v>
+      </c>
+      <c r="E95" s="9">
+        <v>14</v>
+      </c>
+      <c r="F95" s="9">
+        <v>12</v>
+      </c>
+      <c r="G95" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="H95" s="9">
+        <v>10</v>
+      </c>
+      <c r="I95" s="9">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="J95" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="K95" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="L95" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="M95" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="N95" s="16">
+        <v>3.7</v>
+      </c>
+      <c r="O95" s="16">
+        <v>5</v>
+      </c>
+      <c r="P95" s="17">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="96" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="C96" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="D96" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="E96" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="F96" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="G96" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="H96" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="I96" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="J96" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="K96" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="L96" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M96" s="9">
+        <v>2.8</v>
+      </c>
+      <c r="N96" s="16">
+        <v>2.9</v>
+      </c>
+      <c r="O96" s="16">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="P96" s="17">
+        <v>3.2</v>
+      </c>
+    </row>
+    <row r="97" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C97" s="9">
+        <v>247</v>
+      </c>
+      <c r="D97" s="9">
+        <v>241</v>
+      </c>
+      <c r="E97" s="9">
+        <v>234</v>
+      </c>
+      <c r="F97" s="9">
+        <v>228</v>
+      </c>
+      <c r="G97" s="9">
+        <v>223</v>
+      </c>
+      <c r="H97" s="9">
+        <v>217</v>
+      </c>
+      <c r="I97" s="9">
+        <v>211</v>
+      </c>
+      <c r="J97" s="9">
+        <v>204</v>
+      </c>
+      <c r="K97" s="9">
+        <v>199</v>
+      </c>
+      <c r="L97" s="9">
+        <v>193</v>
+      </c>
+      <c r="M97" s="9">
+        <v>188</v>
+      </c>
+      <c r="N97" s="16">
+        <v>210</v>
+      </c>
+      <c r="O97" s="16">
+        <v>199</v>
+      </c>
+      <c r="P97" s="17">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="98" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="C98" s="9">
+        <v>342</v>
+      </c>
+      <c r="D98" s="9">
+        <v>338</v>
+      </c>
+      <c r="E98" s="9">
+        <v>335</v>
+      </c>
+      <c r="F98" s="9">
+        <v>332</v>
+      </c>
+      <c r="G98" s="9">
+        <v>329</v>
+      </c>
+      <c r="H98" s="9">
+        <v>325</v>
+      </c>
+      <c r="I98" s="9">
+        <v>322</v>
+      </c>
+      <c r="J98" s="9">
+        <v>319</v>
+      </c>
+      <c r="K98" s="9">
+        <v>316</v>
+      </c>
+      <c r="L98" s="9">
+        <v>312</v>
+      </c>
+      <c r="M98" s="9">
+        <v>301</v>
+      </c>
+      <c r="N98" s="16">
+        <v>354</v>
+      </c>
+      <c r="O98" s="16">
+        <v>385</v>
+      </c>
+      <c r="P98" s="17">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="99" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="C99" s="9">
+        <v>18</v>
+      </c>
+      <c r="D99" s="9">
+        <v>18</v>
+      </c>
+      <c r="E99" s="9">
+        <v>18</v>
+      </c>
+      <c r="F99" s="9">
+        <v>18</v>
+      </c>
+      <c r="G99" s="9">
+        <v>16</v>
+      </c>
+      <c r="H99" s="9">
+        <v>16</v>
+      </c>
+      <c r="I99" s="9">
+        <v>15</v>
+      </c>
+      <c r="J99" s="9">
+        <v>14</v>
+      </c>
+      <c r="K99" s="9">
+        <v>14</v>
+      </c>
+      <c r="L99" s="9">
+        <v>13</v>
+      </c>
+      <c r="M99" s="9">
+        <v>13</v>
+      </c>
+      <c r="N99" s="16">
+        <v>12</v>
+      </c>
+      <c r="O99" s="16">
+        <v>11</v>
+      </c>
+      <c r="P99" s="17">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="100" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B100" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="C100" s="9">
+        <v>45</v>
+      </c>
+      <c r="D100" s="9">
+        <v>44</v>
+      </c>
+      <c r="E100" s="9">
+        <v>43</v>
+      </c>
+      <c r="F100" s="9">
+        <v>41</v>
+      </c>
+      <c r="G100" s="9">
+        <v>39</v>
+      </c>
+      <c r="H100" s="9">
+        <v>37</v>
+      </c>
+      <c r="I100" s="9">
+        <v>35</v>
+      </c>
+      <c r="J100" s="9">
+        <v>33</v>
+      </c>
+      <c r="K100" s="9">
+        <v>31</v>
+      </c>
+      <c r="L100" s="9">
+        <v>28</v>
+      </c>
+      <c r="M100" s="9">
+        <v>27</v>
+      </c>
+      <c r="N100" s="16">
+        <v>24</v>
+      </c>
+      <c r="O100" s="16">
+        <v>23</v>
+      </c>
+      <c r="P100" s="17">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="101" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="C101" s="9">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="D101" s="9">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="E101" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="F101" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="G101" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="H101" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="I101" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="J101" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="K101" s="9">
+        <v>7</v>
+      </c>
+      <c r="L101" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="M101" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="N101" s="16">
+        <v>4.8</v>
+      </c>
+      <c r="O101" s="16">
+        <v>4.5</v>
+      </c>
+      <c r="P101" s="17">
+        <v>4.5999999999999996</v>
+      </c>
+    </row>
+    <row r="102" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B102" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="C102" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="D102" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="E102" s="9">
+        <v>7.6</v>
+      </c>
+      <c r="F102" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="G102" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="H102" s="9">
+        <v>4</v>
+      </c>
+      <c r="I102" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="J102" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="K102" s="9">
+        <v>4</v>
+      </c>
+      <c r="L102" s="9">
+        <v>2.9</v>
+      </c>
+      <c r="M102" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="N102" s="16">
+        <v>2.8</v>
+      </c>
+      <c r="O102" s="16">
+        <v>2.6</v>
+      </c>
+      <c r="P102" s="17">
+        <v>2.8</v>
+      </c>
+    </row>
+    <row r="103" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="C103" s="9">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="D103" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="E103" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="F103" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="G103" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="H103" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="I103" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="J103" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="K103" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="L103" s="9">
+        <v>6</v>
+      </c>
+      <c r="M103" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="N103" s="16">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="O103" s="16">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="P103" s="17">
+        <v>4.4000000000000004</v>
+      </c>
+    </row>
+    <row r="104" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B104" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="C104" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="D104" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E104" s="9">
+        <v>4</v>
+      </c>
+      <c r="F104" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="G104" s="9">
+        <v>3.7</v>
+      </c>
+      <c r="H104" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="I104" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J104" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="K104" s="9">
+        <v>3.5</v>
+      </c>
+      <c r="L104" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="M104" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="N104" s="16">
+        <v>3.3</v>
+      </c>
+      <c r="O104" s="16">
+        <v>3.2</v>
+      </c>
+      <c r="P104" s="17">
+        <v>3.2</v>
+      </c>
+    </row>
+    <row r="105" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="C105" s="9">
+        <v>20</v>
+      </c>
+      <c r="D105" s="9">
+        <v>20</v>
+      </c>
+      <c r="E105" s="9">
+        <v>19</v>
+      </c>
+      <c r="F105" s="9">
+        <v>18</v>
+      </c>
+      <c r="G105" s="9">
+        <v>18</v>
+      </c>
+      <c r="H105" s="9">
+        <v>16</v>
+      </c>
+      <c r="I105" s="9">
+        <v>16</v>
+      </c>
+      <c r="J105" s="9">
+        <v>15</v>
+      </c>
+      <c r="K105" s="9">
+        <v>14</v>
+      </c>
+      <c r="L105" s="9">
+        <v>13</v>
+      </c>
+      <c r="M105" s="9">
+        <v>12</v>
+      </c>
+      <c r="N105" s="16">
+        <v>11</v>
+      </c>
+      <c r="O105" s="16">
+        <v>9.5</v>
+      </c>
+      <c r="P105" s="17">
+        <v>9.3000000000000007</v>
+      </c>
+    </row>
+    <row r="106" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="C106" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="D106" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="E106" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="F106" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G106" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="H106" s="9">
+        <v>5.7</v>
+      </c>
+      <c r="I106" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="J106" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="K106" s="9">
+        <v>5</v>
+      </c>
+      <c r="L106" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="M106" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="N106" s="16">
+        <v>4.2</v>
+      </c>
+      <c r="O106" s="16">
+        <v>3.8</v>
+      </c>
+      <c r="P106" s="17">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="107" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C107" s="9">
+        <v>144</v>
+      </c>
+      <c r="D107" s="9">
+        <v>135</v>
+      </c>
+      <c r="E107" s="9">
+        <v>122</v>
+      </c>
+      <c r="F107" s="9">
+        <v>106</v>
+      </c>
+      <c r="G107" s="9">
+        <v>91</v>
+      </c>
+      <c r="H107" s="9">
+        <v>81</v>
+      </c>
+      <c r="I107" s="9">
+        <v>73</v>
+      </c>
+      <c r="J107" s="9">
+        <v>69</v>
+      </c>
+      <c r="K107" s="9">
+        <v>67</v>
+      </c>
+      <c r="L107" s="9">
+        <v>68</v>
+      </c>
+      <c r="M107" s="9">
+        <v>69</v>
+      </c>
+      <c r="N107" s="16">
+        <v>74</v>
+      </c>
+      <c r="O107" s="16">
+        <v>78</v>
+      </c>
+      <c r="P107" s="17">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="108" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B108" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="C108" s="9">
+        <v>531</v>
+      </c>
+      <c r="D108" s="9">
+        <v>506</v>
+      </c>
+      <c r="E108" s="9">
+        <v>471</v>
+      </c>
+      <c r="F108" s="9">
+        <v>443</v>
+      </c>
+      <c r="G108" s="9">
+        <v>423</v>
+      </c>
+      <c r="H108" s="9">
+        <v>380</v>
+      </c>
+      <c r="I108" s="9">
+        <v>348</v>
+      </c>
+      <c r="J108" s="9">
+        <v>319</v>
+      </c>
+      <c r="K108" s="9">
+        <v>292</v>
+      </c>
+      <c r="L108" s="9">
+        <v>267</v>
+      </c>
+      <c r="M108" s="9">
+        <v>259</v>
+      </c>
+      <c r="N108" s="16">
+        <v>251</v>
+      </c>
+      <c r="O108" s="16">
+        <v>237</v>
+      </c>
+      <c r="P108" s="17">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="109" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B109" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="C109" s="9">
+        <v>347</v>
+      </c>
+      <c r="D109" s="9">
+        <v>409</v>
+      </c>
+      <c r="E109" s="9">
+        <v>407</v>
+      </c>
+      <c r="F109" s="9">
+        <v>472</v>
+      </c>
+      <c r="G109" s="9">
+        <v>473</v>
+      </c>
+      <c r="H109" s="9">
+        <v>559</v>
+      </c>
+      <c r="I109" s="9">
+        <v>575</v>
+      </c>
+      <c r="J109" s="9">
+        <v>422</v>
+      </c>
+      <c r="K109" s="9">
+        <v>349</v>
+      </c>
+      <c r="L109" s="9">
+        <v>436</v>
+      </c>
+      <c r="M109" s="9">
+        <v>425</v>
+      </c>
+      <c r="N109" s="16">
+        <v>424</v>
+      </c>
+      <c r="O109" s="16">
+        <v>431</v>
+      </c>
+      <c r="P109" s="17">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="110" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="C110" s="9">
+        <v>37</v>
+      </c>
+      <c r="D110" s="9">
+        <v>24</v>
+      </c>
+      <c r="E110" s="9">
+        <v>25</v>
+      </c>
+      <c r="F110" s="9">
+        <v>23</v>
+      </c>
+      <c r="G110" s="9">
+        <v>23</v>
+      </c>
+      <c r="H110" s="9">
+        <v>22</v>
+      </c>
+      <c r="I110" s="9">
+        <v>24</v>
+      </c>
+      <c r="J110" s="9">
+        <v>28</v>
+      </c>
+      <c r="K110" s="9">
+        <v>23</v>
+      </c>
+      <c r="L110" s="9">
+        <v>22</v>
+      </c>
+      <c r="M110" s="9">
+        <v>19</v>
+      </c>
+      <c r="N110" s="16">
+        <v>20</v>
+      </c>
+      <c r="O110" s="16">
+        <v>12</v>
+      </c>
+      <c r="P110" s="17">
+        <v>9.6999999999999993</v>
+      </c>
+    </row>
+    <row r="111" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B111" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="C111" s="9">
+        <v>120</v>
+      </c>
+      <c r="D111" s="9">
+        <v>125</v>
+      </c>
+      <c r="E111" s="9">
+        <v>127</v>
+      </c>
+      <c r="F111" s="9">
+        <v>142</v>
+      </c>
+      <c r="G111" s="9">
+        <v>126</v>
+      </c>
+      <c r="H111" s="9">
+        <v>136</v>
+      </c>
+      <c r="I111" s="9">
+        <v>133</v>
+      </c>
+      <c r="J111" s="9">
+        <v>124</v>
+      </c>
+      <c r="K111" s="9">
+        <v>116</v>
+      </c>
+      <c r="L111" s="9">
+        <v>110</v>
+      </c>
+      <c r="M111" s="9">
+        <v>105</v>
+      </c>
+      <c r="N111" s="16">
+        <v>130</v>
+      </c>
+      <c r="O111" s="16">
+        <v>130</v>
+      </c>
+      <c r="P111" s="17">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="112" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B112" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C112" s="9">
+        <v>221</v>
+      </c>
+      <c r="D112" s="9">
+        <v>213</v>
+      </c>
+      <c r="E112" s="9">
+        <v>204</v>
+      </c>
+      <c r="F112" s="9">
+        <v>197</v>
+      </c>
+      <c r="G112" s="9">
+        <v>189</v>
+      </c>
+      <c r="H112" s="9">
+        <v>182</v>
+      </c>
+      <c r="I112" s="9">
+        <v>175</v>
+      </c>
+      <c r="J112" s="9">
+        <v>168</v>
+      </c>
+      <c r="K112" s="9">
+        <v>162</v>
+      </c>
+      <c r="L112" s="9">
+        <v>155</v>
+      </c>
+      <c r="M112" s="9">
+        <v>149</v>
+      </c>
+      <c r="N112" s="16">
+        <v>143</v>
+      </c>
+      <c r="O112" s="16">
+        <v>138</v>
+      </c>
+      <c r="P112" s="17">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="113" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="C113" s="9">
+        <v>50</v>
+      </c>
+      <c r="D113" s="9">
+        <v>47</v>
+      </c>
+      <c r="E113" s="9">
+        <v>53</v>
+      </c>
+      <c r="F113" s="9">
+        <v>49</v>
+      </c>
+      <c r="G113" s="9">
+        <v>42</v>
+      </c>
+      <c r="H113" s="9">
+        <v>40</v>
+      </c>
+      <c r="I113" s="9">
+        <v>37</v>
+      </c>
+      <c r="J113" s="9">
+        <v>32</v>
+      </c>
+      <c r="K113" s="9">
+        <v>29</v>
+      </c>
+      <c r="L113" s="9">
+        <v>26</v>
+      </c>
+      <c r="M113" s="9">
+        <v>23</v>
+      </c>
+      <c r="N113" s="16">
+        <v>16</v>
+      </c>
+      <c r="O113" s="16">
+        <v>19</v>
+      </c>
+      <c r="P113" s="17">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B114" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="C114" s="9">
+        <v>12</v>
+      </c>
+      <c r="D114" s="9">
+        <v>11</v>
+      </c>
+      <c r="E114" s="9">
+        <v>13</v>
+      </c>
+      <c r="F114" s="9">
+        <v>13</v>
+      </c>
+      <c r="G114" s="9">
+        <v>12</v>
+      </c>
+      <c r="H114" s="9">
+        <v>12</v>
+      </c>
+      <c r="I114" s="9">
+        <v>11</v>
+      </c>
+      <c r="J114" s="9">
+        <v>10</v>
+      </c>
+      <c r="K114" s="9">
+        <v>11</v>
+      </c>
+      <c r="L114" s="9">
+        <v>13</v>
+      </c>
+      <c r="M114" s="9">
+        <v>13</v>
+      </c>
+      <c r="N114" s="16">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="O114" s="16">
+        <v>11</v>
+      </c>
+      <c r="P114" s="17">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="115" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B115" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="C115" s="9">
+        <v>1180</v>
+      </c>
+      <c r="D115" s="9">
+        <v>1120</v>
+      </c>
+      <c r="E115" s="9">
+        <v>1040</v>
+      </c>
+      <c r="F115" s="9">
+        <v>948</v>
+      </c>
+      <c r="G115" s="9">
+        <v>853</v>
+      </c>
+      <c r="H115" s="9">
+        <v>780</v>
+      </c>
+      <c r="I115" s="9">
+        <v>721</v>
+      </c>
+      <c r="J115" s="9">
+        <v>681</v>
+      </c>
+      <c r="K115" s="9">
+        <v>659</v>
+      </c>
+      <c r="L115" s="9">
+        <v>654</v>
+      </c>
+      <c r="M115" s="9">
+        <v>650</v>
+      </c>
+      <c r="N115" s="16">
+        <v>614</v>
+      </c>
+      <c r="O115" s="16">
+        <v>661</v>
+      </c>
+      <c r="P115" s="17">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="116" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B116" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C116" s="9">
+        <v>293</v>
+      </c>
+      <c r="D116" s="9">
+        <v>299</v>
+      </c>
+      <c r="E116" s="9">
+        <v>304</v>
+      </c>
+      <c r="F116" s="9">
+        <v>308</v>
+      </c>
+      <c r="G116" s="9">
+        <v>308</v>
+      </c>
+      <c r="H116" s="9">
+        <v>308</v>
+      </c>
+      <c r="I116" s="9">
+        <v>308</v>
+      </c>
+      <c r="J116" s="9">
+        <v>308</v>
+      </c>
+      <c r="K116" s="9">
+        <v>308</v>
+      </c>
+      <c r="L116" s="9">
+        <v>308</v>
+      </c>
+      <c r="M116" s="9">
+        <v>314</v>
+      </c>
+      <c r="N116" s="16">
+        <v>308</v>
+      </c>
+      <c r="O116" s="16">
+        <v>308</v>
+      </c>
+      <c r="P116" s="17">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="117" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B117" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C117" s="9">
+        <v>40</v>
+      </c>
+      <c r="D117" s="9">
+        <v>40</v>
+      </c>
+      <c r="E117" s="9">
+        <v>40</v>
+      </c>
+      <c r="F117" s="9">
+        <v>40</v>
+      </c>
+      <c r="G117" s="9">
+        <v>40</v>
+      </c>
+      <c r="H117" s="9">
+        <v>40</v>
+      </c>
+      <c r="I117" s="9">
+        <v>40</v>
+      </c>
+      <c r="J117" s="9">
+        <v>40</v>
+      </c>
+      <c r="K117" s="9">
+        <v>40</v>
+      </c>
+      <c r="L117" s="9">
+        <v>59</v>
+      </c>
+      <c r="M117" s="9">
+        <v>59</v>
+      </c>
+      <c r="N117" s="16">
+        <v>59</v>
+      </c>
+      <c r="O117" s="16">
+        <v>59</v>
+      </c>
+      <c r="P117" s="17">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="118" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B118" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="C118" s="9">
+        <v>64</v>
+      </c>
+      <c r="D118" s="9">
+        <v>65</v>
+      </c>
+      <c r="E118" s="9">
+        <v>62</v>
+      </c>
+      <c r="F118" s="9">
+        <v>60</v>
+      </c>
+      <c r="G118" s="9">
+        <v>57</v>
+      </c>
+      <c r="H118" s="9">
+        <v>55</v>
+      </c>
+      <c r="I118" s="9">
+        <v>54</v>
+      </c>
+      <c r="J118" s="9">
+        <v>51</v>
+      </c>
+      <c r="K118" s="9">
+        <v>44</v>
+      </c>
+      <c r="L118" s="9">
+        <v>42</v>
+      </c>
+      <c r="M118" s="9">
+        <v>29</v>
+      </c>
+      <c r="N118" s="16">
+        <v>26</v>
+      </c>
+      <c r="O118" s="16">
+        <v>30</v>
+      </c>
+      <c r="P118" s="17">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="119" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B119" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="C119" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="D119" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="E119" s="9">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="F119" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="G119" s="9">
+        <v>5</v>
+      </c>
+      <c r="H119" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="I119" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="J119" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="K119" s="9">
+        <v>8</v>
+      </c>
+      <c r="L119" s="9">
+        <v>9</v>
+      </c>
+      <c r="M119" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="N119" s="16">
+        <v>6.1</v>
+      </c>
+      <c r="O119" s="16">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="P119" s="17">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="120" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B120" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="C120" s="9">
+        <v>241</v>
+      </c>
+      <c r="D120" s="9">
+        <v>238</v>
+      </c>
+      <c r="E120" s="9">
+        <v>236</v>
+      </c>
+      <c r="F120" s="9">
+        <v>233</v>
+      </c>
+      <c r="G120" s="9">
+        <v>233</v>
+      </c>
+      <c r="H120" s="9">
+        <v>233</v>
+      </c>
+      <c r="I120" s="9">
+        <v>233</v>
+      </c>
+      <c r="J120" s="9">
+        <v>233</v>
+      </c>
+      <c r="K120" s="9">
+        <v>233</v>
+      </c>
+      <c r="L120" s="9">
+        <v>233</v>
+      </c>
+      <c r="M120" s="9">
+        <v>238</v>
+      </c>
+      <c r="N120" s="16">
+        <v>233</v>
+      </c>
+      <c r="O120" s="16">
+        <v>233</v>
+      </c>
+      <c r="P120" s="17">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="121" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B121" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="C121" s="9">
+        <v>338</v>
+      </c>
+      <c r="D121" s="9">
+        <v>316</v>
+      </c>
+      <c r="E121" s="9">
+        <v>291</v>
+      </c>
+      <c r="F121" s="9">
+        <v>261</v>
+      </c>
+      <c r="G121" s="9">
+        <v>228</v>
+      </c>
+      <c r="H121" s="9">
+        <v>197</v>
+      </c>
+      <c r="I121" s="9">
+        <v>176</v>
+      </c>
+      <c r="J121" s="9">
+        <v>162</v>
+      </c>
+      <c r="K121" s="9">
+        <v>153</v>
+      </c>
+      <c r="L121" s="9">
+        <v>146</v>
+      </c>
+      <c r="M121" s="9">
+        <v>141</v>
+      </c>
+      <c r="N121" s="16">
+        <v>132</v>
+      </c>
+      <c r="O121" s="16">
+        <v>125</v>
+      </c>
+      <c r="P121" s="17">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="122" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B122" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="C122" s="8"/>
+      <c r="D122" s="8"/>
+      <c r="E122" s="8"/>
+      <c r="F122" s="8"/>
+      <c r="G122" s="8"/>
+      <c r="H122" s="8"/>
+      <c r="I122" s="8"/>
+      <c r="J122" s="8"/>
+      <c r="K122" s="8"/>
+      <c r="L122" s="8"/>
+      <c r="M122" s="8"/>
+      <c r="N122" s="16">
+        <v>97</v>
+      </c>
+      <c r="O122" s="16">
+        <v>113</v>
+      </c>
+      <c r="P122" s="17">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="123" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B123" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="C123" s="9">
+        <v>75</v>
+      </c>
+      <c r="D123" s="9">
+        <v>80</v>
+      </c>
+      <c r="E123" s="9">
+        <v>86</v>
+      </c>
+      <c r="F123" s="9">
+        <v>91</v>
+      </c>
+      <c r="G123" s="9">
+        <v>93</v>
+      </c>
+      <c r="H123" s="9">
+        <v>90</v>
+      </c>
+      <c r="I123" s="9">
+        <v>94</v>
+      </c>
+      <c r="J123" s="9">
+        <v>94</v>
+      </c>
+      <c r="K123" s="9">
+        <v>92</v>
+      </c>
+      <c r="L123" s="9">
+        <v>92</v>
+      </c>
+      <c r="M123" s="9">
+        <v>92</v>
+      </c>
+      <c r="N123" s="16">
+        <v>38</v>
+      </c>
+      <c r="O123" s="16">
+        <v>39</v>
+      </c>
+      <c r="P123" s="17">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="124" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B124" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C124" s="9">
+        <v>32</v>
+      </c>
+      <c r="D124" s="9">
+        <v>29</v>
+      </c>
+      <c r="E124" s="9">
+        <v>35</v>
+      </c>
+      <c r="F124" s="9">
+        <v>34</v>
+      </c>
+      <c r="G124" s="9">
+        <v>36</v>
+      </c>
+      <c r="H124" s="9">
+        <v>42</v>
+      </c>
+      <c r="I124" s="9">
+        <v>44</v>
+      </c>
+      <c r="J124" s="9">
+        <v>34</v>
+      </c>
+      <c r="K124" s="9">
+        <v>33</v>
+      </c>
+      <c r="L124" s="9">
+        <v>36</v>
+      </c>
+      <c r="M124" s="9">
+        <v>37</v>
+      </c>
+      <c r="N124" s="16">
+        <v>50</v>
+      </c>
+      <c r="O124" s="16">
+        <v>49</v>
+      </c>
+      <c r="P124" s="17">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="125" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B125" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="C125" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="D125" s="9">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="E125" s="9">
+        <v>11</v>
+      </c>
+      <c r="F125" s="9">
+        <v>13</v>
+      </c>
+      <c r="G125" s="9">
+        <v>12</v>
+      </c>
+      <c r="H125" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="I125" s="9">
+        <v>13</v>
+      </c>
+      <c r="J125" s="9">
+        <v>11</v>
+      </c>
+      <c r="K125" s="9">
+        <v>14</v>
+      </c>
+      <c r="L125" s="9">
+        <v>26</v>
+      </c>
+      <c r="M125" s="9">
+        <v>36</v>
+      </c>
+      <c r="N125" s="16">
+        <v>12</v>
+      </c>
+      <c r="O125" s="16">
+        <v>13</v>
+      </c>
+      <c r="P125" s="17">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="126" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B126" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C126" s="9">
+        <v>428</v>
+      </c>
+      <c r="D126" s="9">
+        <v>307</v>
+      </c>
+      <c r="E126" s="9">
+        <v>320</v>
+      </c>
+      <c r="F126" s="9">
+        <v>327</v>
+      </c>
+      <c r="G126" s="9">
+        <v>310</v>
+      </c>
+      <c r="H126" s="9">
+        <v>300</v>
+      </c>
+      <c r="I126" s="9">
+        <v>388</v>
+      </c>
+      <c r="J126" s="9">
+        <v>439</v>
+      </c>
+      <c r="K126" s="9">
+        <v>918</v>
+      </c>
+      <c r="L126" s="9">
+        <v>483</v>
+      </c>
+      <c r="M126" s="9">
+        <v>483</v>
+      </c>
+      <c r="N126" s="16">
+        <v>483</v>
+      </c>
+      <c r="O126" s="16">
+        <v>483</v>
+      </c>
+      <c r="P126" s="17">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="127" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B127" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C127" s="9">
+        <v>135</v>
+      </c>
+      <c r="D127" s="9">
+        <v>128</v>
+      </c>
+      <c r="E127" s="9">
+        <v>121</v>
+      </c>
+      <c r="F127" s="9">
+        <v>115</v>
+      </c>
+      <c r="G127" s="9">
+        <v>111</v>
+      </c>
+      <c r="H127" s="9">
+        <v>107</v>
+      </c>
+      <c r="I127" s="9">
+        <v>102</v>
+      </c>
+      <c r="J127" s="9">
+        <v>97</v>
+      </c>
+      <c r="K127" s="9">
+        <v>93</v>
+      </c>
+      <c r="L127" s="9">
+        <v>89</v>
+      </c>
+      <c r="M127" s="9">
+        <v>87</v>
+      </c>
+      <c r="N127" s="16">
+        <v>81</v>
+      </c>
+      <c r="O127" s="16">
+        <v>78</v>
+      </c>
+      <c r="P127" s="17">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="128" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B128" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="C128" s="9">
+        <v>12</v>
+      </c>
+      <c r="D128" s="9">
+        <v>11</v>
+      </c>
+      <c r="E128" s="9">
+        <v>13</v>
+      </c>
+      <c r="F128" s="9">
+        <v>13</v>
+      </c>
+      <c r="G128" s="9">
+        <v>13</v>
+      </c>
+      <c r="H128" s="9">
+        <v>13</v>
+      </c>
+      <c r="I128" s="9">
+        <v>12</v>
+      </c>
+      <c r="J128" s="9">
+        <v>12</v>
+      </c>
+      <c r="K128" s="9">
+        <v>13</v>
+      </c>
+      <c r="L128" s="9">
+        <v>12</v>
+      </c>
+      <c r="M128" s="9">
+        <v>12</v>
+      </c>
+      <c r="N128" s="16">
+        <v>12</v>
+      </c>
+      <c r="O128" s="16">
+        <v>12</v>
+      </c>
+      <c r="P128" s="17">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="129" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B129" s="12" t="s">
+        <v>179</v>
+      </c>
+      <c r="C129" s="9">
+        <v>22</v>
+      </c>
+      <c r="D129" s="9">
+        <v>21</v>
+      </c>
+      <c r="E129" s="9">
+        <v>22</v>
+      </c>
+      <c r="F129" s="9">
+        <v>22</v>
+      </c>
+      <c r="G129" s="9">
+        <v>22</v>
+      </c>
+      <c r="H129" s="9">
+        <v>22</v>
+      </c>
+      <c r="I129" s="9">
+        <v>22</v>
+      </c>
+      <c r="J129" s="9">
+        <v>23</v>
+      </c>
+      <c r="K129" s="9">
+        <v>23</v>
+      </c>
+      <c r="L129" s="9">
+        <v>23</v>
+      </c>
+      <c r="M129" s="9">
+        <v>24</v>
+      </c>
+      <c r="N129" s="16">
+        <v>25</v>
+      </c>
+      <c r="O129" s="16">
+        <v>28</v>
+      </c>
+      <c r="P129" s="17">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="130" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B130" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="C130" s="9">
+        <v>199</v>
+      </c>
+      <c r="D130" s="9">
+        <v>179</v>
+      </c>
+      <c r="E130" s="9">
+        <v>172</v>
+      </c>
+      <c r="F130" s="9">
+        <v>180</v>
+      </c>
+      <c r="G130" s="9">
+        <v>219</v>
+      </c>
+      <c r="H130" s="9">
+        <v>119</v>
+      </c>
+      <c r="I130" s="9">
+        <v>169</v>
+      </c>
+      <c r="J130" s="9">
+        <v>156</v>
+      </c>
+      <c r="K130" s="9">
+        <v>108</v>
+      </c>
+      <c r="L130" s="9">
+        <v>100</v>
+      </c>
+      <c r="M130" s="9">
+        <v>75</v>
+      </c>
+      <c r="N130" s="16">
+        <v>80</v>
+      </c>
+      <c r="O130" s="16">
+        <v>53</v>
+      </c>
+      <c r="P130" s="17">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="131" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B131" s="12" t="s">
+        <v>180</v>
+      </c>
+      <c r="C131" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="D131" s="9">
+        <v>0.99</v>
+      </c>
+      <c r="E131" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F131" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G131" s="9">
+        <v>0</v>
+      </c>
+      <c r="H131" s="9">
+        <v>0</v>
+      </c>
+      <c r="I131" s="9">
+        <v>6</v>
+      </c>
+      <c r="J131" s="9">
+        <v>0</v>
+      </c>
+      <c r="K131" s="9">
+        <v>3</v>
+      </c>
+      <c r="L131" s="9">
+        <v>0</v>
+      </c>
+      <c r="M131" s="9">
+        <v>0</v>
+      </c>
+      <c r="N131" s="16">
+        <v>0</v>
+      </c>
+      <c r="O131" s="16">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="P131" s="17">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="132" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B132" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C132" s="9">
+        <v>428</v>
+      </c>
+      <c r="D132" s="9">
+        <v>428</v>
+      </c>
+      <c r="E132" s="9">
+        <v>428</v>
+      </c>
+      <c r="F132" s="9">
+        <v>428</v>
+      </c>
+      <c r="G132" s="9">
+        <v>428</v>
+      </c>
+      <c r="H132" s="9">
+        <v>428</v>
+      </c>
+      <c r="I132" s="9">
+        <v>428</v>
+      </c>
+      <c r="J132" s="9">
+        <v>428</v>
+      </c>
+      <c r="K132" s="9">
+        <v>428</v>
+      </c>
+      <c r="L132" s="9">
+        <v>428</v>
+      </c>
+      <c r="M132" s="9">
+        <v>437</v>
+      </c>
+      <c r="N132" s="16">
+        <v>428</v>
+      </c>
+      <c r="O132" s="16">
+        <v>452</v>
+      </c>
+      <c r="P132" s="17">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="133" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B133" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="C133" s="9">
+        <v>20</v>
+      </c>
+      <c r="D133" s="9">
+        <v>20</v>
+      </c>
+      <c r="E133" s="9">
+        <v>18</v>
+      </c>
+      <c r="F133" s="9">
+        <v>22</v>
+      </c>
+      <c r="G133" s="9">
+        <v>21</v>
+      </c>
+      <c r="H133" s="9">
+        <v>15</v>
+      </c>
+      <c r="I133" s="9">
+        <v>16</v>
+      </c>
+      <c r="J133" s="9">
+        <v>14</v>
+      </c>
+      <c r="K133" s="9">
+        <v>15</v>
+      </c>
+      <c r="L133" s="9">
+        <v>15</v>
+      </c>
+      <c r="M133" s="9">
+        <v>16</v>
+      </c>
+      <c r="N133" s="16">
+        <v>16</v>
+      </c>
+      <c r="O133" s="16">
+        <v>14</v>
+      </c>
+      <c r="P133" s="17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="134" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B134" s="12" t="s">
+        <v>182</v>
+      </c>
+      <c r="C134" s="9">
+        <v>0</v>
+      </c>
+      <c r="D134" s="9">
+        <v>0</v>
+      </c>
+      <c r="E134" s="9">
+        <v>0</v>
+      </c>
+      <c r="F134" s="9">
+        <v>0</v>
+      </c>
+      <c r="G134" s="9">
+        <v>0</v>
+      </c>
+      <c r="H134" s="9">
+        <v>0</v>
+      </c>
+      <c r="I134" s="9">
+        <v>0</v>
+      </c>
+      <c r="J134" s="9">
+        <v>0</v>
+      </c>
+      <c r="K134" s="9">
+        <v>0</v>
+      </c>
+      <c r="L134" s="9">
+        <v>0</v>
+      </c>
+      <c r="M134" s="9">
+        <v>0</v>
+      </c>
+      <c r="N134" s="16">
+        <v>0</v>
+      </c>
+      <c r="O134" s="16">
+        <v>0</v>
+      </c>
+      <c r="P134" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B135" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C135" s="9">
+        <v>101</v>
+      </c>
+      <c r="D135" s="9">
+        <v>100</v>
+      </c>
+      <c r="E135" s="9">
+        <v>99</v>
+      </c>
+      <c r="F135" s="9">
+        <v>99</v>
+      </c>
+      <c r="G135" s="9">
+        <v>101</v>
+      </c>
+      <c r="H135" s="9">
+        <v>102</v>
+      </c>
+      <c r="I135" s="9">
+        <v>103</v>
+      </c>
+      <c r="J135" s="9">
+        <v>100</v>
+      </c>
+      <c r="K135" s="9">
+        <v>99</v>
+      </c>
+      <c r="L135" s="9">
+        <v>97</v>
+      </c>
+      <c r="M135" s="9">
+        <v>98</v>
+      </c>
+      <c r="N135" s="16">
+        <v>94</v>
+      </c>
+      <c r="O135" s="16">
+        <v>93</v>
+      </c>
+      <c r="P135" s="17">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="136" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B136" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="C136" s="9">
+        <v>357</v>
+      </c>
+      <c r="D136" s="9">
+        <v>359</v>
+      </c>
+      <c r="E136" s="9">
+        <v>361</v>
+      </c>
+      <c r="F136" s="9">
+        <v>361</v>
+      </c>
+      <c r="G136" s="9">
+        <v>361</v>
+      </c>
+      <c r="H136" s="9">
+        <v>361</v>
+      </c>
+      <c r="I136" s="9">
+        <v>361</v>
+      </c>
+      <c r="J136" s="9">
+        <v>361</v>
+      </c>
+      <c r="K136" s="9">
+        <v>361</v>
+      </c>
+      <c r="L136" s="9">
+        <v>361</v>
+      </c>
+      <c r="M136" s="9">
+        <v>368</v>
+      </c>
+      <c r="N136" s="16">
+        <v>361</v>
+      </c>
+      <c r="O136" s="16">
+        <v>361</v>
+      </c>
+      <c r="P136" s="17">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="137" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C137" s="9">
+        <v>500</v>
+      </c>
+      <c r="D137" s="9">
+        <v>476</v>
+      </c>
+      <c r="E137" s="9">
+        <v>453</v>
+      </c>
+      <c r="F137" s="9">
+        <v>431</v>
+      </c>
+      <c r="G137" s="9">
+        <v>411</v>
+      </c>
+      <c r="H137" s="9">
+        <v>391</v>
+      </c>
+      <c r="I137" s="9">
+        <v>372</v>
+      </c>
+      <c r="J137" s="9">
+        <v>355</v>
+      </c>
+      <c r="K137" s="9">
+        <v>338</v>
+      </c>
+      <c r="L137" s="9">
+        <v>322</v>
+      </c>
+      <c r="M137" s="9">
+        <v>308</v>
+      </c>
+      <c r="N137" s="16">
+        <v>360</v>
+      </c>
+      <c r="O137" s="16">
+        <v>475</v>
+      </c>
+      <c r="P137" s="17">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="138" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B138" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="C138" s="9">
+        <v>892</v>
+      </c>
+      <c r="D138" s="9">
+        <v>815</v>
+      </c>
+      <c r="E138" s="9">
+        <v>754</v>
+      </c>
+      <c r="F138" s="9">
+        <v>710</v>
+      </c>
+      <c r="G138" s="9">
+        <v>674</v>
+      </c>
+      <c r="H138" s="9">
+        <v>639</v>
+      </c>
+      <c r="I138" s="9">
+        <v>604</v>
+      </c>
+      <c r="J138" s="9">
+        <v>565</v>
+      </c>
+      <c r="K138" s="9">
+        <v>524</v>
+      </c>
+      <c r="L138" s="9">
+        <v>486</v>
+      </c>
+      <c r="M138" s="9">
+        <v>460</v>
+      </c>
+      <c r="N138" s="16">
+        <v>457</v>
+      </c>
+      <c r="O138" s="16">
+        <v>450</v>
+      </c>
+      <c r="P138" s="17">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="139" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B139" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C139" s="9">
+        <v>34</v>
+      </c>
+      <c r="D139" s="9">
+        <v>57</v>
+      </c>
+      <c r="E139" s="9">
+        <v>70</v>
+      </c>
+      <c r="F139" s="9">
+        <v>80</v>
+      </c>
+      <c r="G139" s="9">
+        <v>89</v>
+      </c>
+      <c r="H139" s="9">
+        <v>111</v>
+      </c>
+      <c r="I139" s="9">
+        <v>110</v>
+      </c>
+      <c r="J139" s="9">
+        <v>98</v>
+      </c>
+      <c r="K139" s="9">
+        <v>54</v>
+      </c>
+      <c r="L139" s="9">
+        <v>182</v>
+      </c>
+      <c r="M139" s="9">
+        <v>180</v>
+      </c>
+      <c r="N139" s="16">
+        <v>193</v>
+      </c>
+      <c r="O139" s="16">
+        <v>172</v>
+      </c>
+      <c r="P139" s="17">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="140" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B140" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C140" s="9">
+        <v>311</v>
+      </c>
+      <c r="D140" s="9">
+        <v>302</v>
+      </c>
+      <c r="E140" s="9">
+        <v>293</v>
+      </c>
+      <c r="F140" s="9">
+        <v>284</v>
+      </c>
+      <c r="G140" s="9">
+        <v>276</v>
+      </c>
+      <c r="H140" s="9">
+        <v>268</v>
+      </c>
+      <c r="I140" s="9">
+        <v>260</v>
+      </c>
+      <c r="J140" s="9">
+        <v>253</v>
+      </c>
+      <c r="K140" s="9">
+        <v>245</v>
+      </c>
+      <c r="L140" s="9">
+        <v>238</v>
+      </c>
+      <c r="M140" s="9">
+        <v>235</v>
+      </c>
+      <c r="N140" s="16">
+        <v>229</v>
+      </c>
+      <c r="O140" s="16">
+        <v>229</v>
+      </c>
+      <c r="P140" s="17">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="141" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B141" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C141" s="9"/>
+      <c r="D141" s="9"/>
+      <c r="E141" s="9"/>
+      <c r="F141" s="9"/>
+      <c r="G141" s="9"/>
+      <c r="H141" s="9"/>
+      <c r="I141" s="9"/>
+      <c r="J141" s="9"/>
+      <c r="K141" s="9"/>
+      <c r="L141" s="9"/>
+      <c r="M141" s="9"/>
+      <c r="N141" s="16"/>
+      <c r="O141" s="8"/>
+      <c r="P141" s="8"/>
+    </row>
+    <row r="142" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B142" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="C142" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="D142" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="E142" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="F142" s="9">
+        <v>5.7</v>
+      </c>
+      <c r="G142" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="H142" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="I142" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="J142" s="9">
+        <v>5.2</v>
+      </c>
+      <c r="K142" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="L142" s="9">
+        <v>5</v>
+      </c>
+      <c r="M142" s="9">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="N142" s="16">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="O142" s="16">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="P142" s="17">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="143" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B143" s="12" t="s">
+        <v>185</v>
+      </c>
+      <c r="C143" s="9">
+        <v>22</v>
+      </c>
+      <c r="D143" s="9">
+        <v>23</v>
+      </c>
+      <c r="E143" s="9">
+        <v>17</v>
+      </c>
+      <c r="F143" s="9">
+        <v>19</v>
+      </c>
+      <c r="G143" s="9">
+        <v>12</v>
+      </c>
+      <c r="H143" s="9">
+        <v>24</v>
+      </c>
+      <c r="I143" s="9">
+        <v>16</v>
+      </c>
+      <c r="J143" s="9">
+        <v>14</v>
+      </c>
+      <c r="K143" s="9">
+        <v>15</v>
+      </c>
+      <c r="L143" s="9">
+        <v>9.4</v>
+      </c>
+      <c r="M143" s="9">
+        <v>10</v>
+      </c>
+      <c r="N143" s="16">
+        <v>10</v>
+      </c>
+      <c r="O143" s="16">
+        <v>11</v>
+      </c>
+      <c r="P143" s="17">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="144" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B144" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="C144" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="D144" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="E144" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="F144" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="G144" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="H144" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="I144" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="J144" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="K144" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="L144" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="M144" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="N144" s="16">
+        <v>6.8</v>
+      </c>
+      <c r="O144" s="16">
+        <v>5.9</v>
+      </c>
+      <c r="P144" s="17">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="145" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B145" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C145" s="9">
+        <v>53</v>
+      </c>
+      <c r="D145" s="9">
+        <v>57</v>
+      </c>
+      <c r="E145" s="9">
+        <v>58</v>
+      </c>
+      <c r="F145" s="9">
+        <v>57</v>
+      </c>
+      <c r="G145" s="9">
+        <v>54</v>
+      </c>
+      <c r="H145" s="9">
+        <v>50</v>
+      </c>
+      <c r="I145" s="9">
+        <v>46</v>
+      </c>
+      <c r="J145" s="9">
+        <v>44</v>
+      </c>
+      <c r="K145" s="9">
+        <v>41</v>
+      </c>
+      <c r="L145" s="9">
+        <v>43</v>
+      </c>
+      <c r="M145" s="9">
+        <v>42</v>
+      </c>
+      <c r="N145" s="16">
+        <v>45</v>
+      </c>
+      <c r="O145" s="16">
+        <v>43</v>
+      </c>
+      <c r="P145" s="17">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="146" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B146" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C146" s="9">
+        <v>113</v>
+      </c>
+      <c r="D146" s="9">
+        <v>109</v>
+      </c>
+      <c r="E146" s="9">
+        <v>105</v>
+      </c>
+      <c r="F146" s="9">
+        <v>102</v>
+      </c>
+      <c r="G146" s="9">
+        <v>98</v>
+      </c>
+      <c r="H146" s="9">
+        <v>95</v>
+      </c>
+      <c r="I146" s="9">
+        <v>93</v>
+      </c>
+      <c r="J146" s="9">
+        <v>90</v>
+      </c>
+      <c r="K146" s="9">
+        <v>87</v>
+      </c>
+      <c r="L146" s="9">
+        <v>84</v>
+      </c>
+      <c r="M146" s="9">
+        <v>83</v>
+      </c>
+      <c r="N146" s="16">
+        <v>79</v>
+      </c>
+      <c r="O146" s="16">
+        <v>77</v>
+      </c>
+      <c r="P146" s="17">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="147" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B147" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="C147" s="9">
+        <v>219</v>
+      </c>
+      <c r="D147" s="9">
+        <v>219</v>
+      </c>
+      <c r="E147" s="9">
+        <v>219</v>
+      </c>
+      <c r="F147" s="9">
+        <v>219</v>
+      </c>
+      <c r="G147" s="9">
+        <v>219</v>
+      </c>
+      <c r="H147" s="9">
+        <v>219</v>
+      </c>
+      <c r="I147" s="9">
+        <v>219</v>
+      </c>
+      <c r="J147" s="9">
+        <v>219</v>
+      </c>
+      <c r="K147" s="9">
+        <v>219</v>
+      </c>
+      <c r="L147" s="9">
+        <v>219</v>
+      </c>
+      <c r="M147" s="9">
+        <v>219</v>
+      </c>
+      <c r="N147" s="16">
+        <v>219</v>
+      </c>
+      <c r="O147" s="16">
+        <v>219</v>
+      </c>
+      <c r="P147" s="17">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="148" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B148" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C148" s="9">
+        <v>0</v>
+      </c>
+      <c r="D148" s="9">
+        <v>71</v>
+      </c>
+      <c r="E148" s="9">
+        <v>0</v>
+      </c>
+      <c r="F148" s="9">
+        <v>0</v>
+      </c>
+      <c r="G148" s="9">
+        <v>0</v>
+      </c>
+      <c r="H148" s="9">
+        <v>0</v>
+      </c>
+      <c r="I148" s="9">
+        <v>29</v>
+      </c>
+      <c r="J148" s="9">
+        <v>0</v>
+      </c>
+      <c r="K148" s="9">
+        <v>143</v>
+      </c>
+      <c r="L148" s="9">
+        <v>0</v>
+      </c>
+      <c r="M148" s="9">
+        <v>48</v>
+      </c>
+      <c r="N148" s="16">
+        <v>48</v>
+      </c>
+      <c r="O148" s="16">
+        <v>48</v>
+      </c>
+      <c r="P148" s="17">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="149" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B149" s="14" t="s">
+        <v>187</v>
+      </c>
+      <c r="C149" s="9">
+        <v>23</v>
+      </c>
+      <c r="D149" s="9">
+        <v>20</v>
+      </c>
+      <c r="E149" s="9">
+        <v>21</v>
+      </c>
+      <c r="F149" s="9">
+        <v>19</v>
+      </c>
+      <c r="G149" s="9">
+        <v>17</v>
+      </c>
+      <c r="H149" s="9">
+        <v>17</v>
+      </c>
+      <c r="I149" s="9">
+        <v>16</v>
+      </c>
+      <c r="J149" s="9">
+        <v>13</v>
+      </c>
+      <c r="K149" s="9">
+        <v>13</v>
+      </c>
+      <c r="L149" s="9">
+        <v>12</v>
+      </c>
+      <c r="M149" s="9">
+        <v>12</v>
+      </c>
+      <c r="N149" s="16">
+        <v>11</v>
+      </c>
+      <c r="O149" s="16">
+        <v>11</v>
+      </c>
+      <c r="P149" s="17">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="150" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B150" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="C150" s="9">
+        <v>68</v>
+      </c>
+      <c r="D150" s="9">
+        <v>70</v>
+      </c>
+      <c r="E150" s="9">
+        <v>68</v>
+      </c>
+      <c r="F150" s="9">
+        <v>69</v>
+      </c>
+      <c r="G150" s="9">
+        <v>54</v>
+      </c>
+      <c r="H150" s="9">
+        <v>58</v>
+      </c>
+      <c r="I150" s="9">
+        <v>57</v>
+      </c>
+      <c r="J150" s="9">
+        <v>83</v>
+      </c>
+      <c r="K150" s="9">
+        <v>95</v>
+      </c>
+      <c r="L150" s="9">
+        <v>103</v>
+      </c>
+      <c r="M150" s="9">
+        <v>82</v>
+      </c>
+      <c r="N150" s="16">
+        <v>81</v>
+      </c>
+      <c r="O150" s="16">
+        <v>53</v>
+      </c>
+      <c r="P150" s="17">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="151" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="C151" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="D151" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="E151" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="F151" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G151" s="9">
+        <v>6.8</v>
+      </c>
+      <c r="H151" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="I151" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="J151" s="9">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="K151" s="9">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="L151" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="M151" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="N151" s="16">
+        <v>2.9</v>
+      </c>
+      <c r="O151" s="16">
+        <v>3.3</v>
+      </c>
+      <c r="P151" s="17">
+        <v>2.9</v>
+      </c>
+    </row>
+    <row r="152" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B152" s="12" t="s">
+        <v>189</v>
+      </c>
+      <c r="C152" s="9">
+        <v>0.96</v>
+      </c>
+      <c r="D152" s="9">
+        <v>0.96</v>
+      </c>
+      <c r="E152" s="9">
+        <v>0.94</v>
+      </c>
+      <c r="F152" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G152" s="9">
+        <v>1.2</v>
+      </c>
+      <c r="H152" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="I152" s="9">
+        <v>0.97</v>
+      </c>
+      <c r="J152" s="9">
+        <v>0.76</v>
+      </c>
+      <c r="K152" s="9">
+        <v>0.77</v>
+      </c>
+      <c r="L152" s="9">
+        <v>0.53</v>
+      </c>
+      <c r="M152" s="9">
+        <v>0.48</v>
+      </c>
+      <c r="N152" s="16"/>
+      <c r="O152" s="8"/>
+      <c r="P152" s="8"/>
+    </row>
+    <row r="153" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B153" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="C153" s="9">
+        <v>12</v>
+      </c>
+      <c r="D153" s="9">
+        <v>12</v>
+      </c>
+      <c r="E153" s="9">
+        <v>13</v>
+      </c>
+      <c r="F153" s="9">
+        <v>10</v>
+      </c>
+      <c r="G153" s="9">
+        <v>10</v>
+      </c>
+      <c r="H153" s="9">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="I153" s="9">
+        <v>8.9</v>
+      </c>
+      <c r="J153" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="K153" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="L153" s="9">
+        <v>8.5</v>
+      </c>
+      <c r="M153" s="9">
+        <v>7</v>
+      </c>
+      <c r="N153" s="16">
+        <v>5.9</v>
+      </c>
+      <c r="O153" s="16">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="P153" s="17">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="154" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B154" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C154" s="9">
+        <v>276</v>
+      </c>
+      <c r="D154" s="9">
+        <v>276</v>
+      </c>
+      <c r="E154" s="9">
+        <v>276</v>
+      </c>
+      <c r="F154" s="9">
+        <v>275</v>
+      </c>
+      <c r="G154" s="9">
+        <v>270</v>
+      </c>
+      <c r="H154" s="9">
+        <v>270</v>
+      </c>
+      <c r="I154" s="9">
+        <v>268</v>
+      </c>
+      <c r="J154" s="9">
+        <v>267</v>
+      </c>
+      <c r="K154" s="9">
+        <v>265</v>
+      </c>
+      <c r="L154" s="9">
+        <v>263</v>
+      </c>
+      <c r="M154" s="9">
+        <v>259</v>
+      </c>
+      <c r="N154" s="16">
+        <v>264</v>
+      </c>
+      <c r="O154" s="16">
+        <v>258</v>
+      </c>
+      <c r="P154" s="17">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="155" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B155" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C155" s="9">
+        <v>122</v>
+      </c>
+      <c r="D155" s="9">
+        <v>78</v>
+      </c>
+      <c r="E155" s="9">
+        <v>26</v>
+      </c>
+      <c r="F155" s="9">
+        <v>52</v>
+      </c>
+      <c r="G155" s="9">
+        <v>91</v>
+      </c>
+      <c r="H155" s="9">
+        <v>91</v>
+      </c>
+      <c r="I155" s="9">
+        <v>149</v>
+      </c>
+      <c r="J155" s="9">
+        <v>129</v>
+      </c>
+      <c r="K155" s="9">
+        <v>109</v>
+      </c>
+      <c r="L155" s="9">
+        <v>38</v>
+      </c>
+      <c r="M155" s="9">
+        <v>64</v>
+      </c>
+      <c r="N155" s="16">
+        <v>51</v>
+      </c>
+      <c r="O155" s="16">
+        <v>45</v>
+      </c>
+      <c r="P155" s="17">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="156" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B156" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="C156" s="9">
+        <v>53</v>
+      </c>
+      <c r="D156" s="9">
+        <v>55</v>
+      </c>
+      <c r="E156" s="9">
+        <v>50</v>
+      </c>
+      <c r="F156" s="9">
+        <v>47</v>
+      </c>
+      <c r="G156" s="9">
+        <v>47</v>
+      </c>
+      <c r="H156" s="9">
+        <v>52</v>
+      </c>
+      <c r="I156" s="9">
+        <v>56</v>
+      </c>
+      <c r="J156" s="9">
+        <v>57</v>
+      </c>
+      <c r="K156" s="9">
+        <v>52</v>
+      </c>
+      <c r="L156" s="9">
+        <v>37</v>
+      </c>
+      <c r="M156" s="9">
+        <v>32</v>
+      </c>
+      <c r="N156" s="16">
+        <v>42</v>
+      </c>
+      <c r="O156" s="16">
+        <v>47</v>
+      </c>
+      <c r="P156" s="17">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="157" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B157" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C157" s="9">
+        <v>432</v>
+      </c>
+      <c r="D157" s="9">
+        <v>432</v>
+      </c>
+      <c r="E157" s="9">
+        <v>432</v>
+      </c>
+      <c r="F157" s="9">
+        <v>432</v>
+      </c>
+      <c r="G157" s="9">
+        <v>432</v>
+      </c>
+      <c r="H157" s="9">
+        <v>432</v>
+      </c>
+      <c r="I157" s="9">
+        <v>432</v>
+      </c>
+      <c r="J157" s="9">
+        <v>432</v>
+      </c>
+      <c r="K157" s="9">
+        <v>432</v>
+      </c>
+      <c r="L157" s="9">
+        <v>432</v>
+      </c>
+      <c r="M157" s="9">
+        <v>441</v>
+      </c>
+      <c r="N157" s="16">
+        <v>424</v>
+      </c>
+      <c r="O157" s="16">
+        <v>432</v>
+      </c>
+      <c r="P157" s="17">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="158" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B158" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C158" s="9">
+        <v>42</v>
+      </c>
+      <c r="D158" s="9">
+        <v>43</v>
+      </c>
+      <c r="E158" s="9">
+        <v>43</v>
+      </c>
+      <c r="F158" s="9">
+        <v>40</v>
+      </c>
+      <c r="G158" s="9">
+        <v>39</v>
+      </c>
+      <c r="H158" s="9">
+        <v>40</v>
+      </c>
+      <c r="I158" s="9">
+        <v>41</v>
+      </c>
+      <c r="J158" s="9">
+        <v>43</v>
+      </c>
+      <c r="K158" s="9">
+        <v>43</v>
+      </c>
+      <c r="L158" s="9">
+        <v>46</v>
+      </c>
+      <c r="M158" s="9">
+        <v>48</v>
+      </c>
+      <c r="N158" s="16">
+        <v>48</v>
+      </c>
+      <c r="O158" s="16">
+        <v>46</v>
+      </c>
+      <c r="P158" s="17">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="159" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B159" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C159" s="9">
+        <v>134</v>
+      </c>
+      <c r="D159" s="9">
+        <v>133</v>
+      </c>
+      <c r="E159" s="9">
+        <v>126</v>
+      </c>
+      <c r="F159" s="9">
+        <v>125</v>
+      </c>
+      <c r="G159" s="9">
+        <v>125</v>
+      </c>
+      <c r="H159" s="9">
+        <v>122</v>
+      </c>
+      <c r="I159" s="9">
+        <v>120</v>
+      </c>
+      <c r="J159" s="9">
+        <v>119</v>
+      </c>
+      <c r="K159" s="9">
+        <v>119</v>
+      </c>
+      <c r="L159" s="9">
+        <v>119</v>
+      </c>
+      <c r="M159" s="9">
+        <v>116</v>
+      </c>
+      <c r="N159" s="16">
+        <v>130</v>
+      </c>
+      <c r="O159" s="16">
+        <v>151</v>
+      </c>
+      <c r="P159" s="17">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="160" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B160" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C160" s="9">
+        <v>531</v>
+      </c>
+      <c r="D160" s="9">
+        <v>535</v>
+      </c>
+      <c r="E160" s="9">
+        <v>539</v>
+      </c>
+      <c r="F160" s="9">
+        <v>543</v>
+      </c>
+      <c r="G160" s="9">
+        <v>546</v>
+      </c>
+      <c r="H160" s="9">
+        <v>550</v>
+      </c>
+      <c r="I160" s="9">
+        <v>554</v>
+      </c>
+      <c r="J160" s="9">
+        <v>554</v>
+      </c>
+      <c r="K160" s="9">
+        <v>554</v>
+      </c>
+      <c r="L160" s="9">
+        <v>554</v>
+      </c>
+      <c r="M160" s="9">
+        <v>539</v>
+      </c>
+      <c r="N160" s="16">
+        <v>650</v>
+      </c>
+      <c r="O160" s="16">
+        <v>638</v>
+      </c>
+      <c r="P160" s="17">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="161" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B161" s="14" t="s">
+        <v>192</v>
+      </c>
+      <c r="C161" s="9">
+        <v>21</v>
+      </c>
+      <c r="D161" s="9">
+        <v>24</v>
+      </c>
+      <c r="E161" s="9">
+        <v>21</v>
+      </c>
+      <c r="F161" s="9">
+        <v>21</v>
+      </c>
+      <c r="G161" s="9">
+        <v>20</v>
+      </c>
+      <c r="H161" s="9">
+        <v>19</v>
+      </c>
+      <c r="I161" s="9">
+        <v>19</v>
+      </c>
+      <c r="J161" s="9">
+        <v>17</v>
+      </c>
+      <c r="K161" s="9">
+        <v>16</v>
+      </c>
+      <c r="L161" s="9">
+        <v>15</v>
+      </c>
+      <c r="M161" s="9">
+        <v>9.6</v>
+      </c>
+      <c r="N161" s="16">
+        <v>10</v>
+      </c>
+      <c r="O161" s="16">
+        <v>12</v>
+      </c>
+      <c r="P161" s="17">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="162" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B162" s="14" t="s">
+        <v>193</v>
+      </c>
+      <c r="C162" s="9">
+        <v>28</v>
+      </c>
+      <c r="D162" s="9">
+        <v>27</v>
+      </c>
+      <c r="E162" s="9">
+        <v>27</v>
+      </c>
+      <c r="F162" s="9">
+        <v>26</v>
+      </c>
+      <c r="G162" s="9">
+        <v>24</v>
+      </c>
+      <c r="H162" s="9">
+        <v>23</v>
+      </c>
+      <c r="I162" s="9">
+        <v>20</v>
+      </c>
+      <c r="J162" s="9">
+        <v>20</v>
+      </c>
+      <c r="K162" s="9">
+        <v>21</v>
+      </c>
+      <c r="L162" s="9">
+        <v>19</v>
+      </c>
+      <c r="M162" s="9">
+        <v>16</v>
+      </c>
+      <c r="N162" s="16">
+        <v>16</v>
+      </c>
+      <c r="O162" s="16">
+        <v>16</v>
+      </c>
+      <c r="P162" s="17">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B163" s="14" t="s">
+        <v>194</v>
+      </c>
+      <c r="C163" s="9">
+        <v>2.6</v>
+      </c>
+      <c r="D163" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="E163" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F163" s="9">
+        <v>1.6</v>
+      </c>
+      <c r="G163" s="9">
+        <v>1.5</v>
+      </c>
+      <c r="H163" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="I163" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J163" s="9">
+        <v>1.4</v>
+      </c>
+      <c r="K163" s="9">
+        <v>0.95</v>
+      </c>
+      <c r="L163" s="9">
+        <v>1.4</v>
+      </c>
+      <c r="M163" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="N163" s="16">
+        <v>0.6</v>
+      </c>
+      <c r="O163" s="16">
+        <v>0.74</v>
+      </c>
+      <c r="P163" s="17">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="164" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B164" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="C164" s="9">
+        <v>36</v>
+      </c>
+      <c r="D164" s="9">
+        <v>31</v>
+      </c>
+      <c r="E164" s="9">
+        <v>38</v>
+      </c>
+      <c r="F164" s="9">
+        <v>30</v>
+      </c>
+      <c r="G164" s="9">
+        <v>22</v>
+      </c>
+      <c r="H164" s="9">
+        <v>24</v>
+      </c>
+      <c r="I164" s="9">
+        <v>22</v>
+      </c>
+      <c r="J164" s="9">
+        <v>25</v>
+      </c>
+      <c r="K164" s="9">
+        <v>31</v>
+      </c>
+      <c r="L164" s="9">
+        <v>35</v>
+      </c>
+      <c r="M164" s="9">
+        <v>34</v>
+      </c>
+      <c r="N164" s="16">
+        <v>42</v>
+      </c>
+      <c r="O164" s="16">
+        <v>37</v>
+      </c>
+      <c r="P164" s="17">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="165" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B165" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C165" s="9">
+        <v>95</v>
+      </c>
+      <c r="D165" s="9">
+        <v>99</v>
+      </c>
+      <c r="E165" s="9">
+        <v>93</v>
+      </c>
+      <c r="F165" s="9">
+        <v>88</v>
+      </c>
+      <c r="G165" s="9">
+        <v>85</v>
+      </c>
+      <c r="H165" s="9">
+        <v>79</v>
+      </c>
+      <c r="I165" s="9">
+        <v>76</v>
+      </c>
+      <c r="J165" s="9">
+        <v>70</v>
+      </c>
+      <c r="K165" s="9">
+        <v>65</v>
+      </c>
+      <c r="L165" s="9">
+        <v>59</v>
+      </c>
+      <c r="M165" s="9">
+        <v>49</v>
+      </c>
+      <c r="N165" s="16">
+        <v>44</v>
+      </c>
+      <c r="O165" s="16">
+        <v>39</v>
+      </c>
+      <c r="P165" s="17">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="166" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B166" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C166" s="9">
+        <v>116</v>
+      </c>
+      <c r="D166" s="9">
+        <v>119</v>
+      </c>
+      <c r="E166" s="9">
+        <v>124</v>
+      </c>
+      <c r="F166" s="9">
+        <v>127</v>
+      </c>
+      <c r="G166" s="9">
+        <v>115</v>
+      </c>
+      <c r="H166" s="9">
+        <v>102</v>
+      </c>
+      <c r="I166" s="9">
+        <v>101</v>
+      </c>
+      <c r="J166" s="9">
+        <v>95</v>
+      </c>
+      <c r="K166" s="9">
+        <v>86</v>
+      </c>
+      <c r="L166" s="9">
+        <v>80</v>
+      </c>
+      <c r="M166" s="9">
+        <v>74</v>
+      </c>
+      <c r="N166" s="16">
+        <v>84</v>
+      </c>
+      <c r="O166" s="16">
+        <v>74</v>
+      </c>
+      <c r="P166" s="17">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="167" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B167" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C167" s="9">
+        <v>104</v>
+      </c>
+      <c r="D167" s="9">
+        <v>96</v>
+      </c>
+      <c r="E167" s="9">
+        <v>92</v>
+      </c>
+      <c r="F167" s="9">
+        <v>89</v>
+      </c>
+      <c r="G167" s="9">
+        <v>85</v>
+      </c>
+      <c r="H167" s="9">
+        <v>82</v>
+      </c>
+      <c r="I167" s="9">
+        <v>74</v>
+      </c>
+      <c r="J167" s="9">
+        <v>72</v>
+      </c>
+      <c r="K167" s="9">
+        <v>68</v>
+      </c>
+      <c r="L167" s="9">
+        <v>66</v>
+      </c>
+      <c r="M167" s="9">
+        <v>64</v>
+      </c>
+      <c r="N167" s="16">
+        <v>45</v>
+      </c>
+      <c r="O167" s="16">
+        <v>52</v>
+      </c>
+      <c r="P167" s="17">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="168" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B168" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C168" s="9">
+        <v>85</v>
+      </c>
+      <c r="D168" s="9">
+        <v>81</v>
+      </c>
+      <c r="E168" s="9">
+        <v>77</v>
+      </c>
+      <c r="F168" s="9">
+        <v>73</v>
+      </c>
+      <c r="G168" s="9">
+        <v>70</v>
+      </c>
+      <c r="H168" s="9">
+        <v>67</v>
+      </c>
+      <c r="I168" s="9">
+        <v>63</v>
+      </c>
+      <c r="J168" s="9">
+        <v>59</v>
+      </c>
+      <c r="K168" s="9">
+        <v>54</v>
+      </c>
+      <c r="L168" s="9">
+        <v>50</v>
+      </c>
+      <c r="M168" s="9">
+        <v>46</v>
+      </c>
+      <c r="N168" s="16">
+        <v>47</v>
+      </c>
+      <c r="O168" s="16">
+        <v>39</v>
+      </c>
+      <c r="P168" s="17">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="169" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B169" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C169" s="9">
+        <v>83</v>
+      </c>
+      <c r="D169" s="9">
+        <v>80</v>
+      </c>
+      <c r="E169" s="9">
+        <v>72</v>
+      </c>
+      <c r="F169" s="9">
+        <v>66</v>
+      </c>
+      <c r="G169" s="9">
+        <v>65</v>
+      </c>
+      <c r="H169" s="9">
+        <v>61</v>
+      </c>
+      <c r="I169" s="9">
+        <v>62</v>
+      </c>
+      <c r="J169" s="9">
+        <v>58</v>
+      </c>
+      <c r="K169" s="9">
+        <v>59</v>
+      </c>
+      <c r="L169" s="9">
+        <v>57</v>
+      </c>
+      <c r="M169" s="9">
+        <v>58</v>
+      </c>
+      <c r="N169" s="16">
+        <v>56</v>
+      </c>
+      <c r="O169" s="16">
+        <v>56</v>
+      </c>
+      <c r="P169" s="17">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="170" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B170" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="C170" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="D170" s="9">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E170" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="F170" s="9">
+        <v>0</v>
+      </c>
+      <c r="G170" s="9">
+        <v>16</v>
+      </c>
+      <c r="H170" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="I170" s="9">
+        <v>0</v>
+      </c>
+      <c r="J170" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="K170" s="9">
+        <v>0</v>
+      </c>
+      <c r="L170" s="9">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M170" s="9">
+        <v>4.3</v>
+      </c>
+      <c r="N170" s="16">
+        <v>0</v>
+      </c>
+      <c r="O170" s="16">
+        <v>1.6</v>
+      </c>
+      <c r="P170" s="17">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="171" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B171" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="C171" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="D171" s="9">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E171" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="F171" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="G171" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="H171" s="9">
+        <v>9</v>
+      </c>
+      <c r="I171" s="9">
+        <v>1.9</v>
+      </c>
+      <c r="J171" s="9">
+        <v>7</v>
+      </c>
+      <c r="K171" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="L171" s="9">
+        <v>3.8</v>
+      </c>
+      <c r="M171" s="9">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="N171" s="16">
+        <v>1.5</v>
+      </c>
+      <c r="O171" s="16">
+        <v>1.3</v>
+      </c>
+      <c r="P171" s="17">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="172" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B172" s="14" t="s">
+        <v>198</v>
+      </c>
+      <c r="C172" s="9">
+        <v>16</v>
+      </c>
+      <c r="D172" s="9">
+        <v>18</v>
+      </c>
+      <c r="E172" s="9">
+        <v>32</v>
+      </c>
+      <c r="F172" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="G172" s="9">
+        <v>5.3</v>
+      </c>
+      <c r="H172" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="I172" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="J172" s="9">
+        <v>2.1</v>
+      </c>
+      <c r="K172" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="L172" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="M172" s="9">
+        <v>6.7</v>
+      </c>
+      <c r="N172" s="16">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="O172" s="16">
+        <v>11</v>
+      </c>
+      <c r="P172" s="17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="173" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B173" s="14" t="s">
+        <v>199</v>
+      </c>
+      <c r="C173" s="9">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="D173" s="9">
+        <v>12</v>
+      </c>
+      <c r="E173" s="9">
+        <v>13</v>
+      </c>
+      <c r="F173" s="9">
+        <v>13</v>
+      </c>
+      <c r="G173" s="9">
+        <v>14</v>
+      </c>
+      <c r="H173" s="9">
+        <v>11</v>
+      </c>
+      <c r="I173" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="J173" s="9">
+        <v>18</v>
+      </c>
+      <c r="K173" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="L173" s="9">
+        <v>11</v>
+      </c>
+      <c r="M173" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="N173" s="16">
+        <v>6.8</v>
+      </c>
+      <c r="O173" s="16">
+        <v>4.7</v>
+      </c>
+      <c r="P173" s="17">
+        <v>5.2</v>
+      </c>
+    </row>
+    <row r="174" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B174" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="C174" s="9">
+        <v>0</v>
+      </c>
+      <c r="D174" s="9">
+        <v>0</v>
+      </c>
+      <c r="E174" s="9">
+        <v>0</v>
+      </c>
+      <c r="F174" s="9">
+        <v>0</v>
+      </c>
+      <c r="G174" s="9">
+        <v>0</v>
+      </c>
+      <c r="H174" s="9">
+        <v>0</v>
+      </c>
+      <c r="I174" s="9">
+        <v>0</v>
+      </c>
+      <c r="J174" s="9">
+        <v>0</v>
+      </c>
+      <c r="K174" s="9">
+        <v>0</v>
+      </c>
+      <c r="L174" s="9">
+        <v>0</v>
+      </c>
+      <c r="M174" s="9">
+        <v>0</v>
+      </c>
+      <c r="N174" s="16">
+        <v>0</v>
+      </c>
+      <c r="O174" s="16">
+        <v>0</v>
+      </c>
+      <c r="P174" s="17">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B175" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C175" s="9">
+        <v>117</v>
+      </c>
+      <c r="D175" s="9">
+        <v>129</v>
+      </c>
+      <c r="E175" s="9">
+        <v>107</v>
+      </c>
+      <c r="F175" s="9">
+        <v>134</v>
+      </c>
+      <c r="G175" s="9">
+        <v>141</v>
+      </c>
+      <c r="H175" s="9">
+        <v>156</v>
+      </c>
+      <c r="I175" s="9">
+        <v>162</v>
+      </c>
+      <c r="J175" s="9">
+        <v>117</v>
+      </c>
+      <c r="K175" s="9">
+        <v>124</v>
+      </c>
+      <c r="L175" s="9">
+        <v>114</v>
+      </c>
+      <c r="M175" s="9">
+        <v>118</v>
+      </c>
+      <c r="N175" s="16">
+        <v>114</v>
+      </c>
+      <c r="O175" s="16">
+        <v>113</v>
+      </c>
+      <c r="P175" s="17">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="176" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B176" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="C176" s="9">
+        <v>19</v>
+      </c>
+      <c r="D176" s="9">
+        <v>16</v>
+      </c>
+      <c r="E176" s="9">
+        <v>15</v>
+      </c>
+      <c r="F176" s="9">
+        <v>13</v>
+      </c>
+      <c r="G176" s="9">
+        <v>12</v>
+      </c>
+      <c r="H176" s="9">
+        <v>12</v>
+      </c>
+      <c r="I176" s="9">
+        <v>10</v>
+      </c>
+      <c r="J176" s="9">
+        <v>10</v>
+      </c>
+      <c r="K176" s="9">
+        <v>10</v>
+      </c>
+      <c r="L176" s="9">
+        <v>9.9</v>
+      </c>
+      <c r="M176" s="9">
+        <v>8.1</v>
+      </c>
+      <c r="N176" s="16">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="O176" s="16">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="P176" s="17">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="177" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B177" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C177" s="9">
+        <v>132</v>
+      </c>
+      <c r="D177" s="9">
+        <v>130</v>
+      </c>
+      <c r="E177" s="9">
+        <v>129</v>
+      </c>
+      <c r="F177" s="9">
+        <v>127</v>
+      </c>
+      <c r="G177" s="9">
+        <v>125</v>
+      </c>
+      <c r="H177" s="9">
+        <v>123</v>
+      </c>
+      <c r="I177" s="9">
+        <v>122</v>
+      </c>
+      <c r="J177" s="9">
+        <v>120</v>
+      </c>
+      <c r="K177" s="9">
+        <v>118</v>
+      </c>
+      <c r="L177" s="9">
+        <v>117</v>
+      </c>
+      <c r="M177" s="9">
+        <v>117</v>
+      </c>
+      <c r="N177" s="16">
+        <v>113</v>
+      </c>
+      <c r="O177" s="16">
+        <v>112</v>
+      </c>
+      <c r="P177" s="17">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="178" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B178" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="C178" s="9">
+        <v>30</v>
+      </c>
+      <c r="D178" s="9">
+        <v>28</v>
+      </c>
+      <c r="E178" s="9">
+        <v>24</v>
+      </c>
+      <c r="F178" s="9">
+        <v>27</v>
+      </c>
+      <c r="G178" s="9">
+        <v>23</v>
+      </c>
+      <c r="H178" s="9">
+        <v>21</v>
+      </c>
+      <c r="I178" s="9">
+        <v>19</v>
+      </c>
+      <c r="J178" s="9">
+        <v>19</v>
+      </c>
+      <c r="K178" s="9">
+        <v>17</v>
+      </c>
+      <c r="L178" s="9">
+        <v>14</v>
+      </c>
+      <c r="M178" s="9">
+        <v>13</v>
+      </c>
+      <c r="N178" s="16">
+        <v>15</v>
+      </c>
+      <c r="O178" s="16">
+        <v>14</v>
+      </c>
+      <c r="P178" s="17">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="179" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B179" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="C179" s="9">
+        <v>21</v>
+      </c>
+      <c r="D179" s="9">
+        <v>26</v>
+      </c>
+      <c r="E179" s="9">
+        <v>25</v>
+      </c>
+      <c r="F179" s="9">
+        <v>30</v>
+      </c>
+      <c r="G179" s="9">
+        <v>16</v>
+      </c>
+      <c r="H179" s="9">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="I179" s="9">
+        <v>14</v>
+      </c>
+      <c r="J179" s="9">
+        <v>19</v>
+      </c>
+      <c r="K179" s="9">
+        <v>18</v>
+      </c>
+      <c r="L179" s="9">
+        <v>16</v>
+      </c>
+      <c r="M179" s="9">
+        <v>11</v>
+      </c>
+      <c r="N179" s="16">
+        <v>12</v>
+      </c>
+      <c r="O179" s="16">
+        <v>17</v>
+      </c>
+      <c r="P179" s="17">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="180" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B180" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C180" s="9">
+        <v>317</v>
+      </c>
+      <c r="D180" s="9">
+        <v>316</v>
+      </c>
+      <c r="E180" s="9">
+        <v>314</v>
+      </c>
+      <c r="F180" s="9">
+        <v>313</v>
+      </c>
+      <c r="G180" s="9">
+        <v>310</v>
+      </c>
+      <c r="H180" s="9">
+        <v>307</v>
+      </c>
+      <c r="I180" s="9">
+        <v>304</v>
+      </c>
+      <c r="J180" s="9">
+        <v>301</v>
+      </c>
+      <c r="K180" s="9">
+        <v>298</v>
+      </c>
+      <c r="L180" s="9">
+        <v>295</v>
+      </c>
+      <c r="M180" s="9">
+        <v>298</v>
+      </c>
+      <c r="N180" s="16">
+        <v>289</v>
+      </c>
+      <c r="O180" s="16">
+        <v>286</v>
+      </c>
+      <c r="P180" s="17">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="181" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B181" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="C181" s="9">
+        <v>35</v>
+      </c>
+      <c r="D181" s="9">
+        <v>36</v>
+      </c>
+      <c r="E181" s="9">
+        <v>49</v>
+      </c>
+      <c r="F181" s="9">
+        <v>46</v>
+      </c>
+      <c r="G181" s="9">
+        <v>45</v>
+      </c>
+      <c r="H181" s="9">
+        <v>45</v>
+      </c>
+      <c r="I181" s="9">
+        <v>50</v>
+      </c>
+      <c r="J181" s="9">
+        <v>47</v>
+      </c>
+      <c r="K181" s="9">
+        <v>47</v>
+      </c>
+      <c r="L181" s="9">
+        <v>41</v>
+      </c>
+      <c r="M181" s="9">
+        <v>46</v>
+      </c>
+      <c r="N181" s="16">
+        <v>48</v>
+      </c>
+      <c r="O181" s="16">
+        <v>51</v>
+      </c>
+      <c r="P181" s="17">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="182" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B182" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="C182" s="9">
+        <v>10</v>
+      </c>
+      <c r="D182" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="E182" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="F182" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="G182" s="9">
+        <v>0</v>
+      </c>
+      <c r="H182" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="I182" s="9">
+        <v>0</v>
+      </c>
+      <c r="J182" s="9">
+        <v>14</v>
+      </c>
+      <c r="K182" s="9">
+        <v>19</v>
+      </c>
+      <c r="L182" s="9">
+        <v>14</v>
+      </c>
+      <c r="M182" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="N182" s="16">
+        <v>2.6</v>
+      </c>
+      <c r="O182" s="16">
+        <v>5.2</v>
+      </c>
+      <c r="P182" s="17">
+        <v>8.1</v>
+      </c>
+    </row>
+    <row r="183" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B183" s="14" t="s">
+        <v>205</v>
+      </c>
+      <c r="C183" s="9">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="D183" s="9">
+        <v>8</v>
+      </c>
+      <c r="E183" s="9">
+        <v>6.8</v>
+      </c>
+      <c r="F183" s="9">
+        <v>8.4</v>
+      </c>
+      <c r="G183" s="9">
+        <v>6.8</v>
+      </c>
+      <c r="H183" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="I183" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="J183" s="9">
+        <v>4.8</v>
+      </c>
+      <c r="K183" s="9">
+        <v>5.8</v>
+      </c>
+      <c r="L183" s="9">
+        <v>4.5</v>
+      </c>
+      <c r="M183" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="N183" s="16">
+        <v>2.8</v>
+      </c>
+      <c r="O183" s="16">
+        <v>2.9</v>
+      </c>
+      <c r="P183" s="17">
+        <v>4.3</v>
+      </c>
+    </row>
+    <row r="184" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B184" s="14" t="s">
+        <v>206</v>
+      </c>
+      <c r="C184" s="9">
+        <v>9.5</v>
+      </c>
+      <c r="D184" s="9">
+        <v>10</v>
+      </c>
+      <c r="E184" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="F184" s="9">
+        <v>7.7</v>
+      </c>
+      <c r="G184" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="H184" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="I184" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="J184" s="9">
+        <v>6.2</v>
+      </c>
+      <c r="K184" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="L184" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="M184" s="9">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="N184" s="16">
+        <v>4.3</v>
+      </c>
+      <c r="O184" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="P184" s="17">
+        <v>4.5999999999999996</v>
+      </c>
+    </row>
+    <row r="185" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B185" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C185" s="9">
+        <v>80</v>
+      </c>
+      <c r="D185" s="9">
+        <v>92</v>
+      </c>
+      <c r="E185" s="9">
+        <v>81</v>
+      </c>
+      <c r="F185" s="9">
+        <v>79</v>
+      </c>
+      <c r="G185" s="9">
+        <v>73</v>
+      </c>
+      <c r="H185" s="9">
+        <v>86</v>
+      </c>
+      <c r="I185" s="9">
+        <v>81</v>
+      </c>
+      <c r="J185" s="9">
+        <v>73</v>
+      </c>
+      <c r="K185" s="9">
+        <v>74</v>
+      </c>
+      <c r="L185" s="9">
+        <v>66</v>
+      </c>
+      <c r="M185" s="9">
+        <v>65</v>
+      </c>
+      <c r="N185" s="16">
+        <v>65</v>
+      </c>
+      <c r="O185" s="16">
+        <v>59</v>
+      </c>
+      <c r="P185" s="17">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="186" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B186" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C186" s="9">
+        <v>286</v>
+      </c>
+      <c r="D186" s="9">
+        <v>286</v>
+      </c>
+      <c r="E186" s="9">
+        <v>286</v>
+      </c>
+      <c r="F186" s="9">
+        <v>285</v>
+      </c>
+      <c r="G186" s="9">
+        <v>274</v>
+      </c>
+      <c r="H186" s="9">
+        <v>274</v>
+      </c>
+      <c r="I186" s="9">
+        <v>270</v>
+      </c>
+      <c r="J186" s="9">
+        <v>266</v>
+      </c>
+      <c r="K186" s="9">
+        <v>262</v>
+      </c>
+      <c r="L186" s="9">
+        <v>258</v>
+      </c>
+      <c r="M186" s="9">
+        <v>259</v>
+      </c>
+      <c r="N186" s="16">
+        <v>250</v>
+      </c>
+      <c r="O186" s="16">
+        <v>246</v>
+      </c>
+      <c r="P186" s="17">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="187" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B187" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C187" s="9">
+        <v>1230</v>
+      </c>
+      <c r="D187" s="9">
+        <v>1200</v>
+      </c>
+      <c r="E187" s="9">
+        <v>1160</v>
+      </c>
+      <c r="F187" s="9">
+        <v>1110</v>
+      </c>
+      <c r="G187" s="9">
+        <v>1070</v>
+      </c>
+      <c r="H187" s="9">
+        <v>988</v>
+      </c>
+      <c r="I187" s="9">
+        <v>805</v>
+      </c>
+      <c r="J187" s="9">
+        <v>738</v>
+      </c>
+      <c r="K187" s="9">
+        <v>677</v>
+      </c>
+      <c r="L187" s="9">
+        <v>615</v>
+      </c>
+      <c r="M187" s="9">
+        <v>554</v>
+      </c>
+      <c r="N187" s="16">
+        <v>513</v>
+      </c>
+      <c r="O187" s="16">
+        <v>468</v>
+      </c>
+      <c r="P187" s="17">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="188" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B188" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C188" s="9"/>
+      <c r="D188" s="9">
+        <v>227</v>
+      </c>
+      <c r="E188" s="9">
+        <v>227</v>
+      </c>
+      <c r="F188" s="9">
+        <v>227</v>
+      </c>
+      <c r="G188" s="9">
+        <v>227</v>
+      </c>
+      <c r="H188" s="9">
+        <v>227</v>
+      </c>
+      <c r="I188" s="9">
+        <v>227</v>
+      </c>
+      <c r="J188" s="9">
+        <v>227</v>
+      </c>
+      <c r="K188" s="9">
+        <v>227</v>
+      </c>
+      <c r="L188" s="9">
+        <v>227</v>
+      </c>
+      <c r="M188" s="9">
+        <v>232</v>
+      </c>
+      <c r="N188" s="16">
+        <v>227</v>
+      </c>
+      <c r="O188" s="16">
+        <v>227</v>
+      </c>
+      <c r="P188" s="17">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="189" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B189" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="C189" s="9">
+        <v>17</v>
+      </c>
+      <c r="D189" s="9">
+        <v>16</v>
+      </c>
+      <c r="E189" s="9">
+        <v>14</v>
+      </c>
+      <c r="F189" s="9">
+        <v>13</v>
+      </c>
+      <c r="G189" s="9">
+        <v>12</v>
+      </c>
+      <c r="H189" s="9">
+        <v>9.9</v>
+      </c>
+      <c r="I189" s="9">
+        <v>12</v>
+      </c>
+      <c r="J189" s="9">
+        <v>11</v>
+      </c>
+      <c r="K189" s="9">
+        <v>11</v>
+      </c>
+      <c r="L189" s="9">
+        <v>10</v>
+      </c>
+      <c r="M189" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="N189" s="16">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="O189" s="16">
+        <v>6.9</v>
+      </c>
+      <c r="P189" s="17">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="190" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B190" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C190" s="9">
+        <v>66</v>
+      </c>
+      <c r="D190" s="9">
+        <v>66</v>
+      </c>
+      <c r="E190" s="9">
+        <v>66</v>
+      </c>
+      <c r="F190" s="9">
+        <v>66</v>
+      </c>
+      <c r="G190" s="9">
+        <v>65</v>
+      </c>
+      <c r="H190" s="9">
+        <v>65</v>
+      </c>
+      <c r="I190" s="9">
+        <v>65</v>
+      </c>
+      <c r="J190" s="9">
+        <v>64</v>
+      </c>
+      <c r="K190" s="9">
+        <v>64</v>
+      </c>
+      <c r="L190" s="9">
+        <v>64</v>
+      </c>
+      <c r="M190" s="9">
+        <v>64</v>
+      </c>
+      <c r="N190" s="16">
+        <v>63</v>
+      </c>
+      <c r="O190" s="16">
+        <v>62</v>
+      </c>
+      <c r="P190" s="17">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="191" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B191" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C191" s="9">
+        <v>119</v>
+      </c>
+      <c r="D191" s="9">
+        <v>105</v>
+      </c>
+      <c r="E191" s="9">
+        <v>103</v>
+      </c>
+      <c r="F191" s="9">
+        <v>100</v>
+      </c>
+      <c r="G191" s="9">
+        <v>94</v>
+      </c>
+      <c r="H191" s="9">
+        <v>88</v>
+      </c>
+      <c r="I191" s="9">
+        <v>82</v>
+      </c>
+      <c r="J191" s="9">
+        <v>77</v>
+      </c>
+      <c r="K191" s="9">
+        <v>71</v>
+      </c>
+      <c r="L191" s="9">
+        <v>67</v>
+      </c>
+      <c r="M191" s="9">
+        <v>63</v>
+      </c>
+      <c r="N191" s="16">
+        <v>58</v>
+      </c>
+      <c r="O191" s="16">
+        <v>54</v>
+      </c>
+      <c r="P191" s="17">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="192" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B192" s="12" t="s">
+        <v>208</v>
+      </c>
+      <c r="C192" s="9">
+        <v>46</v>
+      </c>
+      <c r="D192" s="9">
+        <v>29</v>
+      </c>
+      <c r="E192" s="9">
+        <v>30</v>
+      </c>
+      <c r="F192" s="9">
+        <v>32</v>
+      </c>
+      <c r="G192" s="9">
+        <v>33</v>
+      </c>
+      <c r="H192" s="9">
+        <v>32</v>
+      </c>
+      <c r="I192" s="9">
+        <v>25</v>
+      </c>
+      <c r="J192" s="9">
+        <v>28</v>
+      </c>
+      <c r="K192" s="9">
+        <v>38</v>
+      </c>
+      <c r="L192" s="9">
+        <v>29</v>
+      </c>
+      <c r="M192" s="9">
+        <v>29</v>
+      </c>
+      <c r="N192" s="16">
+        <v>29</v>
+      </c>
+      <c r="O192" s="16">
+        <v>29</v>
+      </c>
+      <c r="P192" s="17">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="193" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B193" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="C193" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="D193" s="9">
+        <v>6.5</v>
+      </c>
+      <c r="E193" s="9">
+        <v>7.1</v>
+      </c>
+      <c r="F193" s="9">
+        <v>7.3</v>
+      </c>
+      <c r="G193" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="H193" s="9">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I193" s="9">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="J193" s="9">
+        <v>5.7</v>
+      </c>
+      <c r="K193" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="L193" s="9">
+        <v>5.5</v>
+      </c>
+      <c r="M193" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="N193" s="16">
+        <v>3.8</v>
+      </c>
+      <c r="O193" s="16">
+        <v>3.9</v>
+      </c>
+      <c r="P193" s="17">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="194" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B194" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="C194" s="9">
+        <v>7.5</v>
+      </c>
+      <c r="D194" s="9">
+        <v>7.6</v>
+      </c>
+      <c r="E194" s="9">
+        <v>6</v>
+      </c>
+      <c r="F194" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="G194" s="9">
+        <v>5.9</v>
+      </c>
+      <c r="H194" s="9">
+        <v>7.4</v>
+      </c>
+      <c r="I194" s="9">
+        <v>7.9</v>
+      </c>
+      <c r="J194" s="9">
+        <v>7.2</v>
+      </c>
+      <c r="K194" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="L194" s="9">
+        <v>5.4</v>
+      </c>
+      <c r="M194" s="9">
+        <v>4.7</v>
+      </c>
+      <c r="N194" s="16">
+        <v>4.7</v>
+      </c>
+      <c r="O194" s="16">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="P194" s="17">
+        <v>5.4</v>
+      </c>
+    </row>
+    <row r="195" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B195" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="C195" s="9">
+        <v>21</v>
+      </c>
+      <c r="D195" s="9">
+        <v>21</v>
+      </c>
+      <c r="E195" s="9">
+        <v>18</v>
+      </c>
+      <c r="F195" s="9">
+        <v>17</v>
+      </c>
+      <c r="G195" s="9">
+        <v>23</v>
+      </c>
+      <c r="H195" s="9">
+        <v>20</v>
+      </c>
+      <c r="I195" s="9">
+        <v>22</v>
+      </c>
+      <c r="J195" s="9">
+        <v>20</v>
+      </c>
+      <c r="K195" s="9">
+        <v>19</v>
+      </c>
+      <c r="L195" s="9">
+        <v>19</v>
+      </c>
+      <c r="M195" s="9">
+        <v>19</v>
+      </c>
+      <c r="N195" s="16">
+        <v>18</v>
+      </c>
+      <c r="O195" s="16">
+        <v>17</v>
+      </c>
+      <c r="P195" s="17">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="196" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B196" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C196" s="9">
+        <v>128</v>
+      </c>
+      <c r="D196" s="9">
+        <v>117</v>
+      </c>
+      <c r="E196" s="9">
+        <v>108</v>
+      </c>
+      <c r="F196" s="9">
+        <v>100</v>
+      </c>
+      <c r="G196" s="9">
+        <v>91</v>
+      </c>
+      <c r="H196" s="9">
+        <v>86</v>
+      </c>
+      <c r="I196" s="9">
+        <v>85</v>
+      </c>
+      <c r="J196" s="9">
+        <v>85</v>
+      </c>
+      <c r="K196" s="9">
+        <v>84</v>
+      </c>
+      <c r="L196" s="9">
+        <v>83</v>
+      </c>
+      <c r="M196" s="9">
+        <v>84</v>
+      </c>
+      <c r="N196" s="16">
+        <v>88</v>
+      </c>
+      <c r="O196" s="16">
+        <v>78</v>
+      </c>
+      <c r="P196" s="17">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="197" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B197" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C197" s="9">
+        <v>181</v>
+      </c>
+      <c r="D197" s="9">
+        <v>176</v>
+      </c>
+      <c r="E197" s="9">
+        <v>172</v>
+      </c>
+      <c r="F197" s="9">
+        <v>170</v>
+      </c>
+      <c r="G197" s="9">
+        <v>167</v>
+      </c>
+      <c r="H197" s="9">
+        <v>163</v>
+      </c>
+      <c r="I197" s="9">
+        <v>160</v>
+      </c>
+      <c r="J197" s="9">
+        <v>156</v>
+      </c>
+      <c r="K197" s="9">
+        <v>153</v>
+      </c>
+      <c r="L197" s="9">
+        <v>150</v>
+      </c>
+      <c r="M197" s="9">
+        <v>150</v>
+      </c>
+      <c r="N197" s="16">
+        <v>143</v>
+      </c>
+      <c r="O197" s="16">
+        <v>155</v>
+      </c>
+      <c r="P197" s="17">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="198" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B198" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C198" s="9">
+        <v>498</v>
+      </c>
+      <c r="D198" s="9">
+        <v>498</v>
+      </c>
+      <c r="E198" s="9">
+        <v>498</v>
+      </c>
+      <c r="F198" s="9">
+        <v>498</v>
+      </c>
+      <c r="G198" s="9">
+        <v>498</v>
+      </c>
+      <c r="H198" s="9">
+        <v>498</v>
+      </c>
+      <c r="I198" s="9">
+        <v>498</v>
+      </c>
+      <c r="J198" s="9">
+        <v>498</v>
+      </c>
+      <c r="K198" s="9">
+        <v>498</v>
+      </c>
+      <c r="L198" s="9">
+        <v>498</v>
+      </c>
+      <c r="M198" s="9">
+        <v>508</v>
+      </c>
+      <c r="N198" s="16">
+        <v>486</v>
+      </c>
+      <c r="O198" s="16">
+        <v>498</v>
+      </c>
+      <c r="P198" s="17">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="199" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B199" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="C199" s="9">
+        <v>76</v>
+      </c>
+      <c r="D199" s="9">
+        <v>73</v>
+      </c>
+      <c r="E199" s="9">
+        <v>69</v>
+      </c>
+      <c r="F199" s="9">
+        <v>64</v>
+      </c>
+      <c r="G199" s="9">
+        <v>58</v>
+      </c>
+      <c r="H199" s="9">
+        <v>52</v>
+      </c>
+      <c r="I199" s="9">
+        <v>46</v>
+      </c>
+      <c r="J199" s="9">
+        <v>41</v>
+      </c>
+      <c r="K199" s="9">
+        <v>38</v>
+      </c>
+      <c r="L199" s="9">
+        <v>37</v>
+      </c>
+      <c r="M199" s="9">
+        <v>36</v>
+      </c>
+      <c r="N199" s="16">
+        <v>33</v>
+      </c>
+      <c r="O199" s="16">
+        <v>32</v>
+      </c>
+      <c r="P199" s="17">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="200" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B200" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C200" s="9">
+        <v>0</v>
+      </c>
+      <c r="D200" s="9">
+        <v>0</v>
+      </c>
+      <c r="E200" s="9">
+        <v>0</v>
+      </c>
+      <c r="F200" s="9">
+        <v>0</v>
+      </c>
+      <c r="G200" s="9">
+        <v>0</v>
+      </c>
+      <c r="H200" s="9">
+        <v>200</v>
+      </c>
+      <c r="I200" s="9">
+        <v>0</v>
+      </c>
+      <c r="J200" s="9">
+        <v>0</v>
+      </c>
+      <c r="K200" s="9">
+        <v>28</v>
+      </c>
+      <c r="L200" s="9">
+        <v>30</v>
+      </c>
+      <c r="M200" s="9">
+        <v>85</v>
+      </c>
+      <c r="N200" s="16">
+        <v>19</v>
+      </c>
+      <c r="O200" s="16">
+        <v>19</v>
+      </c>
+      <c r="P200" s="17">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="201" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B201" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="C201" s="9">
+        <v>12</v>
+      </c>
+      <c r="D201" s="9">
+        <v>10</v>
+      </c>
+      <c r="E201" s="9">
+        <v>12</v>
+      </c>
+      <c r="F201" s="9">
+        <v>11</v>
+      </c>
+      <c r="G201" s="9">
+        <v>15</v>
+      </c>
+      <c r="H201" s="9">
+        <v>16</v>
+      </c>
+      <c r="I201" s="9">
+        <v>9.1</v>
+      </c>
+      <c r="J201" s="9">
+        <v>12</v>
+      </c>
+      <c r="K201" s="9">
+        <v>10</v>
+      </c>
+      <c r="L201" s="9">
+        <v>11</v>
+      </c>
+      <c r="M201" s="9">
+        <v>10</v>
+      </c>
+      <c r="N201" s="16">
+        <v>7.6</v>
+      </c>
+      <c r="O201" s="16">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="P201" s="17">
+        <v>8.8000000000000007</v>
+      </c>
+    </row>
+    <row r="202" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B202" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="C202" s="9">
+        <v>19</v>
+      </c>
+      <c r="D202" s="9">
+        <v>19</v>
+      </c>
+      <c r="E202" s="9">
+        <v>23</v>
+      </c>
+      <c r="F202" s="9">
+        <v>21</v>
+      </c>
+      <c r="G202" s="9">
+        <v>21</v>
+      </c>
+      <c r="H202" s="9">
+        <v>16</v>
+      </c>
+      <c r="I202" s="9">
+        <v>18</v>
+      </c>
+      <c r="J202" s="9">
+        <v>17</v>
+      </c>
+      <c r="K202" s="9">
+        <v>21</v>
+      </c>
+      <c r="L202" s="9">
+        <v>18</v>
+      </c>
+      <c r="M202" s="9">
+        <v>18</v>
+      </c>
+      <c r="N202" s="16">
+        <v>13</v>
+      </c>
+      <c r="O202" s="16">
+        <v>18</v>
+      </c>
+      <c r="P202" s="17">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="203" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B203" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="C203" s="9">
+        <v>28</v>
+      </c>
+      <c r="D203" s="9">
+        <v>35</v>
+      </c>
+      <c r="E203" s="9">
+        <v>37</v>
+      </c>
+      <c r="F203" s="9">
+        <v>35</v>
+      </c>
+      <c r="G203" s="9">
+        <v>35</v>
+      </c>
+      <c r="H203" s="9">
+        <v>38</v>
+      </c>
+      <c r="I203" s="9">
+        <v>38</v>
+      </c>
+      <c r="J203" s="9">
+        <v>34</v>
+      </c>
+      <c r="K203" s="9">
+        <v>35</v>
+      </c>
+      <c r="L203" s="9">
+        <v>35</v>
+      </c>
+      <c r="M203" s="9">
+        <v>36</v>
+      </c>
+      <c r="N203" s="16">
+        <v>36</v>
+      </c>
+      <c r="O203" s="16">
+        <v>37</v>
+      </c>
+      <c r="P203" s="17">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="204" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B204" s="14" t="s">
+        <v>216</v>
+      </c>
+      <c r="C204" s="9">
+        <v>25</v>
+      </c>
+      <c r="D204" s="9">
+        <v>24</v>
+      </c>
+      <c r="E204" s="9">
+        <v>22</v>
+      </c>
+      <c r="F204" s="9">
+        <v>20</v>
+      </c>
+      <c r="G204" s="9">
+        <v>20</v>
+      </c>
+      <c r="H204" s="9">
+        <v>18</v>
+      </c>
+      <c r="I204" s="9">
+        <v>18</v>
+      </c>
+      <c r="J204" s="9">
+        <v>17</v>
+      </c>
+      <c r="K204" s="9">
+        <v>16</v>
+      </c>
+      <c r="L204" s="9">
+        <v>16</v>
+      </c>
+      <c r="M204" s="9">
+        <v>15</v>
+      </c>
+      <c r="N204" s="16">
+        <v>18</v>
+      </c>
+      <c r="O204" s="16">
+        <v>14</v>
+      </c>
+      <c r="P204" s="17">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="205" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B205" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C205" s="9">
+        <v>79</v>
+      </c>
+      <c r="D205" s="9">
+        <v>66</v>
+      </c>
+      <c r="E205" s="9">
+        <v>70</v>
+      </c>
+      <c r="F205" s="9">
+        <v>71</v>
+      </c>
+      <c r="G205" s="9">
+        <v>58</v>
+      </c>
+      <c r="H205" s="9">
+        <v>49</v>
+      </c>
+      <c r="I205" s="9">
+        <v>46</v>
+      </c>
+      <c r="J205" s="9">
+        <v>43</v>
+      </c>
+      <c r="K205" s="9">
+        <v>46</v>
+      </c>
+      <c r="L205" s="9">
+        <v>45</v>
+      </c>
+      <c r="M205" s="9">
+        <v>47</v>
+      </c>
+      <c r="N205" s="16">
+        <v>47</v>
+      </c>
+      <c r="O205" s="16">
+        <v>48</v>
+      </c>
+      <c r="P205" s="17">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="206" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B206" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="C206" s="9">
+        <v>21</v>
+      </c>
+      <c r="D206" s="9">
+        <v>31</v>
+      </c>
+      <c r="E206" s="9">
+        <v>27</v>
+      </c>
+      <c r="F206" s="9">
+        <v>6.6</v>
+      </c>
+      <c r="G206" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="H206" s="9">
+        <v>6.4</v>
+      </c>
+      <c r="I206" s="9">
+        <v>6.3</v>
+      </c>
+      <c r="J206" s="9">
+        <v>12</v>
+      </c>
+      <c r="K206" s="9">
+        <v>6.1</v>
+      </c>
+      <c r="L206" s="9">
+        <v>12</v>
+      </c>
+      <c r="M206" s="9">
+        <v>11</v>
+      </c>
+      <c r="N206" s="16">
+        <v>0</v>
+      </c>
+      <c r="O206" s="16">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="P206" s="17">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="207" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B207" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C207" s="9">
+        <v>153</v>
+      </c>
+      <c r="D207" s="9">
+        <v>130</v>
+      </c>
+      <c r="E207" s="9">
+        <v>203</v>
+      </c>
+      <c r="F207" s="9">
+        <v>191</v>
+      </c>
+      <c r="G207" s="9">
+        <v>157</v>
+      </c>
+      <c r="H207" s="9">
+        <v>207</v>
+      </c>
+      <c r="I207" s="9">
+        <v>205</v>
+      </c>
+      <c r="J207" s="9">
+        <v>233</v>
+      </c>
+      <c r="K207" s="9">
+        <v>270</v>
+      </c>
+      <c r="L207" s="9">
+        <v>296</v>
+      </c>
+      <c r="M207" s="9">
+        <v>296</v>
+      </c>
+      <c r="N207" s="16">
+        <v>296</v>
+      </c>
+      <c r="O207" s="16">
+        <v>296</v>
+      </c>
+      <c r="P207" s="17">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="208" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B208" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C208" s="9">
+        <v>210</v>
+      </c>
+      <c r="D208" s="9">
+        <v>207</v>
+      </c>
+      <c r="E208" s="9">
+        <v>205</v>
+      </c>
+      <c r="F208" s="9">
+        <v>203</v>
+      </c>
+      <c r="G208" s="9">
+        <v>202</v>
+      </c>
+      <c r="H208" s="9">
+        <v>202</v>
+      </c>
+      <c r="I208" s="9">
+        <v>201</v>
+      </c>
+      <c r="J208" s="9">
+        <v>201</v>
+      </c>
+      <c r="K208" s="9">
+        <v>200</v>
+      </c>
+      <c r="L208" s="9">
+        <v>200</v>
+      </c>
+      <c r="M208" s="9">
+        <v>196</v>
+      </c>
+      <c r="N208" s="16">
+        <v>199</v>
+      </c>
+      <c r="O208" s="16">
+        <v>198</v>
+      </c>
+      <c r="P208" s="17">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="209" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B209" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C209" s="9">
+        <v>110</v>
+      </c>
+      <c r="D209" s="9">
+        <v>105</v>
+      </c>
+      <c r="E209" s="9">
+        <v>101</v>
+      </c>
+      <c r="F209" s="9">
+        <v>96</v>
+      </c>
+      <c r="G209" s="9">
+        <v>94</v>
+      </c>
+      <c r="H209" s="9">
+        <v>91</v>
+      </c>
+      <c r="I209" s="9">
+        <v>87</v>
+      </c>
+      <c r="J209" s="9">
+        <v>84</v>
+      </c>
+      <c r="K209" s="9">
+        <v>80</v>
+      </c>
+      <c r="L209" s="9">
+        <v>77</v>
+      </c>
+      <c r="M209" s="9">
+        <v>73</v>
+      </c>
+      <c r="N209" s="16">
+        <v>71</v>
+      </c>
+      <c r="O209" s="16">
+        <v>90</v>
+      </c>
+      <c r="P209" s="17">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="210" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B210" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C210" s="9">
+        <v>1.8</v>
+      </c>
+      <c r="D210" s="9">
+        <v>1.3</v>
+      </c>
+      <c r="E210" s="9">
+        <v>0.99</v>
+      </c>
+      <c r="F210" s="9">
         <v>1</v>
       </c>
-      <c r="C5" s="9">
-[...76 lines deleted...]
-      <c r="M6" s="11">
+      <c r="G210" s="9">
+        <v>0.75</v>
+      </c>
+      <c r="H210" s="9">
+        <v>0.76</v>
+      </c>
+      <c r="I210" s="9">
+        <v>0.79</v>
+      </c>
+      <c r="J210" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="K210" s="9">
+        <v>0.98</v>
+      </c>
+      <c r="L210" s="9">
+        <v>0.94</v>
+      </c>
+      <c r="M210" s="9">
+        <v>0.79</v>
+      </c>
+      <c r="N210" s="16">
+        <v>0.82</v>
+      </c>
+      <c r="O210" s="16">
+        <v>0.76</v>
+      </c>
+      <c r="P210" s="17">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="211" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B211" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="C211" s="9">
+        <v>14</v>
+      </c>
+      <c r="D211" s="9">
+        <v>15</v>
+      </c>
+      <c r="E211" s="9">
+        <v>14</v>
+      </c>
+      <c r="F211" s="9">
+        <v>13</v>
+      </c>
+      <c r="G211" s="9">
+        <v>11</v>
+      </c>
+      <c r="H211" s="9">
+        <v>10</v>
+      </c>
+      <c r="I211" s="9">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="J211" s="9">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="K211" s="9">
+        <v>8</v>
+      </c>
+      <c r="L211" s="9">
+        <v>8</v>
+      </c>
+      <c r="M211" s="9">
+        <v>6.9</v>
+      </c>
+      <c r="N211" s="16">
+        <v>6.3</v>
+      </c>
+      <c r="O211" s="16">
+        <v>7.6</v>
+      </c>
+      <c r="P211" s="17">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="212" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B212" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C212" s="9">
+        <v>426</v>
+      </c>
+      <c r="D212" s="9">
+        <v>401</v>
+      </c>
+      <c r="E212" s="9">
+        <v>378</v>
+      </c>
+      <c r="F212" s="9">
+        <v>336</v>
+      </c>
+      <c r="G212" s="9">
+        <v>327</v>
+      </c>
+      <c r="H212" s="9">
+        <v>306</v>
+      </c>
+      <c r="I212" s="9">
+        <v>287</v>
+      </c>
+      <c r="J212" s="9">
+        <v>269</v>
+      </c>
+      <c r="K212" s="9">
+        <v>253</v>
+      </c>
+      <c r="L212" s="9">
+        <v>237</v>
+      </c>
+      <c r="M212" s="9">
+        <v>222</v>
+      </c>
+      <c r="N212" s="16">
+        <v>208</v>
+      </c>
+      <c r="O212" s="16">
+        <v>195</v>
+      </c>
+      <c r="P212" s="17">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="213" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B213" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="C213" s="9">
+        <v>4.2</v>
+      </c>
+      <c r="D213" s="9">
+        <v>3.9</v>
+      </c>
+      <c r="E213" s="9">
+        <v>3.6</v>
+      </c>
+      <c r="F213" s="9">
+        <v>3.3</v>
+      </c>
+      <c r="G213" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="H213" s="9">
+        <v>3.2</v>
+      </c>
+      <c r="I213" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="J213" s="9">
+        <v>3.1</v>
+      </c>
+      <c r="K213" s="9">
+        <v>3</v>
+      </c>
+      <c r="L213" s="9">
+        <v>3</v>
+      </c>
+      <c r="M213" s="9">
+        <v>2.4</v>
+      </c>
+      <c r="N213" s="16">
+        <v>2.6</v>
+      </c>
+      <c r="O213" s="16">
+        <v>2.6</v>
+      </c>
+      <c r="P213" s="17">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="214" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B214" s="14" t="s">
+        <v>221</v>
+      </c>
+      <c r="C214" s="9">
+        <v>24</v>
+      </c>
+      <c r="D214" s="9">
+        <v>28</v>
+      </c>
+      <c r="E214" s="9">
+        <v>27</v>
+      </c>
+      <c r="F214" s="9">
+        <v>30</v>
+      </c>
+      <c r="G214" s="9">
+        <v>29</v>
+      </c>
+      <c r="H214" s="9">
+        <v>30</v>
+      </c>
+      <c r="I214" s="9">
+        <v>30</v>
+      </c>
+      <c r="J214" s="9">
+        <v>31</v>
+      </c>
+      <c r="K214" s="9">
+        <v>33</v>
+      </c>
+      <c r="L214" s="9">
+        <v>35</v>
+      </c>
+      <c r="M214" s="9">
+        <v>32</v>
+      </c>
+      <c r="N214" s="16">
+        <v>32</v>
+      </c>
+      <c r="O214" s="16">
+        <v>38</v>
+      </c>
+      <c r="P214" s="17">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="215" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B215" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C215" s="9">
+        <v>97</v>
+      </c>
+      <c r="D215" s="9">
+        <v>93</v>
+      </c>
+      <c r="E215" s="9">
+        <v>89</v>
+      </c>
+      <c r="F215" s="9">
+        <v>86</v>
+      </c>
+      <c r="G215" s="9">
+        <v>82</v>
+      </c>
+      <c r="H215" s="9">
+        <v>79</v>
+      </c>
+      <c r="I215" s="9">
+        <v>76</v>
+      </c>
+      <c r="J215" s="9">
+        <v>73</v>
+      </c>
+      <c r="K215" s="9">
+        <v>70</v>
+      </c>
+      <c r="L215" s="9">
+        <v>67</v>
+      </c>
+      <c r="M215" s="9">
+        <v>66</v>
+      </c>
+      <c r="N215" s="16">
+        <v>62</v>
+      </c>
+      <c r="O215" s="16">
+        <v>83</v>
+      </c>
+      <c r="P215" s="17">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="216" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B216" s="14" t="s">
+        <v>222</v>
+      </c>
+      <c r="C216" s="9">
+        <v>69</v>
+      </c>
+      <c r="D216" s="9">
+        <v>67</v>
+      </c>
+      <c r="E216" s="9">
+        <v>65</v>
+      </c>
+      <c r="F216" s="9">
+        <v>62</v>
+      </c>
+      <c r="G216" s="9">
+        <v>63</v>
+      </c>
+      <c r="H216" s="9">
+        <v>63</v>
+      </c>
+      <c r="I216" s="9">
+        <v>56</v>
+      </c>
+      <c r="J216" s="9">
+        <v>51</v>
+      </c>
+      <c r="K216" s="9">
+        <v>46</v>
+      </c>
+      <c r="L216" s="9">
+        <v>41</v>
+      </c>
+      <c r="M216" s="9">
+        <v>38</v>
+      </c>
+      <c r="N216" s="16">
+        <v>34</v>
+      </c>
+      <c r="O216" s="16">
+        <v>30</v>
+      </c>
+      <c r="P216" s="17">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="217" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B217" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C217" s="9">
+        <v>28</v>
+      </c>
+      <c r="D217" s="9">
+        <v>27</v>
+      </c>
+      <c r="E217" s="9">
+        <v>28</v>
+      </c>
+      <c r="F217" s="9">
+        <v>28</v>
+      </c>
+      <c r="G217" s="9">
+        <v>27</v>
+      </c>
+      <c r="H217" s="9">
+        <v>30</v>
+      </c>
+      <c r="I217" s="9">
+        <v>34</v>
+      </c>
+      <c r="J217" s="9">
+        <v>45</v>
+      </c>
+      <c r="K217" s="9">
+        <v>48</v>
+      </c>
+      <c r="L217" s="9">
+        <v>45</v>
+      </c>
+      <c r="M217" s="9">
+        <v>47</v>
+      </c>
+      <c r="N217" s="16">
+        <v>47</v>
+      </c>
+      <c r="O217" s="16">
+        <v>46</v>
+      </c>
+      <c r="P217" s="17">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="218" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B218" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C218" s="9">
+        <v>231</v>
+      </c>
+      <c r="D218" s="9">
+        <v>225</v>
+      </c>
+      <c r="E218" s="9">
+        <v>218</v>
+      </c>
+      <c r="F218" s="9">
+        <v>212</v>
+      </c>
+      <c r="G218" s="9">
+        <v>205</v>
+      </c>
+      <c r="H218" s="9">
+        <v>199</v>
+      </c>
+      <c r="I218" s="9">
         <v>193</v>
       </c>
-      <c r="N6" s="12">
-[...22 lines deleted...]
-      <c r="F7" s="11">
+      <c r="J218" s="9">
+        <v>188</v>
+      </c>
+      <c r="K218" s="9">
+        <v>182</v>
+      </c>
+      <c r="L218" s="9">
+        <v>176</v>
+      </c>
+      <c r="M218" s="9">
+        <v>176</v>
+      </c>
+      <c r="N218" s="16">
+        <v>173</v>
+      </c>
+      <c r="O218" s="16">
+        <v>176</v>
+      </c>
+      <c r="P218" s="17">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="219" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B219" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="C219" s="9">
+        <v>44</v>
+      </c>
+      <c r="D219" s="9">
+        <v>18</v>
+      </c>
+      <c r="E219" s="9">
+        <v>20</v>
+      </c>
+      <c r="F219" s="9">
         <v>19</v>
       </c>
-      <c r="G7" s="11">
-[...102 lines deleted...]
-      <c r="J9" s="11">
+      <c r="G219" s="9">
+        <v>0</v>
+      </c>
+      <c r="H219" s="9">
+        <v>0</v>
+      </c>
+      <c r="I219" s="9">
+        <v>0</v>
+      </c>
+      <c r="J219" s="9">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="K219" s="9">
+        <v>0</v>
+      </c>
+      <c r="L219" s="9">
         <v>10</v>
       </c>
-      <c r="K9" s="11">
+      <c r="M219" s="9">
         <v>0</v>
       </c>
-      <c r="L9" s="11">
-[...66 lines deleted...]
-      <c r="C11" s="11">
+      <c r="N219" s="16">
+        <v>1.9</v>
+      </c>
+      <c r="O219" s="16">
+        <v>1.9</v>
+      </c>
+      <c r="P219" s="17">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="220" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B220" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C220" s="9">
+        <v>52</v>
+      </c>
+      <c r="D220" s="9">
+        <v>50</v>
+      </c>
+      <c r="E220" s="9">
+        <v>48</v>
+      </c>
+      <c r="F220" s="9">
+        <v>48</v>
+      </c>
+      <c r="G220" s="9">
+        <v>48</v>
+      </c>
+      <c r="H220" s="9">
+        <v>48</v>
+      </c>
+      <c r="I220" s="9">
+        <v>48</v>
+      </c>
+      <c r="J220" s="9">
+        <v>48</v>
+      </c>
+      <c r="K220" s="9">
+        <v>48</v>
+      </c>
+      <c r="L220" s="9">
+        <v>48</v>
+      </c>
+      <c r="M220" s="9">
+        <v>49</v>
+      </c>
+      <c r="N220" s="16">
+        <v>48</v>
+      </c>
+      <c r="O220" s="16">
+        <v>48</v>
+      </c>
+      <c r="P220" s="17">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="221" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B221" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C221" s="9">
+        <v>495</v>
+      </c>
+      <c r="D221" s="9">
+        <v>475</v>
+      </c>
+      <c r="E221" s="9">
+        <v>456</v>
+      </c>
+      <c r="F221" s="9">
+        <v>437</v>
+      </c>
+      <c r="G221" s="9">
+        <v>406</v>
+      </c>
+      <c r="H221" s="9">
+        <v>391</v>
+      </c>
+      <c r="I221" s="9">
+        <v>376</v>
+      </c>
+      <c r="J221" s="9">
+        <v>361</v>
+      </c>
+      <c r="K221" s="9">
+        <v>346</v>
+      </c>
+      <c r="L221" s="9">
+        <v>333</v>
+      </c>
+      <c r="M221" s="9">
+        <v>319</v>
+      </c>
+      <c r="N221" s="16">
+        <v>307</v>
+      </c>
+      <c r="O221" s="16">
+        <v>295</v>
+      </c>
+      <c r="P221" s="17">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="222" spans="2:16" s="5" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B222" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C222" s="10">
+        <v>416</v>
+      </c>
+      <c r="D222" s="10">
         <v>384</v>
       </c>
-      <c r="D11" s="11">
-[...20 lines deleted...]
-      <c r="K11" s="11">
+      <c r="E222" s="10">
         <v>355</v>
       </c>
-      <c r="L11" s="11">
-[...489 lines deleted...]
-      <c r="C22" s="3">
+      <c r="F222" s="10">
+        <v>304</v>
+      </c>
+      <c r="G222" s="10">
+        <v>278</v>
+      </c>
+      <c r="H222" s="10">
+        <v>242</v>
+      </c>
+      <c r="I222" s="10">
+        <v>233</v>
+      </c>
+      <c r="J222" s="10">
         <v>221</v>
       </c>
-      <c r="D22" s="3">
-[...334 lines deleted...]
-      <c r="F29" s="3">
+      <c r="K222" s="10">
+        <v>210</v>
+      </c>
+      <c r="L222" s="10">
+        <v>199</v>
+      </c>
+      <c r="M222" s="10">
+        <v>193</v>
+      </c>
+      <c r="N222" s="16">
         <v>190</v>
       </c>
-      <c r="G29" s="3">
-[...1653 lines deleted...]
-      <c r="N64" s="12">
+      <c r="O222" s="16">
         <v>204</v>
       </c>
-      <c r="O64" s="13">
-[...7323 lines deleted...]
-      <c r="P221">
+      <c r="P222" s="17">
         <v>211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+      <vt:lpstr>Incidence par pays-24-ok</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>