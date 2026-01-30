--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,1874 +1,1961 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{11C5925A-4ABA-4D7A-9E70-A8EB4E847CDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Pays forte endémie-24-ok" sheetId="12" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Pays forte endémie-24-ok'!$A$1:$F$110</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
+  <si>
+    <t>Pays</t>
+  </si>
+  <si>
+    <t>Afghanistan</t>
+  </si>
+  <si>
+    <t>Algeria</t>
+  </si>
+  <si>
+    <t>Angola</t>
+  </si>
+  <si>
+    <t>Azerbaijan</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Bhutan</t>
+  </si>
+  <si>
+    <t>Bolivia (Plurinational State of)</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>Brunei Darussalam</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Cambodia</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Congo</t>
+  </si>
+  <si>
+    <t>Democratic People's Republic of Korea</t>
+  </si>
+  <si>
+    <t>Democratic Republic of the Congo</t>
+  </si>
+  <si>
+    <t>Djibouti</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea</t>
+  </si>
+  <si>
+    <t>Eritrea</t>
+  </si>
+  <si>
+    <t>Eswatini</t>
+  </si>
+  <si>
+    <t>Ethiopia</t>
+  </si>
+  <si>
+    <t>Fiji</t>
+  </si>
+  <si>
+    <t>Gabon</t>
+  </si>
+  <si>
+    <t>Gambia</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>Greenland</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Haiti</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Kiribati</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>Lao People's Democratic Republic</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>Madagascar</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>Marshall Islands</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>Micronesia (Federated States of)</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>Myanmar</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Nauru</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t>Nigeria</t>
+  </si>
+  <si>
+    <t>Niue</t>
+  </si>
+  <si>
+    <t>Northern Mariana Islands</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Palau</t>
+  </si>
+  <si>
+    <t>Papua New Guinea</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Republic of Moldova</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>Sao Tome and Principe</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>Sierra Leone</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>Somalia</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>South Sudan</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>Sudan</t>
+  </si>
+  <si>
+    <t>Tajikistan</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>Turkmenistan</t>
+  </si>
+  <si>
+    <t>Tuvalu</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>United Republic of Tanzania</t>
+  </si>
+  <si>
+    <t>Uzbekistan</t>
+  </si>
+  <si>
+    <t>Venezuela (Bolivarian Republic of)</t>
+  </si>
+  <si>
+    <t>Viet Nam</t>
+  </si>
+  <si>
+    <t>Yemen</t>
+  </si>
+  <si>
+    <t>Zambia</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>Incidence/100.000</t>
+  </si>
+  <si>
+    <t>Cabo Verde</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
   <si>
     <t>Liste des pays de haute endémie tuberculeuse (taux d’incidence &gt; 40 cas de tuberculose maladie/100.000 habitants), année 2023</t>
   </si>
   <si>
     <t>Source: OMS (https://www.who.int/teams/global-tuberculosis-programme/data, traitement Santé publique France)</t>
   </si>
   <si>
-    <t>Pays</t>
-[...323 lines deleted...]
-    <t>Zimbabwe</t>
+    <t>Mise à jour: 19/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="5" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="11"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
       <right/>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>43</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>79375</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>396875</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>44</xdr:col>
-      <xdr:colOff>178940</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1522758</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>299877</xdr:rowOff>
+      <xdr:rowOff>629890</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Image 10"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="26891457" y="79375"/>
-[...44 lines deleted...]
-          <a:ext cx="1141319" cy="583826"/>
+          <a:off x="7292975" y="238125"/>
+          <a:ext cx="1125883" cy="572740"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:E112"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="B2:E113"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="G6" sqref="G6"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.5546875" style="2"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="11.5546875" style="2"/>
+    <col min="1" max="1" width="11.453125" style="1"/>
+    <col min="2" max="2" width="87.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22" style="11" customWidth="1"/>
+    <col min="4" max="4" width="5.7265625" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:5" s="2" customFormat="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B2" s="3" t="s">
+    <row r="2" spans="2:5" ht="60" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" s="10"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+    </row>
+    <row r="3" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B3" s="2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="4" spans="2:5" x14ac:dyDescent="0.3">
+      <c r="B4" s="2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" s="6" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="3"/>
-[...4 lines deleted...]
-      <c r="B3" s="4" t="s">
+      <c r="C6" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D6" s="5"/>
+    </row>
+    <row r="7" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="7" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="C7" s="13">
+        <v>180</v>
+      </c>
+      <c r="D7" s="8"/>
+    </row>
+    <row r="8" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="C8" s="13">
+        <v>47</v>
+      </c>
+      <c r="D8" s="8"/>
+    </row>
+    <row r="9" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="6"/>
-[...2 lines deleted...]
-      <c r="B6" s="8" t="s">
+      <c r="C9" s="13">
+        <v>339</v>
+      </c>
+      <c r="D9" s="8"/>
+    </row>
+    <row r="10" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="9">
-[...5 lines deleted...]
-      <c r="B7" s="8" t="s">
+      <c r="C10" s="13">
+        <v>72</v>
+      </c>
+      <c r="D10" s="8"/>
+    </row>
+    <row r="11" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="9">
+      <c r="C11" s="13">
+        <v>221</v>
+      </c>
+      <c r="D11" s="8"/>
+    </row>
+    <row r="12" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" s="13">
+        <v>51</v>
+      </c>
+      <c r="D12" s="8"/>
+    </row>
+    <row r="13" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="13">
+        <v>164</v>
+      </c>
+      <c r="D13" s="8"/>
+    </row>
+    <row r="14" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="13">
+        <v>105</v>
+      </c>
+      <c r="D14" s="8"/>
+    </row>
+    <row r="15" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="13">
+        <v>244</v>
+      </c>
+      <c r="D15" s="8"/>
+    </row>
+    <row r="16" spans="2:5" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="13">
+        <v>49</v>
+      </c>
+      <c r="D16" s="8"/>
+    </row>
+    <row r="17" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="13">
+        <v>65</v>
+      </c>
+      <c r="D17" s="8"/>
+    </row>
+    <row r="18" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C18" s="13">
+        <v>43</v>
+      </c>
+      <c r="D18" s="8"/>
+    </row>
+    <row r="19" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" s="13">
+        <v>94</v>
+      </c>
+      <c r="D19" s="8"/>
+    </row>
+    <row r="20" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="13">
+        <v>119</v>
+      </c>
+      <c r="D20" s="8"/>
+    </row>
+    <row r="21" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" s="13">
         <v>47</v>
       </c>
-      <c r="D7" s="10"/>
-[...14 lines deleted...]
-      <c r="C9" s="9">
+      <c r="D21" s="8"/>
+    </row>
+    <row r="22" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="13">
+        <v>335</v>
+      </c>
+      <c r="D22" s="8"/>
+    </row>
+    <row r="23" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C23" s="13">
+        <v>150</v>
+      </c>
+      <c r="D23" s="8"/>
+    </row>
+    <row r="24" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C24" s="13">
+        <v>540</v>
+      </c>
+      <c r="D24" s="8"/>
+    </row>
+    <row r="25" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="13">
+        <v>139</v>
+      </c>
+      <c r="D25" s="8"/>
+    </row>
+    <row r="26" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C26" s="13">
+        <v>52</v>
+      </c>
+      <c r="D26" s="8"/>
+    </row>
+    <row r="27" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="13">
+        <v>46</v>
+      </c>
+      <c r="D27" s="8"/>
+    </row>
+    <row r="28" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="13">
+        <v>368</v>
+      </c>
+      <c r="D28" s="8"/>
+    </row>
+    <row r="29" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="13">
+        <v>513</v>
+      </c>
+      <c r="D29" s="8"/>
+    </row>
+    <row r="30" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C30" s="13">
+        <v>316</v>
+      </c>
+      <c r="D30" s="8"/>
+    </row>
+    <row r="31" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="C31" s="13">
+        <v>218</v>
+      </c>
+      <c r="D31" s="8"/>
+    </row>
+    <row r="32" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="13">
+        <v>42</v>
+      </c>
+      <c r="D32" s="8"/>
+    </row>
+    <row r="33" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="13">
+        <v>58</v>
+      </c>
+      <c r="D33" s="8"/>
+    </row>
+    <row r="34" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C34" s="13">
+        <v>84</v>
+      </c>
+      <c r="D34" s="8"/>
+    </row>
+    <row r="35" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35" s="13">
+        <v>274</v>
+      </c>
+      <c r="D35" s="8"/>
+    </row>
+    <row r="36" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C36" s="13">
+        <v>65</v>
+      </c>
+      <c r="D36" s="8"/>
+    </row>
+    <row r="37" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C37" s="13">
+        <v>350</v>
+      </c>
+      <c r="D37" s="8"/>
+    </row>
+    <row r="38" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C38" s="13">
+        <v>146</v>
+      </c>
+      <c r="D38" s="8"/>
+    </row>
+    <row r="39" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C39" s="13">
+        <v>66</v>
+      </c>
+      <c r="D39" s="8"/>
+    </row>
+    <row r="40" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C40" s="13">
+        <v>505</v>
+      </c>
+      <c r="D40" s="8"/>
+    </row>
+    <row r="41" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C41" s="13">
+        <v>142</v>
+      </c>
+      <c r="D41" s="8"/>
+    </row>
+    <row r="42" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C42" s="13">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C43" s="13">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C44" s="13">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C45" s="13">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C46" s="13">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C47" s="13">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C48" s="13">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="49" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C49" s="13">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="50" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C50" s="13">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="51" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C51" s="13">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="52" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C52" s="13">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="53" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C53" s="13">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="54" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C54" s="13">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="55" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C55" s="13">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="56" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C56" s="13">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="57" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C57" s="13">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="58" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C58" s="13">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="59" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B59" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C59" s="13">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="60" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C60" s="13">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="61" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C61" s="13">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="62" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B62" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C62" s="13">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="63" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B63" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C63" s="13">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="64" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C64" s="13">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="65" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B65" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C65" s="13">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="66" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C66" s="13">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="67" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B67" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C67" s="13">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="68" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B68" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C68" s="13">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="69" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B69" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C69" s="13">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="70" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C70" s="13">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="71" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C71" s="13">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="72" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C72" s="13">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="73" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C73" s="13">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="74" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C74" s="13">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="75" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B75" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" s="13">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="76" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C76" s="13">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="77" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B77" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C77" s="13">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="78" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B78" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C78" s="13">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="79" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B79" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C79" s="13">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="80" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B80" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C80" s="13">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="81" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C81" s="13">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="82" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="D9" s="10"/>
-[...50 lines deleted...]
-      <c r="C15" s="9">
+      <c r="C82" s="13">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="83" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B83" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C83" s="13">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="84" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C84" s="13">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="85" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B85" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C85" s="13">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="86" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C86" s="13">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="87" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C87" s="13">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="88" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B88" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="C88" s="13">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="89" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C89" s="13">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="90" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B90" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C90" s="13">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="91" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C91" s="13">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="92" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B92" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C92" s="13">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="93" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B93" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C93" s="13">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="94" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="C94" s="13">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="95" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C95" s="13">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="96" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C96" s="13">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="97" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C97" s="13">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="98" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="C98" s="13">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="99" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="C99" s="13">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="100" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B100" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="C100" s="13">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="101" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="C101" s="13">
         <v>49</v>
       </c>
-      <c r="D15" s="10"/>
-[...23 lines deleted...]
-      <c r="C18" s="9">
+    </row>
+    <row r="102" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B102" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C102" s="13">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="103" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C103" s="13">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="104" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B104" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="D18" s="10"/>
-[...113 lines deleted...]
-      <c r="C31" s="9">
+      <c r="C104" s="13">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="105" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C105" s="13">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="106" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="C106" s="13">
         <v>42</v>
       </c>
-      <c r="D31" s="10"/>
-[...99 lines deleted...]
-      <c r="B43" s="8" t="s">
+    </row>
+    <row r="107" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C107" s="13">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="108" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B108" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="C108" s="13">
         <v>41</v>
       </c>
-      <c r="C43" s="9">
+    </row>
+    <row r="109" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B109" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C109" s="13">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="110" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="C110" s="13">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="111" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B111" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C111" s="13">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="112" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B112" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C112" s="13">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="113" spans="2:3" s="9" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="7" t="s">
         <v>101</v>
       </c>
-    </row>
-[...548 lines deleted...]
-      <c r="C112" s="9">
+      <c r="C113" s="13">
         <v>211</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-[...1 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="59" max="5" man="1"/>
+  </rowBreaks>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Pays forte endémie-24-ok</vt:lpstr>
+      <vt:lpstr>'Pays forte endémie-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>