--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,1282 +1,1451 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Màj données 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Web_validation\invs\00_refonte_site\dossier thematique\tuberculose\Maj donnees 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8C9EFB16-6EA8-427C-B362-22FFBE539EA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12315"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Cas et taux-24-ok" sheetId="2" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <definedNames>
+    <definedName name="_AMO_UniqueIdentifier" hidden="1">"'9a9ae8b3-3a05-4ea0-8e24-f107012a7a53'"</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Cas et taux-24-ok'!$A$1:$K$59</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-      <x15:workbookPr chartTrackingRefBase="1"/>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
-  <si>
-[...1 lines deleted...]
-  </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre de cas </t>
   </si>
   <si>
     <t xml:space="preserve">Taux pour 100 000 </t>
   </si>
   <si>
     <t>2007 *</t>
   </si>
   <si>
     <t> 2010</t>
   </si>
   <si>
     <t> 5 049</t>
   </si>
   <si>
+    <t>* sans la Corse-du-Sud.</t>
+  </si>
+  <si>
+    <t>Nombre de cas de tuberculose maladie déclarés et taux de déclaration pour 100 000 habitants, France métropolitaine, 1972-2024</t>
+  </si>
+  <si>
     <r>
-      <t>Sources : Santé publique France (déclaration obligatoire de tuberculose, mise à jour le 15 janvier 2025), 
+      <t>Sources : Santé publique France (déclaration obligatoire de tuberculose, mise à jour le 17 septembre 2025), 
 Insee (recensements de population, estimations localisées de population au 1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="10"/>
+        <sz val="14"/>
+        <color theme="0" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>er</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
+        <sz val="14"/>
+        <color theme="0" tint="-0.499984740745262"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> janvier à partir de 1993, mise à jour le  15 janvier 2024).</t>
+      <t xml:space="preserve"> janvier à partir de 1993, mise à jour le  15 janvier 2025).</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>* sans la Corse-du-Sud.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Bahnschrift"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="14"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...3 lines deleted...]
-    <font>
       <b/>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <sz val="10"/>
+      <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF004192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
+      <bottom style="hair">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right style="hair">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...5 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF004192"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>9525</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>501650</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>117474</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>64060</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>2131904</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>12699</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Image 1"/>
+        <xdr:cNvPr id="2" name="Image 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5613400" y="933450"/>
-          <a:ext cx="1057621" cy="587935"/>
+          <a:off x="5835650" y="660399"/>
+          <a:ext cx="1630254" cy="882650"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M58"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:M60"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I1" sqref="I1"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="4.109375" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="14" max="16384" width="11.5546875" style="1"/>
+    <col min="1" max="2" width="5.26953125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="34.453125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="31.1796875" style="3" customWidth="1"/>
+    <col min="5" max="5" width="34.36328125" style="3" customWidth="1"/>
+    <col min="6" max="12" width="14" style="1" customWidth="1"/>
+    <col min="13" max="13" width="16" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-      <c r="B2" s="3" t="s">
+    <row r="1" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:5" ht="78" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C2" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="21"/>
+      <c r="E2" s="4"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A3" s="2"/>
+    </row>
+    <row r="4" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C4" s="9" t="s">
         <v>0</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C4" s="4" t="s">
+      <c r="D4" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="6" t="s">
+    </row>
+    <row r="5" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="12">
+        <v>1972</v>
+      </c>
+      <c r="D5" s="13">
+        <v>31167</v>
+      </c>
+      <c r="E5" s="12">
+        <v>60.3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="12">
+        <v>1973</v>
+      </c>
+      <c r="D6" s="13">
+        <v>29525</v>
+      </c>
+      <c r="E6" s="12">
+        <v>56.6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C7" s="12">
+        <v>1974</v>
+      </c>
+      <c r="D7" s="13">
+        <v>26861</v>
+      </c>
+      <c r="E7" s="12">
+        <v>51.2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="12">
+        <v>1975</v>
+      </c>
+      <c r="D8" s="13">
+        <v>25479</v>
+      </c>
+      <c r="E8" s="12">
+        <v>48.4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="12">
+        <v>1976</v>
+      </c>
+      <c r="D9" s="13">
+        <v>22209</v>
+      </c>
+      <c r="E9" s="12">
+        <v>42.1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C10" s="12">
+        <v>1977</v>
+      </c>
+      <c r="D10" s="13">
+        <v>20179</v>
+      </c>
+      <c r="E10" s="12">
+        <v>38.1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="12">
+        <v>1978</v>
+      </c>
+      <c r="D11" s="13">
+        <v>18911</v>
+      </c>
+      <c r="E11" s="12">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="12">
+        <v>1979</v>
+      </c>
+      <c r="D12" s="13">
+        <v>17361</v>
+      </c>
+      <c r="E12" s="12">
+        <v>32.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C13" s="12">
+        <v>1980</v>
+      </c>
+      <c r="D13" s="13">
+        <v>16367</v>
+      </c>
+      <c r="E13" s="12">
+        <v>30.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="12">
+        <v>1981</v>
+      </c>
+      <c r="D14" s="13">
+        <v>14977</v>
+      </c>
+      <c r="E14" s="12">
+        <v>27.7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C15" s="12">
+        <v>1982</v>
+      </c>
+      <c r="D15" s="13">
+        <v>14724</v>
+      </c>
+      <c r="E15" s="12">
+        <v>27.1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="12">
+        <v>1983</v>
+      </c>
+      <c r="D16" s="13">
+        <v>13745</v>
+      </c>
+      <c r="E16" s="12">
+        <v>25.2</v>
+      </c>
+    </row>
+    <row r="17" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="12">
+        <v>1984</v>
+      </c>
+      <c r="D17" s="13">
+        <v>12302</v>
+      </c>
+      <c r="E17" s="12">
+        <v>22.4</v>
+      </c>
+    </row>
+    <row r="18" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="12">
+        <v>1985</v>
+      </c>
+      <c r="D18" s="13">
+        <v>11290</v>
+      </c>
+      <c r="E18" s="12">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="19" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C19" s="12">
+        <v>1986</v>
+      </c>
+      <c r="D19" s="13">
+        <v>10525</v>
+      </c>
+      <c r="E19" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C20" s="12">
+        <v>1987</v>
+      </c>
+      <c r="D20" s="13">
+        <v>10178</v>
+      </c>
+      <c r="E20" s="12">
+        <v>18.3</v>
+      </c>
+    </row>
+    <row r="21" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C21" s="12">
+        <v>1988</v>
+      </c>
+      <c r="D21" s="13">
+        <v>9191</v>
+      </c>
+      <c r="E21" s="12">
+        <v>16.399999999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C22" s="12">
+        <v>1989</v>
+      </c>
+      <c r="D22" s="13">
+        <v>9027</v>
+      </c>
+      <c r="E22" s="12">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C23" s="12">
+        <v>1990</v>
+      </c>
+      <c r="D23" s="13">
+        <v>8837</v>
+      </c>
+      <c r="E23" s="12">
+        <v>15.6</v>
+      </c>
+    </row>
+    <row r="24" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C24" s="12">
+        <v>1991</v>
+      </c>
+      <c r="D24" s="13">
+        <v>8480</v>
+      </c>
+      <c r="E24" s="12">
+        <v>14.9</v>
+      </c>
+    </row>
+    <row r="25" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="12">
+        <v>1992</v>
+      </c>
+      <c r="D25" s="13">
+        <v>8605</v>
+      </c>
+      <c r="E25" s="12">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C26" s="12">
+        <v>1993</v>
+      </c>
+      <c r="D26" s="13">
+        <v>9433</v>
+      </c>
+      <c r="E26" s="12">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="27" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C27" s="12">
+        <v>1994</v>
+      </c>
+      <c r="D27" s="13">
+        <v>8868</v>
+      </c>
+      <c r="E27" s="12">
+        <v>15.4</v>
+      </c>
+    </row>
+    <row r="28" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C28" s="12">
+        <v>1995</v>
+      </c>
+      <c r="D28" s="13">
+        <v>8483</v>
+      </c>
+      <c r="E28" s="12">
+        <v>14.7</v>
+      </c>
+    </row>
+    <row r="29" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C29" s="12">
+        <v>1996</v>
+      </c>
+      <c r="D29" s="13">
+        <v>7432</v>
+      </c>
+      <c r="E29" s="12">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="30" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C30" s="12">
+        <v>1997</v>
+      </c>
+      <c r="D30" s="13">
+        <v>6683</v>
+      </c>
+      <c r="E30" s="12">
+        <v>11.4</v>
+      </c>
+    </row>
+    <row r="31" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C31" s="12">
+        <v>1998</v>
+      </c>
+      <c r="D31" s="13">
+        <v>6475</v>
+      </c>
+      <c r="E31" s="12">
+        <v>11.1</v>
+      </c>
+    </row>
+    <row r="32" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C32" s="12">
+        <v>1999</v>
+      </c>
+      <c r="D32" s="13">
+        <v>6508</v>
+      </c>
+      <c r="E32" s="12">
+        <v>11.1</v>
+      </c>
+    </row>
+    <row r="33" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C33" s="12">
+        <v>2000</v>
+      </c>
+      <c r="D33" s="13">
+        <v>6539</v>
+      </c>
+      <c r="E33" s="12">
+        <v>11.1</v>
+      </c>
+    </row>
+    <row r="34" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C34" s="12">
+        <v>2001</v>
+      </c>
+      <c r="D34" s="13">
+        <v>6296</v>
+      </c>
+      <c r="E34" s="12">
+        <v>10.6</v>
+      </c>
+    </row>
+    <row r="35" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C35" s="12">
+        <v>2002</v>
+      </c>
+      <c r="D35" s="13">
+        <v>6162</v>
+      </c>
+      <c r="E35" s="12">
+        <v>10.3</v>
+      </c>
+    </row>
+    <row r="36" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C36" s="12">
+        <v>2003</v>
+      </c>
+      <c r="D36" s="13">
+        <v>5987</v>
+      </c>
+      <c r="E36" s="12">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C37" s="12">
+        <v>2004</v>
+      </c>
+      <c r="D37" s="13">
+        <v>5429</v>
+      </c>
+      <c r="E37" s="12">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="38" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C38" s="12">
+        <v>2005</v>
+      </c>
+      <c r="D38" s="13">
+        <v>5189</v>
+      </c>
+      <c r="E38" s="12">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="39" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C39" s="12">
+        <v>2006</v>
+      </c>
+      <c r="D39" s="13">
+        <v>5179</v>
+      </c>
+      <c r="E39" s="12">
+        <v>8.4</v>
+      </c>
+    </row>
+    <row r="40" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C40" s="12" t="s">
         <v>3</v>
       </c>
-    </row>
-[...359 lines deleted...]
-      <c r="E37" s="7">
+      <c r="D40" s="13">
+        <v>5425</v>
+      </c>
+      <c r="E40" s="12">
+        <v>8.8000000000000007</v>
+      </c>
+    </row>
+    <row r="41" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C41" s="12">
+        <v>2008</v>
+      </c>
+      <c r="D41" s="13">
+        <v>5589</v>
+      </c>
+      <c r="E41" s="12">
         <v>9</v>
       </c>
     </row>
-    <row r="38" spans="3:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-      <c r="C40" s="7" t="s">
+    <row r="42" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C42" s="12">
+        <v>2009</v>
+      </c>
+      <c r="D42" s="13">
+        <v>5146</v>
+      </c>
+      <c r="E42" s="12">
+        <v>8.1999999999999993</v>
+      </c>
+    </row>
+    <row r="43" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C43" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="D40" s="8">
-[...29 lines deleted...]
-      <c r="C43" s="7" t="s">
+      <c r="D43" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="D43" s="7" t="s">
+      <c r="E43" s="12">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="44" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C44" s="12">
+        <v>2011</v>
+      </c>
+      <c r="D44" s="13">
+        <v>4787</v>
+      </c>
+      <c r="E44" s="12">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="45" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C45" s="12">
+        <v>2012</v>
+      </c>
+      <c r="D45" s="13">
+        <v>4789</v>
+      </c>
+      <c r="E45" s="12">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="46" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C46" s="12">
+        <v>2013</v>
+      </c>
+      <c r="D46" s="13">
+        <v>4745</v>
+      </c>
+      <c r="E46" s="12">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="47" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C47" s="12">
+        <v>2014</v>
+      </c>
+      <c r="D47" s="13">
+        <v>4638</v>
+      </c>
+      <c r="E47" s="12">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="48" spans="3:5" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C48" s="12">
+        <v>2015</v>
+      </c>
+      <c r="D48" s="13">
+        <v>4536</v>
+      </c>
+      <c r="E48" s="12">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="49" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C49" s="12">
+        <v>2016</v>
+      </c>
+      <c r="D49" s="13">
+        <v>4589</v>
+      </c>
+      <c r="E49" s="14">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="50" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C50" s="12">
+        <v>2017</v>
+      </c>
+      <c r="D50" s="13">
+        <v>4786</v>
+      </c>
+      <c r="E50" s="14">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="51" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C51" s="12">
+        <v>2018</v>
+      </c>
+      <c r="D51" s="13">
+        <v>4919</v>
+      </c>
+      <c r="E51" s="15">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="52" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C52" s="12">
+        <v>2019</v>
+      </c>
+      <c r="D52" s="13">
+        <v>4945</v>
+      </c>
+      <c r="E52" s="15">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="53" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C53" s="12">
+        <v>2020</v>
+      </c>
+      <c r="D53" s="13">
+        <v>4441</v>
+      </c>
+      <c r="E53" s="15">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="54" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C54" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D54" s="13">
+        <v>4142</v>
+      </c>
+      <c r="E54" s="15">
+        <v>6.3</v>
+      </c>
+    </row>
+    <row r="55" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C55" s="12">
+        <v>2022</v>
+      </c>
+      <c r="D55" s="13">
+        <v>4009</v>
+      </c>
+      <c r="E55" s="15">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="56" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C56" s="12">
+        <v>2023</v>
+      </c>
+      <c r="D56" s="13">
+        <v>4700</v>
+      </c>
+      <c r="E56" s="15">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="57" spans="3:13" s="8" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C57" s="16">
+        <v>2024</v>
+      </c>
+      <c r="D57" s="17">
+        <v>4341</v>
+      </c>
+      <c r="E57" s="18">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="58" spans="3:13" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C58" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="20"/>
+      <c r="E58" s="20"/>
+      <c r="F58" s="20"/>
+      <c r="G58" s="20"/>
+      <c r="H58" s="20"/>
+      <c r="I58" s="20"/>
+      <c r="J58" s="20"/>
+      <c r="K58" s="20"/>
+      <c r="L58" s="20"/>
+      <c r="M58" s="20"/>
+    </row>
+    <row r="59" spans="3:13" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="C59" s="5"/>
+      <c r="D59" s="5"/>
+      <c r="E59" s="5"/>
+      <c r="F59" s="6"/>
+      <c r="G59" s="6"/>
+      <c r="H59" s="6"/>
+      <c r="I59" s="6"/>
+      <c r="J59" s="6"/>
+      <c r="K59" s="6"/>
+      <c r="L59" s="6"/>
+      <c r="M59" s="6"/>
+    </row>
+    <row r="60" spans="3:13" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="C60" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E43" s="7">
-[...164 lines deleted...]
-      </c>
+      <c r="D60" s="5"/>
+      <c r="E60" s="5"/>
+      <c r="F60" s="6"/>
+      <c r="G60" s="6"/>
+      <c r="H60" s="6"/>
+      <c r="I60" s="6"/>
+      <c r="J60" s="6"/>
+      <c r="K60" s="6"/>
+      <c r="L60" s="6"/>
+      <c r="M60" s="6"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="C57:M57"/>
+  <mergeCells count="2">
+    <mergeCell ref="C58:M58"/>
+    <mergeCell ref="C2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
+  <colBreaks count="2" manualBreakCount="2">
+    <brk id="11" max="54" man="1"/>
+    <brk id="12" max="54" man="1"/>
+  </colBreaks>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Cas et taux-24-ok</vt:lpstr>
+      <vt:lpstr>'Cas et taux-24-ok'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ANSP</Company>
+  <Company>InVS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PEROT Marie</dc:creator>
+  <dc:creator>GUTHMANN Jean-Paul</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>